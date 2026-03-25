--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -66,3492 +66,3596 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (13)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A holistic approach to evaluating climate vulnerability of French Polynesia pearl oyster farming: Bridging communities and scientific knowledge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Cavallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Raux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Environmental and Sustainability Indicators</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 30, pp.101202. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.indic.2026.101202⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05550641v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Building the Social Acceptability of Aquaculture through a Participatory Approach: An Experiment Conducted in Monastir Bay, Tunisia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Antonio Pérez Agúndez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Raux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loeiza Lancelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Emmanuel Rougier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fisheries and Aquaculture Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 4 (3), pp.114-134. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/aquacj4030009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04648731v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analysing the Socioeconomic Impacts of Fishing Closures Due to Toxic Algal Blooms: Application of the Vulnerability Framework to the Case of the Scallop Fishery in the Eastern English Channel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarra Chenouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José A. Pérez Agúndez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Raux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15 (16), pp.12379. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/su151612379⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04204150v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Addressing the Governance of Harmful Algal Bloom Impacts: A Case Study of the Scallop Fishery in the Eastern French Coasts of the English Channel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José A. Pérez Agúndez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarra Chenouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Raux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Marine Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10 (7), 948 (16p.). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/jmse10070948⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04203830v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Why not? Decrypting social attitudes toward European aquaculture: An updated policy perspective for an old problem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Cavallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Raux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Massa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Fezzardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Pérez Agúndez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Integrated Environmental Assessment and Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ieam.4663⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03781043v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Top-level institutional policies and their implementation at regional level − A difficult equation. The example of the social acceptability of aquaculture development in Malaga, Spain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Antonio Pérez Agúndez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Raux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuela Vieira Pak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Cavallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loeiza Lancelot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aquaculture Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 25, pp.101227. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.aqrep.2022.101227⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03706931v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dataset for Estimated Closures of Scallop (Pecten maximus) Production Areas Due to Phycotoxin Contamination along the French Coasts of the Eastern English Channel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarra Chenouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Merzereaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Raux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José A. Pérez Agúndez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Data</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 7 (8), pp.103. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/data7080103⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04203848v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Is existing legislation supporting socially acceptable aquaculture in the European Union? A transversal analysis of France, Italy and Spain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Cavallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose Perez Agundez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Raux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia Frangoudes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Reviews in Aquaculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (3), pp.1683-1694. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/raq.12540⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04203316v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exploring Troubles, Attitudes, and Strategies Related to Integrated Aquaculture. A Case of the Andalusia Region (South of Spain)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Cavallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia Frangoudes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Raux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Marine Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8 (9), pp.684. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/jmse8090684⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04202635v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cohesion and agglomeration of wet powders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Raux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Biance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physical Review Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 3 (1), pp.014301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevFluids.3.014301⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01909363v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Is sustainable development a motor or a constraint for the professionalization of the pearl oyster industry in Tahiti?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Rey-Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élise Lacoste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José A. Pérez-Agúndez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Raux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Gaertner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Estuarine, Coastal and Shelf Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 182, pp.310 - 317. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecss.2015.10.027⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01618466v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modeling economic vulnerability: As applied to microbiological contamination on the Thau Lagoon shellfish farming industry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José A. Pérez Agundez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eden Yimam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Raux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helene Rey-Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Marine Policy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 46, pp.143-151. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.marpol.2014.01.013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01725523v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">TECHNOLOGICAL ADAPTATION TO HARMFUL ALGAL BLOOMS: SOCIOECONOMIC CONSEQUENCES FOR THE SHELLFISH FARMING SECTOR IN BOURGNEUF BAY (FRANCE)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose A. Perez Agundez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Raux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Mongruel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aquaculture Economics and Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 17 (4), pp.341--359. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/13657305.2013.825930⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01725545v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LIMAQUA : African interdisciplinary laboratory in sustainable, nutrition-sensitive marine aquaculture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">B. Macey</w:t>
+                <w:t xml:space="preserve">Découverte de l’IA Générative pour le jeune chercheur – un cours pour s’approprier une transformation numérique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Gilliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paula Jacques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amina Benchochra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Opperman</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pascal Raux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">One Ocean Science Congress</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">QPES Questions de Pédagogie dans l'Enseignement supérieur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Brest (FR), France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05132515v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05100044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Découverte de l’IA Générative pour le jeune chercheur – un cours pour s’approprier une transformation numérique</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">LIMAQUA : African interdisciplinary laboratory in sustainable, nutrition-sensitive marine aquaculture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Macey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Opperman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Raux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Brink-Hull</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Wieringa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">QPES Questions de Pédagogie dans l'Enseignement supérieur</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">One Ocean Science Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Nice, France. OOS2025-1293 [2 p.], </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/oos2025-1293⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05100044v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05132515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Challenges, opportunities and bottlenecks of a growing industry, a socioeconomic perspective of aquaculture development. The need for a better understanding of sustainability in the light of past developments and the frantic succession of concepts targeting sustainable aquaculture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Raux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jose Agundez Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Lample</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 15th Aquaculture Association of Southern Africa (AASA) Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aquaculture Association of Southern Africa; H2020 ASTRAL Project; Atlantic Aquaculture International Conference; Stellenbosch University, Sep 2024, Stellenbosch, South Africa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04699300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Social acceptability and governance of aquaculture developments. Issues, challenges and recent experiences.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Raux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Perez Agundez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AfriMAQUA 2023 CONFERENCE, TOWARDS A MORE SUSTAINABLE AQUATIC FOOD SYSTEM: INTERDISCIPLINARY RESEARCH ON SUSTAINABLE MARINE AQUACULTURE IN AFRICA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Kenya Marine and Fisheries Research Institute (KMFRI); Institut de Recherche pour le Développement (French National Research Institute for Sustainable Development IRD), Oct 2023, MOMBASA, Kenya</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04419442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IS BLUE GROWTH A DRIVER OR A CONSTRAINT TO THE SUSTAINABILITY OF MARINE AQUACULTURE DEVELOPMENTS? REVIEWS OF BOTTLENECKS AND LESSONS FROM PAST DEVELOPMENTS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Raux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Antonio Pérez Agúndez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AQUACULTURE EUROPE 2021 Oceans of Opportunity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Aquaculture Society, Oct 2021, Funchal (Madeira Island), Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04443154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring social acceptability though fieldwork conducted in local case studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José A Pérez Agúndez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Raux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Conides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mediterranean aquaculture integrated development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Final Workshop of MedAID Project, with the collaboration of PerformFish, Oct 2021, Madeira, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04207393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Social acceptability of aquaculture development in the Mediterranean. Illustrations and lessons from sea bass and sea bream farms.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Raux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Perez Agundez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marianna Cavallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia Frangoudes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6es Journées de la Recherche Filière Piscicole</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02975658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrated management of Harmful Algal Blooms (HABs) along the French Channel area. A system approach to assess and manage socio-economic impacts of HABs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Raux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Agundez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarra Chenouf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18th International Conference on Harmful Algae, 21-26 October 2018, Nantes, France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03618260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shrimp farming in Vietnam : at the crossroads of sustainability</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Les stratégies d'utilisation des ressources partagées de la baie du Mont-Saint-Michel et leurs conséquences en termes de GIZC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Mongruel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Raux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Betty Queffelec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Kervarec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Perez Agundez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Achieving a Sustainable Future : Managing Aquaculture, Fishing, Trade and Development</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2008, Nha Trang, Vietnam. pp.CD ROM</w:t>
+              <w:t xml:space="preserve">Regards croisés des projets Liteau sur le littoral</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2008, Saint-Pierre d'Oléron, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00358461v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00359275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les stratégies d'utilisation des ressources partagées de la baie du Mont-Saint-Michel et leurs conséquences en termes de GIZC</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Science and Policy Integration for Coastal System Assessment (SPICOSA) An Application to a Mussels Fishery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Raux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Bailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Bacher</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Regards croisés des projets Liteau sur le littoral</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2008, Saint-Pierre d'Oléron, France</w:t>
+              <w:t xml:space="preserve">Achieving a Sustainable Future : Managing Aquaculture, Fishing, Trade and Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2008, Nha Trang, Vietnam. pp.CD ROM</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00359275v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00358453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Science and Policy Integration for Coastal System Assessment (SPICOSA) An Application to a Mussels Fishery</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Shrimp farming in Vietnam : at the crossroads of sustainability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Raux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cédric Bacher</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nhuong Tran Van</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Achieving a Sustainable Future : Managing Aquaculture, Fishing, Trade and Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2008, Nha Trang, Vietnam. pp.CD ROM</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...1445 lines deleted...]
-                <w:t xml:space="preserve">hal-01725545v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00358461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapport de Mission MLD Pascal Raux (UBO UMR AMURE) dans le cadre du LMI LIMAQUA du 17/10/2023 au 13/12/2023 (Afrique du Sud et Kenya)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">L'acceptabilité de l'aquaculture en Nouvelle Calédonie - Défis et opportunités</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Cavallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Raux</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">UBO, UMR AMURE, IUEM Technopôle Brest-Iroise, rue Dumont d'Urville, 29280 Plouzané. 2023</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia Frangoudes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kate Barclay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">IUEM Institut Universitaire Européen de la Mer. 2023, pp.24</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04675778v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04650221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'acceptabilité de l'aquaculture en Nouvelle Calédonie - Défis et opportunités</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Présentation et analyse des résultats de l'enquête « PÊCHE RÉCRÉATIVE » dans le cadre du projet Interreg FISH INTEL.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eider Graner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia Frangoudes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Quillérou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Raux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">IUEM Institut Universitaire Européen de la Mer. 2023, pp.24</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Bailly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">UMR 6308 AMURE - AMénagement des Usages des Ressources et des Espaces marins et littoraux - Centre de droit et d'économie de la mer. 2023, pp.50</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04650221v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03999557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Présentation et analyse des résultats de l'enquête « PÊCHE RÉCRÉATIVE » dans le cadre du projet Interreg FISH INTEL.</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Rapport de Mission MLD Pascal Raux (UBO UMR AMURE) dans le cadre du LMI LIMAQUA du 17/10/2023 au 13/12/2023 (Afrique du Sud et Kenya)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Raux</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">UMR 6308 AMURE - AMénagement des Usages des Ressources et des Espaces marins et littoraux - Centre de droit et d'économie de la mer. 2023, pp.50</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">UBO, UMR AMURE, IUEM Technopôle Brest-Iroise, rue Dumont d'Urville, 29280 Plouzané. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03999557v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04675778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapport sur l’analyse coût-efficacité du système d'alerte en ligne. S-3 EuroHAB.</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">Sentinel-3 products for detecting EUtROphication and Harmful Algal Blooms in the French-English Channel (S-3 EUROHAB). TASK 3. Activity 3.3: Deliverable T3.3.1. Report on the socio-economic impacts of HABs.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Raux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarra Chenouf</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...21 lines deleted...]
-              <w:t xml:space="preserve">AMURE - Aménagement des Usages des Ressources et des Espaces marins et littoraux - Centre de droit et d'économie de la mer. 2022</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">AMURE - Aménagement des Usages des Ressources et des Espaces marins et littoraux - Centre de droit et d'économie de la mer; Université de Brest; Ifremer. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04853897v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04848682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sentinel-3 products for detecting EUtROphication and Harmful Algal Blooms in the French-English Channel (S-3 EUROHAB). TASK 3. Activity 3.3: Deliverable T3.3.1. Report on the socio-economic impacts of HABs.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Rapport sur l’analyse coût-efficacité du système d'alerte en ligne. S-3 EuroHAB.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T Poitelon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Raux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Perez Agundez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Raux</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Sarra Chenouf</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">AMURE - Aménagement des Usages des Ressources et des Espaces marins et littoraux - Centre de droit et d'économie de la mer; Université de Brest; Ifremer. 2022</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mateo Cordier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">AMURE - Aménagement des Usages des Ressources et des Espaces marins et littoraux - Centre de droit et d'économie de la mer. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04848682v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'ouverture des matériaux de recherche ethnographiques en question.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Revelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix Levain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Mignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Noel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Betty Queffelec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Centre national de la recherche scientifique. 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
-              <w:r>
-[...58 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03238067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PAMACO-G Gouvernance des patrimoines naturels maritimes côtiers appliquée à la Baie du Mont-Saint-Michel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lesueur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Mongruel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Perez Agundez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] AMURE - Aménagement des Usages des Ressources et des Espaces marins et littoraux - Centre de droit et d'économie de la mer; UBO - Université de Brest; IUEM Institut Universitaire Européen de la Mer; IFREMER Institut Francais de Recherche pour l'Exploitation de la Mer; AGROCAMPUS OUEST; ARENES - Centre de Recherches sur l'Action Politique en Europe. 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03655116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Literature Review on Shrimp Farming – Synthesis Report</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Raux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">University of Brest. 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04207943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Literature Review on World Shrimp Farming</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Raux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">University of Brest. 2002</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04207937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3561,91 +3665,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Economics of aquaculture farms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Raux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Master. MOMBASA, Kenya. 2023, pp.50</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04439181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3655,143 +3759,143 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Principles and Tools to Foster Social Acceptability of Aquaculture Development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Raux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Perez Agundez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Emmanuel Rougier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loeiza Lancelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Barbe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03475250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3801,100 +3905,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interfaces mobiles : friction en mouillage nul et dynamiques de fronts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Raux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Matière Molle [cond-mat.soft]. Ecole Polytechnique X, 2013. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pastel-00945753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3904,158 +4008,158 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Socio-economic Approach for Coastal Zone Assessment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric E. Le Gentil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Mongruel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Raux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Jacob</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regis Kalaydjian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ozhan, E. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceeding of The Tenth International Conference on the Mediterranean Coastal Environment, MEDCOAST</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, MEDITERRANEAN COASTAL FOUNDATION-MEDCOAST FOUNDATION, pp.157--168, 2011, 978-605-88990-6-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01725551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4065,168 +4169,168 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SPICOSA SSA n°10 Pertuis Charentais: freshwater management on the Charente river basin and its coastal zone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Prou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Vernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Montgruel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Bordenave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SPICOSA meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2008, Brest, France. pp.1, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02608561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId124"/>
+      <w:footerReference w:type="default" r:id="rId127"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4373,51 +4477,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132515v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Macey" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Opperman" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Raux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Brink-Hull" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Wieringa" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/oos2025-1293" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05100044v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Gilliot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Jacques" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Benchochra" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Raux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699300v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Agundez Perez" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lample" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419442v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Perez Agundez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04443154v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Antonio P&#233;rez Ag&#250;ndez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207393v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; A P&#233;rez Ag&#250;ndez" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Conides" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02975658v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Cavallo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Frangoudes" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03618260v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Agundez" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Chenouf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00358461v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bailly" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhuong Tran Van" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00359275v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Mongruel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betty Queffelec" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Kervarec" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00358453v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bacher" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648731v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loeiza Lancelot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Emmanuel Rougier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/aquacj4030009" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204150v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; A. P&#233;rez Ag&#250;ndez" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su151612379" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203830v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jmse10070948" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03781043v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Massa" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Fezzardi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; P&#233;rez Ag&#250;ndez" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ieam.4663" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706931v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Vieira Pak" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aqrep.2022.101227" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203848v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Merzereaud" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/data7080103" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203316v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Perez Agundez" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/raq.12540" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202635v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Perez" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jmse8090684" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909363v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Biance" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.3.014301" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01618466v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rey-Valette" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Lacoste" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; A. P&#233;rez-Ag&#250;ndez" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Gaertner" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2015.10.027" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01725523v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; A. P&#233;rez Agundez" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eden Yimam" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Rey-Valette" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Girard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2014.01.013" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01725545v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose A. Perez Agundez" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13657305.2013.825930" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675778v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650221v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Barclay" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03999557v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eider Graner" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Quill&#233;rou" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853897v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Poitelon" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateo Cordier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848682v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03238067v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Revelin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Levain" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Mignon" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Noel" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655116v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Guitton" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lesueur" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207943v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207937v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439181v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475250v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Emmanuel Rougier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Barbe" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00945753v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01725551v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric E. Le Gentil" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Jacob" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Kalaydjian" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608561v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Prou" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Vernier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Montgruel" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bacher" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bordenave" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05550641v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Cavallo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Raux" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Martinez" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indic.2026.101202" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648731v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Antonio P&#233;rez Ag&#250;ndez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loeiza Lancelot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Emmanuel Rougier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/aquacj4030009" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204150v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Chenouf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; A. P&#233;rez Ag&#250;ndez" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su151612379" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203830v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jmse10070948" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03781043v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Massa" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Fezzardi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; P&#233;rez Ag&#250;ndez" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ieam.4663" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03706931v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuela Vieira Pak" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aqrep.2022.101227" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203848v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Merzereaud" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/data7080103" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203316v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Perez Agundez" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Frangoudes" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/raq.12540" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202635v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Perez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jmse8090684" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909363v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Biance" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.3.014301" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01618466v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rey-Valette" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Lacoste" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; A. P&#233;rez-Ag&#250;ndez" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Gaertner" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2015.10.027" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01725523v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; A. P&#233;rez Agundez" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eden Yimam" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Rey-Valette" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Girard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2014.01.013" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01725545v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose A. Perez Agundez" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Mongruel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13657305.2013.825930" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05100044v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Gilliot" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Jacques" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Benchochra" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132515v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Macey" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Opperman" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Raux" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Brink-Hull" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Wieringa" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/oos2025-1293" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699300v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Agundez Perez" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lample" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04419442v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Perez Agundez" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04443154v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207393v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; A P&#233;rez Ag&#250;ndez" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Conides" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02975658v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03618260v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Agundez" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00359275v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betty Queffelec" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Kervarec" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00358453v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bailly" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bacher" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00358461v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhuong Tran Van" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650221v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate Barclay" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03999557v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eider Graner" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Quill&#233;rou" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675778v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848682v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853897v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Poitelon" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateo Cordier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03238067v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Revelin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Levain" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Mignon" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Noel" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655116v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Guitton" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lesueur" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207943v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207937v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04439181v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03475250v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Emmanuel Rougier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Barbe" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00945753v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01725551v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric E. Le Gentil" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Jacob" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Kalaydjian" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608561v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Prou" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Vernier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Montgruel" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bacher" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bordenave" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>