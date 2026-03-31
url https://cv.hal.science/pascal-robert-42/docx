--- v0 (2026-03-05)
+++ v1 (2026-03-31)
@@ -4649,183 +4649,183 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01901871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">De la « subversion sémiotique » comme mode d’existence matériel de la bande dessinée.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Communication &amp; langages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 1 (167), pp.53-71. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4074/S0336150011011057⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01996240v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">J. C. R. Licklider et l’informatique de réseau(x)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Études de communication - Langages, information, médiations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 36, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/edc.2546⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01996086v1</w:t>
-              </w:r>
-[...76 lines deleted...]
-                <w:t xml:space="preserve">hal-01996240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géosémiotique politique de la frontière</w:t>
               </w:r>
@@ -6157,50 +6157,119 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01996615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La bande dessinée et l’implication sémiotique du lecteur.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mondes possibles, mondes numériques : enjeux et modalités de l’immersion fictionnelle.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Univesrité du Maine, Le Mans, Jun 2014, Le Mans, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01956711v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Du mode d’existence des quasi-objets documentarisés (les QUOD).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -6209,126 +6278,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ludovia 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2014, Ax-les-Thermes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01996126v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-01956711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La logique de la « gestionnarisation » de la société.</w:t>
               </w:r>
@@ -7521,51 +7521,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="13A57CF0"/>
+    <w:nsid w:val="FE9F858E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7752,51 +7752,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pascal-robert-42" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0000-3718-944X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05444651v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Robert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-04749979v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-hermann.fr/livre/la-fabrique-de-la-bande-dessinee-pascal-robert" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-04067544v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-hermann.fr/livre/la-ville-en-planches-pascal-robert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-04067590v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivescontemporaines.net/publications/9782813004246" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.9782813004246" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-03120762v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997955v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses.enssib.fr/catalogue/la-bande-dessinee-une-intelligence-subversive" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pressesenssib.8700" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893343v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893470v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893493v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-hermann.fr/4585-polyptyque.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806199v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_00742250v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896533v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavoisier.fr/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996227v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amar Lakel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Massit-Foll&#233;a" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-msh.fr/livre/?GCOI=27351100549290" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01900610v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pub-editions.fr/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-04763661v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amazon.fr/Scoutisme-BD-franco-belge-lexaltation-caricature/dp/2384090828" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-04763664v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/9211/bulles-marines-et-cases-maritimes" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069306v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bod.fr/librairie/science-fiction-et-mondes-urbains-jerome-goffette-9782322456864" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-04067648v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/8733/gestes-et-bandes-dessinees" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069337v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lalibrairie.com/livres/scoops-en-stock--journalisme-dessine-bd-reportage-et-dessin-de-presse_0-7358201_9782825711248.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-04067721v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.georg.ch/tintin-aujourd-hui" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02010293v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02010292v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975149v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.septentrion.com/fr/livre/?GCOI=27574100369880" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01445802v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Piment" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://archivescontemporaines.com/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995941v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996703v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionscnrs.19944" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807234v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996039v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=41808" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996733v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://psn.univ-paris3.fr/ouvrage/le-tour-du-monde-dasterix" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04772216v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Chartron" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Epron" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/balisages.953" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995930v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Pignier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-05421471v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-04763718v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-04763713v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-04750022v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/balisages.1054" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-04763720v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069513v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069456v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/strenae.9529" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-04763725v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-02173631v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sr.047.0197" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-02348645v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-02348592v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984614v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913540v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886877v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/comla1.195.0119" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886886v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886861v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07053436.2018.1482671" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893382v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.2641" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884274v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Smolczewska Tona" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01900691v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/S0336150015012016" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996065v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01981608v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901799v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901847v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communicationorganisation.4587" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901685v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/S0336150014014045" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807238v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901871v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pin&#232;de" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communicationorganisation.3948" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996086v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edc.2546" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996240v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/S0336150011011057" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01981663v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/S0336150009004098" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01981580v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806213v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00960807v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-05467989v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-05467956v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-05467899v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-05468018v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-05468471v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-02549547v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-02549534v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-02549522v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01976979v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01976956v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977156v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02009146v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02009123v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996569v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996615v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996126v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956711v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956713v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996101v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00960762v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807303v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00960732v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807254v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956707v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00960746v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807298v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807293v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05444598v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/1542q" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-03009632v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04256356v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Falgas" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.gykec93ad" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-05392063v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Melan&#231;on" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Vacqu&#233;" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Moussier" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pascal-robert-42" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0000-3718-944X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05444651v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Robert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-04749979v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-hermann.fr/livre/la-fabrique-de-la-bande-dessinee-pascal-robert" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-04067544v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-hermann.fr/livre/la-ville-en-planches-pascal-robert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-04067590v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivescontemporaines.net/publications/9782813004246" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.9782813004246" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-03120762v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01997955v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses.enssib.fr/catalogue/la-bande-dessinee-une-intelligence-subversive" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pressesenssib.8700" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893343v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893470v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893493v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-hermann.fr/4585-polyptyque.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806199v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesic.ccsd.cnrs.fr/sic_00742250v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896533v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavoisier.fr/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996227v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amar Lakel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Massit-Foll&#233;a" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-msh.fr/livre/?GCOI=27351100549290" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01900610v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pub-editions.fr/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-04763661v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.amazon.fr/Scoutisme-BD-franco-belge-lexaltation-caricature/dp/2384090828" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-04763664v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/9211/bulles-marines-et-cases-maritimes" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069306v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bod.fr/librairie/science-fiction-et-mondes-urbains-jerome-goffette-9782322456864" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-04067648v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/8733/gestes-et-bandes-dessinees" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069337v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lalibrairie.com/livres/scoops-en-stock--journalisme-dessine-bd-reportage-et-dessin-de-presse_0-7358201_9782825711248.html" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-04067721v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.georg.ch/tintin-aujourd-hui" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02010293v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02010292v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975149v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.septentrion.com/fr/livre/?GCOI=27574100369880" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01445802v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Piment" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://archivescontemporaines.com/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995941v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996703v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionscnrs.19944" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807234v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996039v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=41808" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996733v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://psn.univ-paris3.fr/ouvrage/le-tour-du-monde-dasterix" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04772216v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Chartron" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Epron" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/balisages.953" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995930v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Pignier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-05421471v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-04763718v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-04763713v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-04750022v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/balisages.1054" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-04763720v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069513v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04069456v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/strenae.9529" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-04763725v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-02173631v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sr.047.0197" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-02348645v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-02348592v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984614v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913540v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886877v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/comla1.195.0119" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886886v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886861v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07053436.2018.1482671" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893382v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.2641" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884274v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Smolczewska Tona" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01900691v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/S0336150015012016" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996065v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01981608v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901799v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901847v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communicationorganisation.4587" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901685v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/S0336150014014045" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807238v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901871v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Pin&#232;de" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communicationorganisation.3948" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996240v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/S0336150011011057" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996086v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edc.2546" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01981663v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/S0336150009004098" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01981580v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806213v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00960807v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-05467989v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-05467956v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-05467899v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-05468018v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-05468471v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-02549547v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-02549534v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-02549522v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01976979v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01976956v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977156v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02009146v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02009123v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996569v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996615v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956711v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996126v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956713v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996101v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00960762v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807303v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00960732v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807254v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01956707v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00960746v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807298v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807293v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05444598v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58079/1542q" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enssib.hal.science/hal-03009632v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04256356v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Falgas" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.gykec93ad" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-05392063v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Melan&#231;on" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Vacqu&#233;" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Moussier" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>