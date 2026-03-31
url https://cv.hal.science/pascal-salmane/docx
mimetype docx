--- v0 (2026-03-04)
+++ v1 (2026-03-31)
@@ -1407,528 +1407,528 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05194344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le projet SAM : étude du comportement des usagers extérieurs au véhicule autonome</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Analyse et traitement vidéo pour l'étude des interactions entre un véhicule autonome et les divers usagers dans son environnement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josué Manuel Rivera Velázquez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louahdi Khoudour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Salmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peggy Subirats</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Louahdi Khoudour</w:t>
+                <w:t xml:space="preserve">Guillaume Saint Pierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Azzedine Chabani</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-paul Garrigos</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Mobilités du Réseau Scientifique et Technique des Ministères Ecologie et Territoires 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Cerema, Jul 2024, Toulouse (31000), France</w:t>
+              <w:t xml:space="preserve">, Cerema, Jul 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05140493v1</w:t>
+                <w:t xml:space="preserve">hal-05140479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse et traitement vidéo pour l'étude des interactions entre un véhicule autonome et les divers usagers dans son environnement</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le projet SAM : étude du comportement des usagers extérieurs au véhicule autonome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peggy Subirats</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louahdi Khoudour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azzedine Chabani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Courtois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josué Manuel Rivera Velázquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...48 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Mobilités du Réseau Scientifique et Technique des Ministères Ecologie et Territoires 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Cerema, Jul 2024, Toulouse, France</w:t>
+              <w:t xml:space="preserve">, Cerema, Jul 2024, Toulouse (31000), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05140479v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05140493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A New Methodology for Analysing Interactions between an Autonomous Vehicle and other Users</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Utilisation de l'intelligence artificielle (IA) pour la détection d'objets 3D dans l'environnement de véhicules autonomes.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Salmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louahdi Khoudour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Saint Pierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josué Manuel Rivera Velázquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-paul Garrigos</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2023 IEEE 13th International Conference on Pattern Recognition Systems (ICPRS)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">JM RST 2023 : Journées Mobilités du Réseau Scientifique et Technique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cerema, Jul 2023, Metz (France), France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04430056v1</w:t>
+                <w:t xml:space="preserve">hal-04564571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation de l'intelligence artificielle (IA) pour la détection d'objets 3D dans l'environnement de véhicules autonomes.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pascal Salmane</w:t>
+                <w:t xml:space="preserve">A New Methodology for Analysing Interactions between an Autonomous Vehicle and other Users</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josué Manuel Rivera Velázquez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Houssam Salmane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Saint-Pierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louahdi Khoudour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Huynh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JM RST 2023 : Journées Mobilités du Réseau Scientifique et Technique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2023 IEEE 13th International Conference on Pattern Recognition Systems (ICPRS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Guayaquil, France. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICPRS58416.2023.10179070⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04564571v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04430056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camera and LiDAR analysis for 3D object detection in foggy weather conditions</w:t>
               </w:r>
@@ -3328,90 +3328,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comportement des usagers de la route vis-à-vis du véhicule automatisé (VA)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peggy Subirats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louahdi Khoudour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azzedine Chabani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Courtois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josué Manuel Rivera Velázquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3629,51 +3629,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MODALES D6.4: Impact assessment report</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Saint Pierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Housam Salmane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3681,51 +3681,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Rivoirard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Costeseque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-paul Garrigos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cerema - Centre d'Etudes et d'Expertise sur les Risques, l'Environnement, la Mobilité et l'Aménagement. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -3786,64 +3786,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Housam Salmane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josué Manuel Rivera Velázquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-paul Garrigos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Saint Pierre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cerema - Centre d'Etudes et d'Expertise sur les Risques, l'Environnement, la Mobilité et l'Aménagement. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4204,51 +4204,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04433283v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Durlin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Housam Salmane" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josu&#233; Manuel Rivera Vel&#225;zquez" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Doucet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Leray" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04047579v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louahdi Khoudour" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Anh Minh Mai" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Duthon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23063223" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970860v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huy-Hieu Pham" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssam Salmane" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Crouzil" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio A. Velastin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s20071825" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02192281v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Zegers" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s19081932" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01902428v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Weber" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Abed-Meraim" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl-Ludwig Klein" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bonnin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/swsc/2018028" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02192229v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Ruichek" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JEI.25.5.051208" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449868v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449863v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449865v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadi Dornaika" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alireza Bosaghzadeh" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449866v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194344v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel M'Balla" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Wollsheidt" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Amice" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Salmane" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05140493v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Subirats" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azzedine Chabani" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Courtois" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05140479v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Saint Pierre" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-paul Garrigos" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430056v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Houssam Salmane" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Saint-Pierre" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Huynh" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPRS58416.2023.10179070" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564571v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820137v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPRS54038.2022.9854073" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02883879v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-27202-9_2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193713v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02144986v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02144982v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02144984v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01161845v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Charfi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dubois" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johel Miteran" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449867v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449864v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193707v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Meurie" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Heddebaut" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449861v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449860v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04438606v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194044v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.intechopen.com/books/motion-tracking-and-gesture-recognition/motion-tracking-and-potentially-dangerous-situations-recognition-in-complex-environment" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430232v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Rivoirard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Costeseque" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04438931v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00965595v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013BELF0205" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00953503v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04433283v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Durlin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Housam Salmane" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josu&#233; Manuel Rivera Vel&#225;zquez" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Doucet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Leray" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04047579v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louahdi Khoudour" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Anh Minh Mai" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Duthon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23063223" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970860v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huy-Hieu Pham" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssam Salmane" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Crouzil" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio A. Velastin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s20071825" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02192281v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Zegers" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s19081932" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01902428v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Weber" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Abed-Meraim" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl-Ludwig Klein" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bonnin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/swsc/2018028" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02192229v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Ruichek" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JEI.25.5.051208" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449868v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449863v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449865v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadi Dornaika" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alireza Bosaghzadeh" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449866v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194344v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel M'Balla" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Wollsheidt" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Amice" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Salmane" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05140479v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Saint Pierre" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-paul Garrigos" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05140493v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Subirats" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azzedine Chabani" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Courtois" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04564571v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430056v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Houssam Salmane" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Saint-Pierre" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Huynh" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPRS58416.2023.10179070" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820137v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPRS54038.2022.9854073" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02883879v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-27202-9_2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193713v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02144986v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02144982v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02144984v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01161845v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Charfi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dubois" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johel Miteran" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449867v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449864v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193707v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Meurie" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Heddebaut" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449861v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449860v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04438606v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02194044v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.intechopen.com/books/motion-tracking-and-gesture-recognition/motion-tracking-and-potentially-dangerous-situations-recognition-in-complex-environment" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430232v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Rivoirard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Costeseque" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04438931v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00965595v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013BELF0205" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00953503v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>