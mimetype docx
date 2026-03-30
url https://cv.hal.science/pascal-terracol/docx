--- v0 (2026-03-06)
+++ v1 (2026-03-30)
@@ -555,75 +555,75 @@
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marius Vazeilles, précurseur d’une ingénierie territoriale ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Terracol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Espace rural &amp; projet spatial (ERPS). </w:t>
+              <w:t xml:space="preserve">Sylvie Lardon; Alexis Pernet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Explorer le territoire par le projet. L’ingénierie territoriale à l’épreuve des pratiques de conception</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 5, </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses Universitaires de Saint-Etienne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.75-87, 2015, Architecture, 978-2-86272-677-9</w:t>
+              <w:t xml:space="preserve">, pp.75-88, 2015, Espace rural &amp; projet spatial (ERPS), 978-2-86272-677-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03974493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
@@ -1132,190 +1132,190 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03976107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projet, un outil pour les architectes.</w:t>
+                <w:t xml:space="preserve">ED3, un modeleur tridimensionnel.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Terracol</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...43 lines deleted...]
-              <w:t xml:space="preserve">1981</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">1981, 20 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03976108v1</w:t>
+                <w:t xml:space="preserve">hal-03976122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ED3, un modeleur tridimensionnel.</w:t>
+                <w:t xml:space="preserve">Projet, un outil pour les architectes.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Terracol</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">1981, 20 p</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guéna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre Leneiger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manago Catherine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">1981</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03976122v1</w:t>
+                <w:t xml:space="preserve">hal-03976108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1774,51 +1774,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796937v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Terracol" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03934472v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180474v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974447v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848698v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974493v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses.univ-st-etienne.fr/fr/index.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974489v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974495v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974497v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03976221v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Billon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974498v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03976107v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gu&#233;na" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Leneiger" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manago Catherine" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03976108v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03976122v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938504v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974441v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dubois" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03934523v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04796937v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Terracol" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03934472v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04180474v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974447v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03848698v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974493v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses.univ-st-etienne.fr/fr/index.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974489v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974495v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974497v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03976221v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Billon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974498v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03976107v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gu&#233;na" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre Leneiger" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manago Catherine" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03976122v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03976108v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938504v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03974441v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dubois" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03934523v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>