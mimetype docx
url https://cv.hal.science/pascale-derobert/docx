--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -225,235 +225,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05523365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amazonies mises en musées ? Échanges transatlantiques autour de collections amérindiennes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’abattis au musée. Les trois temps d’une recherche collaborative au long cours sur le Système Agricole Traditionnel du Rio Negro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucia Hussak van Velthem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Emperaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Alberto Teixeira Nery Piratapuya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale de Robert</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Renato Athias</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cultures-Kairos : Revue d'anthropologie des pratiques corporelles et des arts vivants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, pp.1-7. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.56698/cultureskairos.2031⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 12, pp.28-41. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.56698/cultureskairos.2113⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04620828v1</w:t>
+                <w:t xml:space="preserve">hal-04619606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’abattis au musée. Les trois temps d’une recherche collaborative au long cours sur le Système Agricole Traditionnel du Rio Negro</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laure Emperaire</w:t>
+                <w:t xml:space="preserve">Amazonies mises en musées ? Échanges transatlantiques autour de collections amérindiennes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale de Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carlos Alberto Teixeira Nery Piratapuya</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pascale de Robert</w:t>
+                <w:t xml:space="preserve">Renato Athias</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cultures-Kairos : Revue d'anthropologie des pratiques corporelles et des arts vivants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 12, pp.28-41. </w:t>
+              <w:t xml:space="preserve">, 2024, pp.1-7. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.56698/cultureskairos.2113⟩</w:t>
+                <w:t xml:space="preserve">⟨10.56698/cultureskairos.2031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04619606v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04620828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A propos d’une cartographie de collections amazoniennes en France : questions méthodologiques et perspectives</w:t>
               </w:r>
@@ -556,51 +556,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Collections des Autres et mémoires de rencontres. Chroniques d’un projet de recherche collaborative</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale de Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renato Athias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Fernando Baniwa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1846,51 +1846,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Watura e Kak: Cestos Cargueiros Ameríndios</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucia Hussak van Velthem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale de Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2127,51 +2127,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diversité agricole et patrimoine dans le moyen Rio Negro (Amazonie brésilienne)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Emperaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale de Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2986,51 +2986,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amazonies mises en musées : échanges transatlantiques autour de collections amérindiennes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale De Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renato Athias</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cultures-Kairós : Revue d'anthropologie des pratiques corporelles et des arts vivants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 12, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3581,186 +3581,186 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Terres indigènes et conservation de la forêt en Amazonie brésilienne [encadré]</w:t>
+                <w:t xml:space="preserve">La forêt des Mebêngôkre (Amazonie) : une histoire de rencontres et de luttes [encadré]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale De Robert</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Léna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Michon, Geneviève (ed.); Carrière, Stéphanie M. (ed.); Moizo, Bernard (ed.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Habiter la forêt tropicale au XXIe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, IRD, p. 356-358, 2019, Référence, 978-2-7099-2455-9</w:t>
+              <w:t xml:space="preserve">, IRD, p. 70-71, 2019, Référence, 978-2-7099-2455-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04075650v1</w:t>
+                <w:t xml:space="preserve">hal-04075636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La forêt des Mebêngôkre (Amazonie) : une histoire de rencontres et de luttes [encadré]</w:t>
+                <w:t xml:space="preserve">Terres indigènes et conservation de la forêt en Amazonie brésilienne [encadré]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale De Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Léna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Michon, Geneviève (ed.); Carrière, Stéphanie M. (ed.); Moizo, Bernard (ed.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Habiter la forêt tropicale au XXIe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, IRD, p. 70-71, 2019, Référence, 978-2-7099-2455-9</w:t>
+              <w:t xml:space="preserve">, IRD, p. 356-358, 2019, Référence, 978-2-7099-2455-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04075636v1</w:t>
+                <w:t xml:space="preserve">hal-04075650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valorisation des cuisines amérindiennes dans les Amériques: fêtes, foires et festivals</w:t>
               </w:r>
@@ -3951,251 +3951,251 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01845828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un patrimoine dans tous ses états (introduction)</w:t>
-[...32 lines deleted...]
-              <w:t xml:space="preserve">Juhé-Beaulaton, Dominique and Cormier-Salem, Marie-Christine and De Robert, PAscale and Roussel, Bernard. </w:t>
+                <w:t xml:space="preserve">As políticas públicas e os efeitos sobre as estratégias de gestão de recursos : o caso do Alto Solimões, Amazonas, Brasil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Elisabeth Laques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Léna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonia Ivanilce Castro Da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayrton Luiz Urizzi Martins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Arvor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Noda, Hiroshi and Do Nascimento Noda, Sarah and Laques, Anne-Elisabeth and Léna, Philippe. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’effervescence patrimoniale au Sud.</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Dinâmicas sócio ambientais na agricultura familiar na Amazônia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INPA/UFAM, pp.7-32, 2013, 978-85-668-0800-1</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01845574v1</w:t>
+                <w:t xml:space="preserve">hal-01845836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">As políticas públicas e os efeitos sobre as estratégias de gestão de recursos : o caso do Alto Solimões, Amazonas, Brasil</w:t>
-[...75 lines deleted...]
-              <w:t xml:space="preserve">Noda, Hiroshi and Do Nascimento Noda, Sarah and Laques, Anne-Elisabeth and Léna, Philippe. </w:t>
+                <w:t xml:space="preserve">Un patrimoine dans tous ses états (introduction)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Cormier-Salem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale de Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Juhé-Beaulaton, Dominique and Cormier-Salem, Marie-Christine and De Robert, PAscale and Roussel, Bernard. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dinâmicas sócio ambientais na agricultura familiar na Amazônia</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">L’effervescence patrimoniale au Sud.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IRD, pp.11-24, 2013, 9782709917476. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.irdeditions.8806⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01845836v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01845574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Histoire 18 : les indiens kayapó</w:t>
               </w:r>
@@ -4360,247 +4360,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00644614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des forêts et des hommes : 3. Les habitants de la forêt : les peuples de la forêt : des mythes aux réalités</w:t>
+                <w:t xml:space="preserve">Mapas do dialogo. Experiencias de mapeamento participativo em Moikarakô (Terra Indigena Kayapo, Para)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geneviève Michon</w:t>
-[...56 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bepunu Kayapo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale de Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Kawhage,C &amp; Marinha, H. (org.). </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Suds en Ligne.Les Dossiers Thématiques de l'IRD</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IRD, 2011, Suds en Ligne.Les Dossiers Thématiques de l'IRD</w:t>
+              <w:t xml:space="preserve">Situaçao socioambiental das Terras Indigenas do Para. Desafios para a elaboraçao de politicas de gestao territorial e ambiental.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">SEMA</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.127-136, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03123745v1</w:t>
+                <w:t xml:space="preserve">mnhn-04514298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mapas do dialogo. Experiencias de mapeamento participativo em Moikarakô (Terra Indigena Kayapo, Para)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Des forêts et des hommes : 3. Les habitants de la forêt : les peuples de la forêt : des mythes aux réalités</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Michon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Moizo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bepunu Kayapo</w:t>
-[...21 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Stéphanie Carrière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edmond Dounias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale De Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Situaçao socioambiental das Terras Indigenas do Para. Desafios para a elaboraçao de politicas de gestao territorial e ambiental.</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, pp.127-136, 2011</w:t>
+              <w:t xml:space="preserve">Suds en Ligne.Les Dossiers Thématiques de l'IRD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IRD, 2011, Suds en Ligne.Les Dossiers Thématiques de l'IRD</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">mnhn-04514298v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03123745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Territorialités amérindiennes et Terres indigènes en Amazonie brésilienne : continuité ou rupture ?</w:t>
               </w:r>
@@ -5160,51 +5160,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523365v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Thi&#233;rion" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale de Robert" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15q9p" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620828v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Athias" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56698/cultureskairos.2031" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619606v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Hussak van Velthem" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Emperaire" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Alberto Teixeira Nery Piratapuya" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56698/cultureskairos.2113" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04621362v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Zinck" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisabeth Habert" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56698/cultureskairos.2192" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04621100v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Fernando Baniwa" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Bonvin-Postchein" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Dela&#238;tre" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56698/cultureskairos.2197" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03992335v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelson Sanjad" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Leonor L&#243;pez-Garc&#233;s" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matheus Camilo Coelho" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Ara&#250;jo Santos" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale De Robert" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/1982-02672022v30d1e30" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03963057v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bresils.13303" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909841v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ethnoecologie.6131" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079305v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51359/2525-5223.2019.245243" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077583v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Duvail" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Habert" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ethnoecologie.2899" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107213v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleanor J. Sterling" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Filardi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Toomey" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Sigouin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erin Betley" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-017-0349-6" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03987343v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glenn Shepard Jr." TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Leonor L&#243;pez Garc&#233;s" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Eduardo Chaves" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/1981.81222017000300006" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01367005v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lavelle" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dol&#233;dec" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Arnauld de Sartre" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Deca&#235;ns" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valery Gond" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloenvcha.2016.04.009" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04488056v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Beatriz N. Ribeiro" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriano Jerozolimski" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William E Magnusson" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2014.02.005" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487906v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Beatriz N Ribeiro" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nilson V Salles" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Biribiri Kayap&#243;" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0102187" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04515781v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836730v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia L&#243;pez" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garc&#233;s Ii" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Elisabeth Laques" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria da Concei&#231;&#227;o Coelho Ferreira" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/S1981-81222012000200004" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487716v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00360102v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Santilli" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Eloy" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#250;cia van Velthem" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836674v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Faure" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495229v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ethn.041.0079" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495464v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Mitja" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss:2004040" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836881v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495375v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487597v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benito E. Brice&#241;o" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015663v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/carav.1993.2556" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939876v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Thierion" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666915v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02317119v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ethnoecologie.3048" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02317122v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ethnoecologie.2739" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00877885v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Juh&#233;-Beaulaton" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Cormier-Salem" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Roussel" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.irdeditions.8806" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01835582v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Guillaumet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe L&#233;na" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015795v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075650v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075636v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250845v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Katz" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elaine Moreira" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fleury" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845828v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia-L&#233;onor Lopez Garc&#233;s" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845574v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845836v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Ivanilce Castro Da Silva" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayrton Luiz Urizzi Martins" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Arvor" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845580v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00644614v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce Albert" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Michel Le Tourneau" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03123745v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Michon" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Moizo" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Carri&#232;re" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond Dounias" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04514298v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bepunu Kayapo" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.semas.pa.gov.br/wp-content/uploads/2018/05/Situa&#231;&#227;o-Socioambiental-das-Terras-Ind%C3%ADgenas-do-Par&#225;.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836408v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00360107v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia van Velthem" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Almeida" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837217v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01973861v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05523365v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Thi&#233;rion" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale de Robert" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15q9p" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619606v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Hussak van Velthem" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Emperaire" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Alberto Teixeira Nery Piratapuya" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56698/cultureskairos.2113" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04620828v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Athias" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56698/cultureskairos.2031" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04621362v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Zinck" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisabeth Habert" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56698/cultureskairos.2192" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04621100v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Fernando Baniwa" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Bonvin-Postchein" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Dela&#238;tre" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56698/cultureskairos.2197" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03992335v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelson Sanjad" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Leonor L&#243;pez-Garc&#233;s" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matheus Camilo Coelho" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Ara&#250;jo Santos" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale De Robert" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/1982-02672022v30d1e30" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03963057v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bresils.13303" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02909841v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ethnoecologie.6131" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079305v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51359/2525-5223.2019.245243" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077583v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Duvail" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Habert" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ethnoecologie.2899" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107213v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleanor J. Sterling" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Filardi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Toomey" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Sigouin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erin Betley" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-017-0349-6" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03987343v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Glenn Shepard Jr." TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Leonor L&#243;pez Garc&#233;s" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Eduardo Chaves" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/1981.81222017000300006" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01367005v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lavelle" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dol&#233;dec" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Arnauld de Sartre" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Deca&#235;ns" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valery Gond" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloenvcha.2016.04.009" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04488056v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Beatriz N. Ribeiro" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriano Jerozolimski" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William E Magnusson" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foreco.2014.02.005" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487906v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Beatriz N Ribeiro" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nilson V Salles" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Biribiri Kayap&#243;" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0102187" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04515781v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836730v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia L&#243;pez" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garc&#233;s Ii" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Elisabeth Laques" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria da Concei&#231;&#227;o Coelho Ferreira" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/S1981-81222012000200004" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487716v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00360102v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Santilli" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Eloy" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#250;cia van Velthem" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836674v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Faure" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495229v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ethn.041.0079" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495464v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Mitja" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss:2004040" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836881v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495375v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487597v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benito E. Brice&#241;o" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015663v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/carav.1993.2556" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939876v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Thierion" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04666915v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02317119v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ethnoecologie.3048" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02317122v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ethnoecologie.2739" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00877885v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Juh&#233;-Beaulaton" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Cormier-Salem" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Roussel" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.irdeditions.8806" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01835582v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Guillaumet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe L&#233;na" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015795v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075636v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075650v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250845v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Katz" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elaine Moreira" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fleury" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845828v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia-L&#233;onor Lopez Garc&#233;s" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845836v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Ivanilce Castro Da Silva" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayrton Luiz Urizzi Martins" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Arvor" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845574v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845580v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00644614v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce Albert" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Michel Le Tourneau" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04514298v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bepunu Kayapo" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.semas.pa.gov.br/wp-content/uploads/2018/05/Situa&#231;&#227;o-Socioambiental-das-Terras-Ind%C3%ADgenas-do-Par&#225;.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03123745v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Michon" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Moizo" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Carri&#232;re" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond Dounias" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01836408v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00360107v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia van Velthem" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Almeida" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837217v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01973861v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>