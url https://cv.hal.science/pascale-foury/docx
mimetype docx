--- v0 (2026-03-04)
+++ v1 (2026-03-29)
@@ -2110,295 +2110,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03022065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tuning competing magnetic interactions with pressure in RMn2O5 multiferroics</w:t>
+                <w:t xml:space="preserve">Pressure-dependent X-ray diffraction of the multiferroics RMn 2 O 5</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">W. Peng</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Claire Colin</w:t>
+                <w:t xml:space="preserve">Wei Peng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Balédent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Bernadette Lepetit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Hansen</w:t>
+                <w:t xml:space="preserve">Antoine Vaunat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Greenblatt</w:t>
+                <w:t xml:space="preserve">Elisa Rebolini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 99 (24), pp.245109. </w:t>
+              <w:t xml:space="preserve">Acta Crystallographica Section B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 75, pp.687-696. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.99.245109⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1107/S2052520619007844⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03091216v1</w:t>
+                <w:t xml:space="preserve">hal-02867594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pressure-dependent X-ray diffraction of the multiferroics RMn 2 O 5</w:t>
+                <w:t xml:space="preserve">Tuning competing magnetic interactions with pressure in RMn2O5 multiferroics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wei Peng</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marie-Bernadette Lepetit</w:t>
+                <w:t xml:space="preserve">W. Peng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Balédent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Vaunat</w:t>
+                <w:t xml:space="preserve">T. Hansen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elisa Rebolini</w:t>
+                <w:t xml:space="preserve">M. Greenblatt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Crystallographica Section B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 75, pp.687-696. </w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 99 (24), pp.245109. </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1107/S2052520619007844⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.99.245109⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02867594v1</w:t>
+                <w:t xml:space="preserve">hal-03091216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Organogel Formation Rationalized by Hansen Solubility Parameters: Shift of the Gelation Sphere with the Gelator Structure</w:t>
               </w:r>
@@ -2799,51 +2799,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pressure-induced commensurate order in TbMn 2 O 5 and DyMn 2 O 5 : Influence of rare-earth anisotropy and 3 d − 4 f exchange</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Deutsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Peng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Foury-Leylekian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3106,51 +3106,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Chattopadhyay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Balédent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Peng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 97 (8), pp.085128. </w:t>
@@ -3554,429 +3554,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04882325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of coherent collective modes through consecutive charge-density-wave transitions in the ( PO 2 ) 4 ( WO 3 ) 12 monophosphate tungsten bronze</w:t>
+                <w:t xml:space="preserve">Resonant inelastic x-ray scattering probes the electron-phonon coupling in the spin liquid κ -(BEDT-TTF) 2 Cu 2 ( CN ) 3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Stojchevska</w:t>
+                <w:t xml:space="preserve">V. Ilakovac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Borovšak</w:t>
+                <w:t xml:space="preserve">S. Carniato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Foury-Leylekian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.-P. Pouget</w:t>
+                <w:t xml:space="preserve">S Tomic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Mertelj</w:t>
+                <w:t xml:space="preserve">J.-P Pouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 96 (3), </w:t>
+              <w:t xml:space="preserve">, 2017, 96 (18), pp.184303. </w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.96.035429⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.96.184303⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03091225v1</w:t>
+                <w:t xml:space="preserve">hal-01662592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward pressure-induced multiferroicity in PrMn2O5</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">G. Yahia</w:t>
+                <w:t xml:space="preserve">Evolution of coherent collective modes through consecutive charge-density-wave transitions in the ( PO 2 ) 4 ( WO 3 ) 12 monophosphate tungsten bronze</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Stojchevska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Borovšak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Foury-Leylekian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-P. Pouget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Mertelj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 96 (5), pp.054418. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.96.054418⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 96 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.96.035429⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01963799v1</w:t>
+                <w:t xml:space="preserve">hal-03091225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resonant inelastic x-ray scattering probes the electron-phonon coupling in the spin liquid κ -(BEDT-TTF) 2 Cu 2 ( CN ) 3</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">J.-P Pouget</w:t>
+                <w:t xml:space="preserve">Toward pressure-induced multiferroicity in PrMn2O5</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Peng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Balédent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Chattopadhyay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Bernadette Lepetit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Yahia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 96 (18), pp.184303. </w:t>
+              <w:t xml:space="preserve">, 2017, 96 (5), pp.054418. </w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.96.184303⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.96.054418⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01662592v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01963799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recognition of exchange striction as the origin of magnetoelectric coupling in multiferroics</w:t>
               </w:r>
@@ -4014,51 +4014,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Chattopadhyay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Balédent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Peng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 95 (18), pp.184112. </w:t>
@@ -4550,51 +4550,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Fertey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Bernadette Lepetit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Greenblatt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 114 (11), pp.117601. </w:t>
@@ -4935,51 +4935,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Doubrovsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.B. Lepetit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Greenblatt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 87 (14), </w:t>
@@ -5542,363 +5542,363 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04883129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ground state of the quasi-1D correlated electronic system BaVS3</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Magnetoelastic coupling in the spin-Peierls ground state of hydrogenated and deuterated (TMTTF) 2PF 6 salts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Poirier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Bourbonnais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Foury-Leylekian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Bernu</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alec Moradpour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physica B: Condensed Matter</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.physb.2012.01.008⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 86 (8), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.86.085111⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00855539v1</w:t>
+                <w:t xml:space="preserve">hal-04883092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magnetoelastic coupling in the spin-Peierls ground state of hydrogenated and deuterated (TMTTF) 2PF 6 salts</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ground state of the quasi-1D correlated electronic system BaVS3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Foury-Leylekian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mario Poirier</w:t>
+                <w:t xml:space="preserve">Ph. Leininger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Ilakovac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Langlois</w:t>
+                <w:t xml:space="preserve">Yves Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claude Bourbonnais</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Alec Moradpour</w:t>
+                <w:t xml:space="preserve">Sylvain Bernu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physica B: Condensed Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 407, pp.1692. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.physb.2012.01.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.86.085111⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04883092v1</w:t>
+                <w:t xml:space="preserve">hal-00855539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ground State of the Quasi-1D Compound BaVS3 Resolved by Resonant Magnetic X-Ray Scattering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ph. Leininger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Ilakovac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Schierle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6364,103 +6364,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microwave dielectric study of spin-Peierls and charge-ordering transitions in (TMTTF )2PF6 salts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Bourbonnais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Foury-Leylekian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alec Moradpour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 81 (12), </w:t>
@@ -6492,319 +6492,319 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04883358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inelastic neutron scattering investigation of magnetic excitations in the spin-Peierls ground state of(TMTTF)2 PF6</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Charge ordering, symmetry and electronic structure issues and Wigner crystal structure of the quarter-filled band Mott insulators and high pressure metals δ-(EDT-TTF-CONMe2)2X, X = Br and AsF6</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Petit</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Claude Coulon</w:t>
+                <w:t xml:space="preserve">Leokadiya Zorina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Hennion</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alec Moradpour</w:t>
+                <w:t xml:space="preserve">Sergey Simonov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Mézière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enric Canadell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steve Suh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physica B: Condensed Matter</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.physb.2008.11.035⟩</w:t>
+              <w:t xml:space="preserve">Journal of Materials Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 19 (38), pp.6980 - 6994. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/B906287D⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00365148v1</w:t>
+                <w:t xml:space="preserve">hal-03343418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charge ordering, symmetry and electronic structure issues and Wigner crystal structure of the quarter-filled band Mott insulators and high pressure metals δ-(EDT-TTF-CONMe2)2X, X = Br and AsF6</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sergey Simonov</w:t>
+                <w:t xml:space="preserve">Inelastic neutron scattering investigation of magnetic excitations in the spin-Peierls ground state of(TMTTF)2 PF6</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Foury-Leylekian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Mézière</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Enric Canadell</w:t>
+                <w:t xml:space="preserve">Sylvain Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Steve Suh</w:t>
+                <w:t xml:space="preserve">Bernard Hennion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alec Moradpour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 19 (38), pp.6980 - 6994. </w:t>
+              <w:t xml:space="preserve">Physica B: Condensed Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 404, pp. 537-540. </w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/B906287D⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.physb.2008.11.035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03343418v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00365148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermodynamic studies at the charge-ordering and spin-Peierls transitions in (TMTTF)2 X</w:t>
               </w:r>
@@ -6842,51 +6842,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jens Müller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Foury-Leylekian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alec Moradpour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physica B: Condensed Matter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 404 (3-4), pp.494-498. </w:t>
@@ -7097,51 +7097,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Foury-Leylekian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Moradpour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-P. Pouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7240,51 +7240,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Pouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Foury-Leylekian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alec Moradpour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 76 (085126), pp. 1-13. </w:t>
@@ -7374,51 +7374,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Paul Pouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Foury-Leylekian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alec Moradpour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 76, pp.085126. </w:t>
@@ -7450,563 +7450,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00182268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X-ray anomalous scattering investigation of BaV S3</w:t>
+                <w:t xml:space="preserve">Structural instabilities in Nb, Ti and K substituted BaVS3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Fagot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Foury-Leylekian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Pouget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Ravy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Paul Pouget</w:t>
+                <w:t xml:space="preserve">Guerman Popov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Émilio Lorenzo</w:t>
+                <w:t xml:space="preserve">Maxim Lobanov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 73 (3), </w:t>
+              <w:t xml:space="preserve">Physica B: Condensed Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 378-380 (SPEC. ISS.), pp.1068-1069. </w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.73.033102⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.physb.2006.01.487⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04897012v1</w:t>
+                <w:t xml:space="preserve">hal-04897046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural instabilities in Nb, Ti and K substituted BaVS3</w:t>
+                <w:t xml:space="preserve">X-ray anomalous scattering investigation of BaV S3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Fagot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Foury-Leylekian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Ravy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Pouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxim Lobanov</w:t>
+                <w:t xml:space="preserve">Émilio Lorenzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physica B: Condensed Matter</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 378-380 (SPEC. ISS.), pp.1068-1069. </w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 73 (3), </w:t>
             </w:r>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.physb.2006.01.487⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.73.033102⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04897046v1</w:t>
+                <w:t xml:space="preserve">hal-04897012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multistability in a family of DT-TTF organic radical based compounds (DT-TTF)4[M(L)2]3 (M = Au, Cu; L = pds, pdt, bdt)</w:t>
+                <w:t xml:space="preserve">Organic spin ladders from tetrathiafulvalene (TTF) derivatives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">João C. Dias</w:t>
+                <w:t xml:space="preserve">Xavi Ribas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavi Ribas</w:t>
+                <w:t xml:space="preserve">Marta Mas-Torrent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jorge Morgado</w:t>
+                <w:t xml:space="preserve">Aarón Pérez-Benítez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">João Seiça</w:t>
+                <w:t xml:space="preserve">Joao C. Dias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elsa B. Lopes</w:t>
+                <w:t xml:space="preserve">Helena Alves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 15 (31), pp.3187-3199. </w:t>
+              <w:t xml:space="preserve">Advanced Functional Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 15 (6), pp.1023-1035. </w:t>
             </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/b505724h⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/adfm.200400407⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04897189v1</w:t>
+                <w:t xml:space="preserve">hal-04897200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Organic spin ladders from tetrathiafulvalene (TTF) derivatives</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId272" w:history="1">
+                <w:t xml:space="preserve">Multistability in a family of DT-TTF organic radical based compounds (DT-TTF)4[M(L)2]3 (M = Au, Cu; L = pds, pdt, bdt)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">João C. Dias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavi Ribas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aarón Pérez-Benítez</w:t>
+                <w:t xml:space="preserve">Jorge Morgado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joao C. Dias</w:t>
+                <w:t xml:space="preserve">João Seiça</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Helena Alves</w:t>
+                <w:t xml:space="preserve">Elsa B. Lopes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Functional Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 15 (6), pp.1023-1035. </w:t>
+              <w:t xml:space="preserve">Journal of Materials Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 15 (31), pp.3187-3199. </w:t>
             </w:r>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/adfm.200400407⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/b505724h⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04897200v1</w:t>
+                <w:t xml:space="preserve">hal-04897189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural aspects of the metal-insulator transition in BaVS3</w:t>
               </w:r>
@@ -8126,51 +8126,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inelastic x-ray scattering study of charge-density-wave dynamics in the Rb0.3MoO3 blue bronze</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Ravy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herwig Requardt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8433,51 +8433,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Sandré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ravy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-P. Pouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Elkaim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8541,51 +8541,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peierls transition in two-dimensional metallic monophosphate tungsten bronzes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Foury-Leylekian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-P. Pouget</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Solid State Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 4 (3), pp.387-396. </w:t>
             </w:r>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8658,51 +8658,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Foury-Leylekian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ravy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-P. Pouget</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 86 (22), pp.5100-5103. </w:t>
             </w:r>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8775,51 +8775,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Foury-Leylekian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Ravy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-P. Pouget</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JOT, Journal fuer Oberflaechentechnik</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 41 (5), pp.50-51. </w:t>
             </w:r>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9422,51 +9422,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Foury-Leylekian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Pouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Greenblatt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Wang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9857,51 +9857,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Pouget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z.S. Teweldemedhin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Greenblatt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Synthetic Metals</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1995, 70 (1-3), pp.1301-1302. </w:t>
@@ -10128,51 +10128,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z. Teweldemedhin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Greenblatt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal de Physique IV Proceedings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1993, 03 (C2), pp.C2-133-C2-136. </w:t>
@@ -11764,51 +11764,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447035v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Oubaid" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Bal&#233;dent" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Fabelo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Bocher" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C V Colin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15302/frontphys.2026.055201" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05021429v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dj&#233;nabou Bayo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Bal&#233;dent" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Boccuni" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vita Ilakovac" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Carniato" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.111.125160" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774648v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.G. Zheng" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bal&#233;dent" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Oubaid" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Auban-Senzier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Colin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.109.184428" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04275998v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vaunat" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Petit" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Nataf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chattopadhyay" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.108.104419" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04188501v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W G Zheng" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bocher" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Forget" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Colson" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevb.107.024423" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276010v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Zheng" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.107.024423" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276005v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Roll" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Banerjee" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.108.014416" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871953v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ressouche" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Petricek" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bounoua" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.106.134429" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996600v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen-Gen Zheng" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Damay" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Rueff" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42005-022-00955-7" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04275956v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Girard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Foury-Leylekian" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bjoern Winkler" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.103.014306" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357175v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Berrod" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Vaunat" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Petit" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Roy" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.103.174434" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04275953v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Bernadette Lepetit" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Retailleau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Elslande" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.101.020101" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091213v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fertey" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Baledent" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ognjen Milat" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2052520620005545" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03120025v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevb.103.014306" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022065v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. K. Panda" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sh. Yamamoto" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Duc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.102.094408" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091216v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Peng" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Hansen" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Greenblatt" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.99.245109" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02867594v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Peng" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Vaunat" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Rebolini" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2052520619007844" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02285236v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danilo Rosa Nunes" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Reche-Tamayo" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Ressouche" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Raynal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Isare" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.9b00966" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01830162v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vita Ilakovac-Casses" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alla Arakcheeva" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cryst8040158" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091223v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariano de Souza" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Squillante" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar S&#244;nego" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Menegasso" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.97.045122" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01835070v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Deutsch" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Foury-Leylekian" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.98.024408" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01806936v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Jeannin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric W. Reinheimer" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Pouget" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Auban-Senzier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2052252518004967" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02000629v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Yahia" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Damay" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.97.085128" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01564784v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Pouget" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hennion" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Coulon" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.96.035127" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01937586v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Raymond" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-15150-w" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882325v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Almeida" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/magnetochemistry3010013" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091225v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Stojchevska" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Borov&#353;ak" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Pouget" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Mertelj" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.96.035429" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963799v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.96.054418" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01662592v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ilakovac" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Carniato" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Tomic" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P Pouget" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.96.184303" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02000674v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.95.184112" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882471v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gukasov" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Moshopoulou" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.93.104406" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882594v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Medjanik" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chernenkaya" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.A. Nepijko" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. &#214;hrwall" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5cp02902c" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882643v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pasquier" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Doubrovsky" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physb.2014.11.074" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764734v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fertey" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.114.117601" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01152659v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Coulon" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Fabre" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e2015-50774-5" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882817v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katerina Medjanik" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmytro Kutnyakhov" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Gloskovskii" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens M&#252;ller" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e2014-50499-y" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882905v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.B. Lepetit" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.87.140301" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882914v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Mirebeau" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Andr&#233;" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. de Souza" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.88.024105" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883097v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pere Alemany" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enric Canadell" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssb.201100750" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MR8BXZCJ-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883074v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.R. Pasquier" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.86.174417" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883129v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bernu" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Iti&#233;" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Berger" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.86.235105" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00855539v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Leininger" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Joly" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bernu" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physb.2012.01.008" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PTGRSN1J-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883092v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Poirier" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Langlois" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Bourbonnais" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alec Moradpour" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.86.085111" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00686447v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Schierle" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Weschke" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.106.167203" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00658378v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Auban-Sensier" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fourmigu&#233;" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physRevB.84.195134" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00560157v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Licci" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gauzzi" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/89/27006" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883390v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Young-Joo Lee" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Risto M. Nieminen" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Ordej&#243;n" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.82.134116" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883358v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.81.125101" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00365148v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Petit" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Hennion" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physb.2008.11.035" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-232MWTF5-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03343418v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leokadiya Zorina" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Simonov" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile M&#233;zi&#232;re" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Suh" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/B906287D" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-JGQMDPVQ-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04896733v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Br&#252;hl" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physb.2008.11.059" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04896850v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Pouget" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Akrap" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physb.2007.10.368" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04896780v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moradpour" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lang" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.101.216403" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00267567v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Lalet" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.76.214422" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00182268v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Pouget" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.76.085126" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04897012v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fagot" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Ravy" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milio Lorenzo" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.73.033102" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04897046v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guerman Popov" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxim Lobanov" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physb.2006.01.487" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04897189v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o C. Dias" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavi Ribas" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Morgado" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Sei&#231;a" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa B. Lopes" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b505724h" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04897200v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Mas-Torrent" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aar&#243;n P&#233;rez-Ben&#237;tez" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao C. Dias" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Alves" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.200400407" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04897098v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fagot" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ravy" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Anne" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2004.11.017" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04897342v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herwig Requardt" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Le Bolloc&#8217;h" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.69.115113" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04897269v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Le Bolloc'H" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.70.180405" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04897601v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Sandr&#233;" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Elkaim" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.66.075116" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04897512v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1293-2558(01)01266-3" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04897723v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Sandre" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.86.5100" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04897742v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Knittel" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF03242690" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270372v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Roussel" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Labb&#233;" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Leligny" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Groult" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.62.176" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04898015v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Foury" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Roussel" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Pauset" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0379-6779(98)00248-3" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04898086v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Drouard" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dumas" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0379-6779(98)00269-0" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XVXT1PD7-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270370v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Domeng&#232;s" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Labbe" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s100510051031" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-VQQRW0H4-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04898106v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Wang" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s100510050236" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-4G3R780V-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00000312v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lichtenth&#228;ler" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Ang&#233;lique" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bertrand" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertram Blank" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0168-583X(97)00929-4" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04898602v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schlenker" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Touze" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hess" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. R&#246;tger" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0379-6779(94)02845-P" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MK111SDP-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04898661v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ottolenghi" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z.S. Teweldemedhin" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0379-6779(94)02859-W" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z6JLHX87-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00013072v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.C.C. Villari" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Clapier" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Deligne" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00251309v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pouget" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Teweldemedhin" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp4:1993226" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E95EF5BDA287F7687438616793B7A05CBFDB8CBF/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04899284v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Foury" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P Pouget" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Wang" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Greenblatt" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0379-6779(91)91722-M" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197936v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00005477v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Leroy" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bajeat" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00005475v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lecesne" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ducourtieux" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012983v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Putaux" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ferro" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0168-583X(96)01022-1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012978v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00007864v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00013218v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cacitti" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00013015v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-03557668v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sortais" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bieth" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091228v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447035v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Oubaid" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Bal&#233;dent" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Fabelo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Bocher" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C V Colin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15302/frontphys.2026.055201" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05021429v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dj&#233;nabou Bayo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Bal&#233;dent" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Boccuni" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vita Ilakovac" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Carniato" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.111.125160" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774648v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.G. Zheng" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bal&#233;dent" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Oubaid" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Auban-Senzier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Colin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.109.184428" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04275998v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vaunat" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Petit" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Nataf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chattopadhyay" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.108.104419" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04188501v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W G Zheng" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bocher" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Forget" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Colson" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevb.107.024423" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276010v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Zheng" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.107.024423" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04276005v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Roll" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Banerjee" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.108.014416" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871953v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ressouche" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Petricek" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bounoua" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.106.134429" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996600v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen-Gen Zheng" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Damay" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Rueff" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42005-022-00955-7" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04275956v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Girard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Foury-Leylekian" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bjoern Winkler" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.103.014306" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357175v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Berrod" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Vaunat" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Petit" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Roy" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.103.174434" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04275953v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Bernadette Lepetit" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Retailleau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Elslande" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.101.020101" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091213v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fertey" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Baledent" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ognjen Milat" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2052520620005545" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03120025v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physrevb.103.014306" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03022065v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. K. Panda" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sh. Yamamoto" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Duc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.102.094408" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02867594v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Peng" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Vaunat" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Rebolini" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2052520619007844" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091216v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Peng" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Hansen" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Greenblatt" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.99.245109" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02285236v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danilo Rosa Nunes" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Reche-Tamayo" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Ressouche" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Raynal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Isare" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.9b00966" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01830162v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vita Ilakovac-Casses" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alla Arakcheeva" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cryst8040158" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091223v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariano de Souza" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Squillante" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar S&#244;nego" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Menegasso" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.97.045122" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01835070v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Deutsch" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Foury-Leylekian" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.98.024408" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01806936v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Jeannin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric W. Reinheimer" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Pouget" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Auban-Senzier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1107/S2052252518004967" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02000629v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Yahia" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Damay" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.97.085128" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01564784v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Pouget" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hennion" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Coulon" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.96.035127" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01937586v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Raymond" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-15150-w" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882325v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Almeida" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/magnetochemistry3010013" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01662592v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ilakovac" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Carniato" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Tomic" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P Pouget" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.96.184303" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091225v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Stojchevska" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Borov&#353;ak" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Pouget" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Mertelj" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.96.035429" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963799v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.96.054418" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02000674v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.95.184112" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882471v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gukasov" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Moshopoulou" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.93.104406" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882594v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Medjanik" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chernenkaya" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.A. Nepijko" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. &#214;hrwall" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5cp02902c" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882643v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pasquier" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Doubrovsky" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physb.2014.11.074" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764734v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fertey" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.114.117601" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01152659v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Coulon" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Fabre" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e2015-50774-5" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882817v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katerina Medjanik" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmytro Kutnyakhov" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Gloskovskii" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens M&#252;ller" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e2014-50499-y" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882905v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.B. Lepetit" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.87.140301" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882914v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Mirebeau" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Andr&#233;" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. de Souza" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.88.024105" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883097v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pere Alemany" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enric Canadell" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssb.201100750" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MR8BXZCJ-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883074v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.R. Pasquier" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.86.174417" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883129v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bernu" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Iti&#233;" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Berger" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.86.235105" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883092v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Poirier" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Langlois" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Bourbonnais" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alec Moradpour" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.86.085111" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00855539v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Leininger" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Joly" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bernu" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physb.2012.01.008" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PTGRSN1J-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00686447v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Schierle" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Weschke" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.106.167203" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00658378v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Auban-Sensier" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fourmigu&#233;" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physRevB.84.195134" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00560157v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Licci" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gauzzi" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/89/27006" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883390v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Young-Joo Lee" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Risto M. Nieminen" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Ordej&#243;n" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.82.134116" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883358v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.81.125101" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03343418v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leokadiya Zorina" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Simonov" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile M&#233;zi&#232;re" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Suh" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/B906287D" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-JGQMDPVQ-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00365148v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Petit" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Hennion" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physb.2008.11.035" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-232MWTF5-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04896733v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Br&#252;hl" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physb.2008.11.059" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04896850v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Pouget" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Akrap" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physb.2007.10.368" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04896780v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moradpour" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lang" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.101.216403" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00267567v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Lalet" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.76.214422" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00182268v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Paul Pouget" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.76.085126" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04897046v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fagot" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guerman Popov" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxim Lobanov" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physb.2006.01.487" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04897012v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Ravy" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milio Lorenzo" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.73.033102" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04897200v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavi Ribas" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Mas-Torrent" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aar&#243;n P&#233;rez-Ben&#237;tez" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao C. Dias" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Alves" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.200400407" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04897189v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o C. Dias" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Morgado" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Sei&#231;a" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa B. Lopes" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b505724h" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04897098v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fagot" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ravy" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Anne" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2004.11.017" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04897342v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herwig Requardt" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Le Bolloc&#8217;h" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.69.115113" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04897269v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Le Bolloc'H" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.70.180405" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04897601v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Sandr&#233;" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Elkaim" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.66.075116" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04897512v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1293-2558(01)01266-3" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04897723v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Sandre" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.86.5100" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04897742v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Knittel" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/BF03242690" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270372v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Roussel" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Labb&#233;" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Leligny" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Groult" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.62.176" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04898015v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Foury" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Roussel" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Pauset" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0379-6779(98)00248-3" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04898086v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Drouard" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dumas" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0379-6779(98)00269-0" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XVXT1PD7-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02270370v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Domeng&#232;s" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Labbe" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s100510051031" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-VQQRW0H4-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04898106v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Wang" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s100510050236" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-4G3R780V-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00000312v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lichtenth&#228;ler" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Ang&#233;lique" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bertrand" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertram Blank" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0168-583X(97)00929-4" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04898602v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schlenker" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Touze" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hess" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. R&#246;tger" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0379-6779(94)02845-P" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MK111SDP-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04898661v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ottolenghi" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z.S. Teweldemedhin" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0379-6779(94)02859-W" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z6JLHX87-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00013072v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.C.C. Villari" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Clapier" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Deligne" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00251309v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pouget" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Teweldemedhin" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp4:1993226" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/E95EF5BDA287F7687438616793B7A05CBFDB8CBF/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04899284v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Foury" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P Pouget" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Wang" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Greenblatt" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0379-6779(91)91722-M" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197936v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00005477v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Leroy" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bajeat" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00005475v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lecesne" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ducourtieux" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012983v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Putaux" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ferro" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0168-583X(96)01022-1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00012978v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00007864v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00013218v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cacitti" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00013015v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-03557668v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sortais" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bieth" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091228v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>