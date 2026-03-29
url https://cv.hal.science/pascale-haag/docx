--- v0 (2026-03-05)
+++ v1 (2026-03-29)
@@ -506,887 +506,887 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04078542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les émotions des élèves à l’école au XXIe siècle : quels enjeux ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fostering Engagement, Reflexivity, and 21st-Century Skills in Middle School: A Pilot Collaborative Action Research on Identity Formation with Adolescent Co-Researchers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Haag</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Séverine Colinet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pascale Haag</w:t>
+                <w:t xml:space="preserve">Titouan Fantoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Dubal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tréma</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/trema.7178⟩</w:t>
+              <w:t xml:space="preserve">Journal of Intelligence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10 (3), pp.64. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/jintelligence10030064⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04078479v1</w:t>
+                <w:t xml:space="preserve">hal-03929247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Children and Adolescents Psychological Distress Scale During COVID-19 Pandemic: Validation of a Psychometric Instrument (CONFEADO Study)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les émotions des élèves à l’école au XXIe siècle : quels enjeux ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isaura Laurent</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Séverine Colinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Haag</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychiatry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpsyt.2022.843104⟩</w:t>
+              <w:t xml:space="preserve">Tréma</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 57, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/trema.7178⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03830334v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04078479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fostering Engagement, Reflexivity, and 21st-Century Skills in Middle School: A Pilot Collaborative Action Research on Identity Formation with Adolescent Co-Researchers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pascale Haag</w:t>
+                <w:t xml:space="preserve">Children and Adolescents Psychological Distress Scale During COVID-19 Pandemic: Validation of a Psychometric Instrument (CONFEADO Study)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carla de Stefano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isaura Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronique-Carelle Kaindje-Fondjo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Titouan Fantoni</w:t>
+                <w:t xml:space="preserve">Megane Estevez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Dubal</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Enguerrand Habran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Intelligence</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 10 (3), pp.64. </w:t>
+              <w:t xml:space="preserve">Frontiers in Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13, </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/jintelligence10030064⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fpsyt.2022.843104⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03929247v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03830334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Premiers résultats des facteurs associés à la résilience et à la santé mentale des enfants et des adolescents (9-18 ans) lors du premier confinement lié à la Covid-19 en France</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quels cadres théoriques pour penser le bien-être à l’école ? L’exemple du projet pédagogique de la Lab School Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Haag</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Martin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin épidémiologie hebdomadaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Cov_8, pp.2-17</w:t>
+              <w:t xml:space="preserve">Sciences &amp; Bonheur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Bien-être des enfants. Définitions, évaluations et interventions, 6, pp.163-182</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03511797v1</w:t>
+                <w:t xml:space="preserve">hal-03636373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Facteurs associés à la résilience et à la santé mentale des enfants et des adolescents (9-16 ans) lors du confinement suite à la COVID-19 en France</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Premiers résultats des facteurs associés à la résilience et à la santé mentale des enfants et des adolescents (9-18 ans) lors du premier confinement lié à la Covid-19 en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Vandentorren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imane Khirredine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mégane Estevez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carla de Stefano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dalila Rezzoug</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin Epidémiologique Hebdomadaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021</w:t>
+              <w:t xml:space="preserve">Bulletin épidémiologie hebdomadaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Cov_8, pp.2-17</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03636372v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03511797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Connecting Well-Being and Academic Learning: From Theory to Practice at the Lab School Paris</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Facteurs associés à la résilience et à la santé mentale des enfants et des adolescents (9-16 ans) lors du confinement suite à la COVID-19 en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Vandentorren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imane Khirredine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mégane Estevez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carla de Stefano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dalila Rezzoug</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IALS Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, IX (1), pp.35-43</w:t>
+              <w:t xml:space="preserve">Bulletin Epidémiologique Hebdomadaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03636364v1</w:t>
+                <w:t xml:space="preserve">hal-03636372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contrôlabilité d’un dispositif mobile via WhatsApp : amélioration des performances des apprenants</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Connecting Well-Being and Academic Learning: From Theory to Practice at the Lab School Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Haag</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabrielle Cummins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marlène Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Distances et Médiations des Savoirs</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IALS Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, IX (1), pp.35-43</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03636137v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03636364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quels cadres théoriques pour penser le bien-être à l’école ? L’exemple du projet pédagogique de la Lab School Paris</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Contrôlabilité d’un dispositif mobile via WhatsApp : amélioration des performances des apprenants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Nkwanui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Colinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Haag</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marlène Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sciences &amp; Bonheur</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Distances et Médiations des Savoirs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 33, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/dms.6028⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03636373v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03636137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Créer des « collectifs apprenants » pour mettre la recherche au service de la réussite éducative : L’exemple du Lab School Network</w:t>
               </w:r>
@@ -1435,222 +1435,222 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03168518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La pédagogie différente auprès des parents d'élèves. Malentendus et mobilisations conflictuelles vus par des fondateurs d'écoles</w:t>
+                <w:t xml:space="preserve">Cross-cultural validation of a Frencg version of the Emotional Processing Scale (EPS-25).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélia Legavre</w:t>
+                <w:t xml:space="preserve">Ingrid Banovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claire Gay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Haag</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SpécifiCITéS. La revue des Terrains Sensibles</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/spec.012.0136⟩</w:t>
+              <w:t xml:space="preserve">European Review of Applied Psychology / Revue Européenne de Psychologie Appliquée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.erap.2019.05.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03168501v1</w:t>
+                <w:t xml:space="preserve">hal-02332868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cross-cultural validation of a Frencg version of the Emotional Processing Scale (EPS-25).</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La pédagogie différente auprès des parents d'élèves. Malentendus et mobilisations conflictuelles vus par des fondateurs d'écoles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Claire Gay</w:t>
+                <w:t xml:space="preserve">Amélia Legavre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Haag</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Review of Applied Psychology / Revue Européenne de Psychologie Appliquée</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, </w:t>
+              <w:t xml:space="preserve">SpécifiCITéS. La revue des Terrains Sensibles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, L’entrée en pédagogie différente, 2019/1 (12), pp.136-147. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.erap.2019.05.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/spec.012.0136⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02332868v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03168501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Survey and a Positive Psychology Intervention on French PhD Student Well-being</w:t>
               </w:r>
@@ -2370,221 +2370,221 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03636357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les lab schools : Des espaces d’hybridation pédagogique.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L'inclusion au prisme du numérique, ce qu'apporte une enquête auprès des élèves pendant la pandémie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Epstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Haag</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pédagogies alternatives et démarches innovantes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, pp.21-36, 2020</w:t>
+              <w:t xml:space="preserve">De la pédagogie universitaire inclusive, L'université et le handicap</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, , 2020, 978-2-343-21313-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03168499v1</w:t>
+                <w:t xml:space="preserve">hal-02965792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'inclusion au prisme du numérique, ce qu'apporte une enquête auprès des élèves pendant la pandémie</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les lab schools : Des espaces d’hybridation pédagogique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Haag</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">De la pédagogie universitaire inclusive, L'université et le handicap</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, , 2020, 978-2-343-21313-2</w:t>
+              <w:t xml:space="preserve">Pédagogies alternatives et démarches innovantes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.21-36, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02965792v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03168499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La transition éducative: construire une école différente en s'appuyant sur la recherche, le cas de Geelong Grammarschool</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Haag</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Epstein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réformer l'école? L'apport de l'éducation comparée. Hommage à Louis Porcher.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, L'Harmattan, p.218-231, 2017, 978-2-343-12722-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2609,51 +2609,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modalités d’une réforme éducative : le numérique peut-il participer à des changements de pratiques pédagogiques?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Epstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Haag</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3229,51 +3229,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qu’apprend-on en tant que prof d’une enquête sur le point de vue des élèves pendant le confinement ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Haag</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Epstein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ludoviales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2020, en ligne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3405,51 +3405,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Après le confinement, assurer la continuité relationnelle plus que la continuité pédagogique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Haag</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Epstein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3775,51 +3775,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1D27DBCF"/>
+    <w:nsid w:val="0BF6B35E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4006,51 +4006,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pascale-haag" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3065-1758" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/068532717" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729770v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Shankland" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Haag" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Tessier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Buchs" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire El-Jor" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeph.2024.202750" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04078549v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Martin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edso.22451" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04078542v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1097142ar" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04078479v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Colinet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/trema.7178" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830334v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla de Stefano" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isaura Laurent" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique-Carelle Kaindje-Fondjo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megane Estevez" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enguerrand Habran" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyt.2022.843104" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929247v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Fantoni" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dubal" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jintelligence10030064" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03511797v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Vandentorren" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imane Khirredine" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Estevez" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Rezzoug" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636372v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636364v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Cummins" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636137v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Nkwanui" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dms.6028" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636373v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168518v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168501v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lia Legavre" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spec.012.0136" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332868v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Banovic" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Gay" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2019.05.002" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02073821v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Marais" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Fiault" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Briget Juniper" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.28945/3948" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168526v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168494v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revssu.2017.08.006" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00700315v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04232748v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulysse Berra" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lieve Potters" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Ragazzi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clementine Shelsky" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278573v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04078561v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Duval-Valachs" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636357v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168499v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965792v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Epstein" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842466v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580041v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00700261v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00700273v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00701144v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vaillant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636374v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Cognard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00700895v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Roudil-Paolucci" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00700952v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Vergiani" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03237845v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636360v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224522v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00700295v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00701157v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-00745183v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pascale-haag" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3065-1758" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/068532717" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04729770v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Shankland" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Haag" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Tessier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Buchs" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire El-Jor" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeph.2024.202750" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04078549v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Martin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edso.22451" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04078542v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1097142ar" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929247v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Fantoni" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dubal" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jintelligence10030064" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04078479v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Colinet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/trema.7178" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830334v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla de Stefano" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isaura Laurent" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique-Carelle Kaindje-Fondjo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megane Estevez" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enguerrand Habran" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyt.2022.843104" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636373v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03511797v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Vandentorren" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imane Khirredine" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Estevez" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dalila Rezzoug" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636372v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636364v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Cummins" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636137v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Nkwanui" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dms.6028" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168518v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332868v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Banovic" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Gay" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2019.05.002" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168501v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lia Legavre" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spec.012.0136" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02073821v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Marais" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Fiault" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Briget Juniper" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.28945/3948" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168526v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168494v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revssu.2017.08.006" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00700315v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04232748v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulysse Berra" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lieve Potters" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Ragazzi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clementine Shelsky" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04278573v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04078561v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Duval-Valachs" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636357v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965792v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Epstein" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168499v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842466v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580041v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00700261v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00700273v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00701144v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vaillant" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636374v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Cognard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00700895v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Roudil-Paolucci" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00700952v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Vergiani" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03237845v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636360v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224522v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00700295v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00701157v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-00745183v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>