--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -2482,248 +2482,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01357375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Appearance-Based SLAM Relying on a Hybrid Laser/Omnidirectional Sensor</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Spherical Robot-Centered Representation for Urban Navigation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Meilland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew I. Comport</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Rives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t>
+              <w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2010, Taipei, Taiwan. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/IROS.2010.5651271⟩</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IROS.2010.5650380⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01357377v1</w:t>
+                <w:t xml:space="preserve">hal-01357378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Spherical Robot-Centered Representation for Urban Navigation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Appearance-Based SLAM Relying on a Hybrid Laser/Omnidirectional Sensor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriela Gallegos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Meilland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew I. Comport</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Rives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems (IROS)</w:t>
+              <w:t xml:space="preserve">IEEE/RSJ International Conference on Intelligent Robots and Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2010, Taipei, Taiwan. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/IROS.2010.5650380⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/IROS.2010.5651271⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01357378v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01357377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spherical Image Processing for Accurate Visual Odometry with Omnidirectional Cameras</w:t>
               </w:r>
@@ -4588,185 +4588,185 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00075565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un algorithme efficace pour la mise en correspondance des segments 2D dans une séquence d'images</w:t>
+                <w:t xml:space="preserve">Identification des polygones 3D à partir des segments 3D</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ming Xie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Rives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] RR-0929, INRIA. 1988</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] RR-0908, INRIA. 1988</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00075627v1</w:t>
+                <w:t xml:space="preserve">inria-00075648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification des polygones 3D à partir des segments 3D</w:t>
+                <w:t xml:space="preserve">Un algorithme efficace pour la mise en correspondance des segments 2D dans une séquence d'images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ming Xie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Rives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] RR-0908, INRIA. 1988</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] RR-0929, INRIA. 1988</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inria-00075648v1</w:t>
+                <w:t xml:space="preserve">inria-00075627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation des segments 2D : un algorithmerobuste</w:t>
               </w:r>
@@ -5280,51 +5280,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01010429v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Meilland" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Ian Comport" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rives" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rob.21531" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00766839v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew I. Comport" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ezio Malis" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0278364909356601" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00766862v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Raul Azinheira" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15599610802303314" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00767018v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Simond" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.robot.2007.11.008" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00327593v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Corr&#234;a Victorino" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Borrelly" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00327616v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00548414v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jurie" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Gallice" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Brame" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0967-0661(94)90210-0" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZN9ZJPSD-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05305364v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Larsen" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Mustapha Mouaddib" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733246v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00988843v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Drouilly" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tawsif Gokhool" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01010219v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Fernandez-Moral" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Gonz&#225;lez-Jim&#233;nez" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicente Ar&#233;valo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01086902v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01004099v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Ormea" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Giboin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Daney" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Merlet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00845456v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Alt" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eckehard Steinbach" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00921273v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Joly" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dune" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gorce" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00845450v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Chapoulie" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Filliat" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00752917v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00752915v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00752909v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01357372v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Audras" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01357369v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00767402v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2011.6095029" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01357375v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01357377v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Gallegos" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2010.5651271" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01357378v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2010.5650380" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00325396v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Hadj-Abdelkader" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01357379v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01357382v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00767674v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Mei" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2007.364084" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00485884v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Correa Victorino" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00001045v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00001044v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00001038v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00548426v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02463487v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martinet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00548438v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Brame" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02463486v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Fickinger" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358431v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00308722v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00071979v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00074076v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aristide Santos" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Espiau" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Simon" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rigaud" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00074822v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Michel" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00074983v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Pissard-Gibollet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00075386v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chaumette" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00075565v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00075627v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming Xie" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00075648v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00075647v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00548482v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Berthod" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Castan" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James L. Crowley" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Faugeras" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Mohr" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00075901v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00071337v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard H&#233;gron" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01010429v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Meilland" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Ian Comport" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rives" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rob.21531" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00766839v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew I. Comport" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ezio Malis" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0278364909356601" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00766862v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Raul Azinheira" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15599610802303314" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00767018v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Simond" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.robot.2007.11.008" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00327593v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Corr&#234;a Victorino" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Borrelly" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00327616v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00548414v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Jurie" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Gallice" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Brame" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0967-0661(94)90210-0" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZN9ZJPSD-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05305364v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Larsen" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Mustapha Mouaddib" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733246v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00988843v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Drouilly" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tawsif Gokhool" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01010219v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Fernandez-Moral" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Gonz&#225;lez-Jim&#233;nez" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vicente Ar&#233;valo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01086902v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01004099v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Ormea" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Giboin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Daney" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Merlet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00845456v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Alt" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eckehard Steinbach" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00921273v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Joly" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dune" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gorce" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00845450v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Chapoulie" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Filliat" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00752917v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00752915v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00752909v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01357372v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Audras" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01357369v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00767402v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2011.6095029" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01357375v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01357378v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2010.5650380" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01357377v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Gallegos" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IROS.2010.5651271" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00325396v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Hadj-Abdelkader" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01357379v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01357382v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00767674v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Mei" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ROBOT.2007.364084" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00485884v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Correa Victorino" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00001045v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00001044v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00001038v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00548426v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02463487v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martinet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00548438v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Brame" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02463486v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Fickinger" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01358431v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00308722v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00071979v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00074076v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aristide Santos" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Espiau" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Simon" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Rigaud" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00074822v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Michel" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00074983v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Pissard-Gibollet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00075386v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chaumette" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00075565v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00075648v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming Xie" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00075627v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00075647v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00548482v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Berthod" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Castan" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James L. Crowley" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Faugeras" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Mohr" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00075901v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00071337v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard H&#233;gron" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>