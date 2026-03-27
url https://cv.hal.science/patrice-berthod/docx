--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Patrice BERTHOD </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">patrice-berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-8035-927X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">152895035</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (171)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetics of Oxidation at High Temperature and Degradation States of Cr-Free Al-Containing Cobalt and Nickel Alloys Reinforced by TaC Carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crystals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 16, pp.125. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/cryst16020125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05502026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-Temperature Properties of an Equimolar CoNiFeCr Medium-Entropy Alloy with Added Titanium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siouare Hammi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Micro</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 5, pp.57. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/micro5040057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05402702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the Presence of Aluminum and of its Content on the As-Cast Microstructure of Alloys Designed to be Tac-Reinforced</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin of Scientific Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 7 (2), pp.1-9. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.54392/bsr2551⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05440327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CREEP BEHAVIOR OF AN EQUIMOLAR CONIFEMNCR HIGH ENTROPY ALLOY AT 1000°C AND BEYOND</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Materials Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 10 (1), pp.23-36. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.36868/ejmse.2025.10.01.023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05044845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructures of novel Al-containing Co-based and Ni-based alloys designed to be reinforced by TaC carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Engineering Sciences and Innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05100335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improved Creep Resistance at 1000°C of a Medium Entropy Alloy by the In Situ Formation of Intergranular MC Carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Gay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassima Chenikha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Spaeter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Etienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vernière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Indonesian Journal of Innovation and Applied Sciences (IJIAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 4 (2), pp.141-149. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.47540/ijias.v4i2.971⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04646995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chemical degradation of the ternary Al2O3-YAG-ZrO2 eutectic ceramic by molten CMAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Portebois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Vilasi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.J. Panteix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">High Temperature Corrosion of Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11085-024-10258-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04689366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermogravimetric Study of the Oxidation Behavior of the Cantor’s Alloy at 1000 °C and Beyond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">High-Temperature Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 1 (1), pp.10002. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.35534/htm.2024.10002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04602950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of the Mn and Cr contents on the oxidation and creep resistance at 1100°C of cast cantor-based high entropy alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Gay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N Chenikha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Spaeter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mechanical Engineering and Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 18 (2), pp.10046-10057. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15282/jmes.18.2.2024.6.0793⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04646996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation Behavior and Creep Resistance of Cast MC-Strengthened CoNiFeMnCr HEAs at 1100 °C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Micro</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 4, pp.751 - 764. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/micro4040046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04824846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advancement of the Oxidized State of an As-Cast Low-Mn, High-Cr Cantor’s Alloy in Natural Air at 1000 °C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyna Amrouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corrosion and Materials Degradation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 5, pp.601 - 614. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/cmd5040028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04824844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laser remelting of a novel carbide-reinforced Ni-Co-Cr-Hf-C alloy with ultra-fine HfC dispersion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Cazic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parham Anvari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Panteix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 366, pp.136495. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matlet.2024.136495⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04994155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the Chromium Content on the Characteristics of the Matrix, the Tantalum Carbides Population, and the Hardness of Cast Co(Cr)-0.4C-6Ta Alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merzouk Bouaraba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Junfu Cai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Micro</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 3 (1), pp.239 - 255. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/micro3010017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03995382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation Behavior at 1000 °C of Low-Mn High-Cr Cantor’s HEA-Based Alloys Strengthened or Not by MC Carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Spaeter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Gay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassima Chenikha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghouti Medjahdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Vernière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corrosion and Materials Degradation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 4 (4), pp.528 - 541. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/cmd4040028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04223763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reaction with hot air of high entropy alloys strengthened by monocarbides formed from heavy metals: assessment of the oxidation kinetics from the analysis of the chemically changed subsurfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin of Scientific Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 5 (2), pp.9 - 17. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.54392/bsr2322⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04328656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructures in as-cast condition of Medium Entropy Alloys designed to contain eutectic carbides TaC or HfC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassima Chenikha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Spaeter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Gay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Vernière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Engineering Sciences and Innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 8 (2), pp.159-170</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04281563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behaviors of (Ti,C)-containing cast (Co,Ni)-based superalloys in oxidation and creep at 1200°C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthia Ozouaki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 58, pp.609-615. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11003-023-00706-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04768561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consequences of the additional presence of MC carbides on the behavior in oxidation at 1000°C of a cast Cantor high entropy alloy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials and Corrosion / Werkstoffe und Korrosion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 74 (9), pp.1312-1323. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/maco.202213721⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04768582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behaviors in Oxidation at 1100°C of an Equimolar CoNiFeMnCr High-Entropy Alloy and of its Versions Moderately Added with HfC or TaC Carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">High Temperature Corrosion of Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 100, pp.177-191. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11085-023-10170-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04768566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teaching wet corrosion of metals and alloys: An example of enrichment of the basis practical works with the case of orthodontic steels in artificial saliva</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LUMAT-B: International Journal on Math, Science and Technology Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 8 (1), pp.1-21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04055500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation of a conventionally cast Cantor high entropy alloy in an argon flow during creep tests at high temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Engineering Sciences and Innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 8 (4), pp.363-372. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.56958/jesi.2023.8.4.363⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04440184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of Ti on the oxidation behaviour at 1250°C of chromia-forming alloys based on nickel and/or cobalt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthia Annick Ozouaki Wora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corrosion Engineering, Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 58 (6), pp.567-576. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/1478422X.2023.2238389⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04768576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation and Microstructural Behaviors at 1200 °C of 32.5 wt.% Cr–Containing Co–Based Alloys Strengthened by HfC Carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crystals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (3), pp.361. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/cryst12030361⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03612181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavior in Oxidation at 1000°C of Carbon-Containing Equimolar CoNiFeMnCr Alloys Added with Hafnium or Tantalum with High Contents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Chemical Engineering Research Updates</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 9, pp.60-71. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15377/2409-983x.2022.09.7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03981764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation of a 2wt.%Hf–doped (Ta,C)-rich nickel–based alloy between 1100 and 1250°C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dame Assane Kane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin of Scientific Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 4 (2), pp.24 - 34. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.54392/bsr2224⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04450492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">As-Cast Microstructures of High Entropy Alloys Designed to Be TaC-Strengthened</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Metallic Material Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 5 (2), pp.4685. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.30564/jmmr.v5i2.4685⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03692771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">As-cast microstructures of HEA designed to be strengthened by HfC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Engineering Sciences and Innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 7 (3), pp.305-314</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03887727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation at 1250°C of {Cr, Ta}-rich carbides-strengthened {Ni, Co}-based alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Gomis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Schweitzer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials and Corrosion / Werkstoffe und Korrosion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/maco.202112770⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04768592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal analysis of the effects of cobalt additions on the high temperature expansion, melting and oxidation behaviors of nickel-based superalloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Gomis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials at High Temperatures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09603409.2022.2119327⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04768587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Creep and Oxidation Behaviors of 25 wt.% Cr-Containing Nickel-Based Alloys Reinforced by ZrC Carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safa Tlili</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crystals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (3), </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/cryst12030416⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03612206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of Ti and Co/Ni Ratio on the Oxidation at 1200 °C of Chromium-Containing {Ni, Co}-Based Cast Alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthia Annick Ozouaki Wora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metallurgical and Materials Transactions A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 53, pp.277-289. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11661-021-06519-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04770633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metallographical and Thermodynamic Investigation of the Microstructures at 1200°C of TaC–Containing Co–Based Alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Indonesian Journal of Innovation and Applied Sciences (IJIAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 2, pp.114 - 122. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.47540/ijias.v2i2.445⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03725586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavior at 1100°C of nickel-based alloys strengthened by MC carbides with M = Tantalum and Hafnium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assane Dame</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Engineering Sciences and Innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 6 (4), pp.359-372</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04450474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behaviour in oxidation at 1200°C of two nickel-based alloys reinforced by (Ta, Hf)-C carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assane Kane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Metallurgical Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 60 (3), pp.183-195. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00084433.2021.2001298⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04770630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation Behavior of the Skutterudite Material Yb0.2Co4Sb12</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Drevet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Benyahia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Driss Kenfaui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metallurgical and Materials Transactions A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 52 (9), pp.3996-4002. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11661-021-06359-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03409569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of Ni Additions on the High Temperature Expansion, Melting and Oxidation Behaviors of Cobalt-Based Superalloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Gomis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crystals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11 (2), pp.173. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/cryst11020173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03160194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation of a 4 wt.% Hf-containing nickel-based alloy at temperatures ranging from 1100°C to 1250°C in air</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dame Assane Kane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Australian Journal of Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 5 (4), pp.686-693</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03725728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetic and Metallography Study of the Oxidation at 1250 °C of {Co+Ni}-Based Superalloys Containing Ti to Form MC Carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthia Annick Ozouaki Wora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghouti Medjahdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Etienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12, </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/met12010010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04779185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bulk microstructure evolution of two high Hf-containing Ni-based alloys during exposure at temperatures from 1100 to 1250°C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dame Assane Kane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Review and Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 4 (2), pp.77-84. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22034/crl.2021.266573.1100⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03140598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation and Microstructural Behaviors of Ni-Based Alloys Strengthened by (Ta, Hf)C Carbides at 1250 °C in Air</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dame Assane Kane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crystals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11 (2), pp.159. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/cryst11020159⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03138016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Addition of Co in Ni(Cr)-based cast superalloys for tantalum carbide stabilisation: consequences on the behaviour in oxidation at elevated temperatures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Gomis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Metallurgical Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 60 (3), pp.172-182. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00084433.2021.1996898⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04770627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consequences of partial {Hf by Ta}-Substitution on the High Temperature Properties of a HfC-Reinforced Ni-based Superalloy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dame Assane Kane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 271, pp.124949. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matchemphys.2021.124949⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04770624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stable Microstructural States at 1200°C of Ni-Based Alloys Containing Chromium Carbides and Tantalum Carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry Research Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 5 (4), pp.43-53</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02908729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxide scale spallation behaviour of cast chromia-forming TaC-strengthened superalloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Gomis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 36 (14), pp.1587-1602. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/02670836.2020.1809143⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04770617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploration of the microstructures of two series of chromium-rich Mn-based alloys elaborated by casting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Gomis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthia Annick Ozouaki Wora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of New Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 7 (4), pp.318-335. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22034/ijnc.2020.669112.1212⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02953864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Volume Fractions of Tantalum Carbides Deduced from the Ta Contents in the Matrix of Three 1250°C–Aged Cobalt–Based Alloys; Comparison with Thermodynamic Calculations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 6 (7), pp.53-61. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.32861/sr.67.53.61⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02905044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carbides and Carbon Control in MC-Reinforced Superalloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Asian Journal of Chemical Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8 (4), pp.64-74. </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.9734/AJOCS/2020/v8i419056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03059019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation Behavior and Structure Stability at 1250 °C of Chromium-Rich TaC-Containing Cast Alloys Based on Nickel and Cobalt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul K Gomis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghouti Medjahdi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metallurgical and Materials Transactions A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 51, pp.4168-4185. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11661-020-05828-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04770614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructures at 1250°C of Chromia-Forming Carbides-Reinforced Nickel-based Alloys after Addition of Tantalum; Effects of the Cr and Co Contents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Material Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 2, </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.35702/msci.10006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02967256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pack cementation to prevent the oxidation of CoSb₃ in air at 800 K</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Drevet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Petitjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Veys-Renaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Surface and Coatings Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 385, pp.125401 -. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.surfcoat.2020.125401⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03489744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aluminizing by pack cementation to protect CoSb3 from oxidation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Drevet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Petitjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Veys-Renaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 241, pp.122417 -. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matchemphys.2019.122417⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03488673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation Behavior of Microstructured and Nanostructured Co0.94Ni0.06Sb3 Thermoelectric Materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Drevet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Petitjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Veys-Renaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oxidation of Metals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 93 (5-6), pp.559-572. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11085-020-09971-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05037203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of Simple Binary Co-xCr Alloys (0≤x≤30wt.%) for Exploring the Influence of the Chromium Content in Dental Cobalt-Based Alloys on Their Passivation Behavior in a Fusayama Artificial Saliva</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Kretz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Schweitzer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Biomedical Science &amp; Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 7 (1), pp.27-35. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.34297/AJBSR.2020.07.001109⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02499538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A study of the dependence on the Co and Ni proportions of the oxidation at elevated temperature of TaC-strengthened {Ni and Co}-based cast superalloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Gomis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghouti Medjahdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Panteix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 251, pp.123088. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matchemphys.2020.123088⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03490439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the maximal threshold Co content for the oxidation behaviour point of view for 25wt.%Cr-containing TaC-strengthened cast superalloys designed for use at 1200°C on long time</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J P Gomis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IOP Conference Series: Materials Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 856, pp.012006. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1757-899X/856/1/012006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02863252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dependence, on the Cr Content, of the Corrosion Resistance to Fusayama Saliva of Cobalt-Based Dental Alloys, Studied by the Mean of Binary Alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Kretz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ES Journal of Dental Sciences </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02495046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal Expansion and Microstructure Behavior at Elevated Temperature of various {Ni, Co}-based Cast Superalloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul K Gomis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Panteix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Academic Journal of Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 5 (3), pp.17-24. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.32861/ajc.53.17.24⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surface degradation of three Cr-containing cobalt-based alloys exposed to pure water vapour at 900°C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélissa Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Ginestar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corrosion Engineering, Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 55 (6), pp.441-452. </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/1478422X.2020.1741867⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05037206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improvement of the high temperature oxidation of TaC-strengthened Co(Cr)-based cast superalloys by the addition of nickel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Gomis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corrosion Engineering, Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 55 (2), pp.118-126. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/1478422X.2019.1699261⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05037204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructures and Metallographic Characterization of Superalloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Material Science and Technology Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 6, pp.39 - 52. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.31875/2410-4701.2019.06.6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02362360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the M and M’ Metals on the Carbides Population in As-Cast M’-based Alloys Designed to be MC-Strengthened</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Metallic Material Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 2 (1), </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.30564/jmmr.v2i1.604⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02352403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermodynamic and experimental study of cobalt-based alloys designed to contain TiC carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mira Khair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Calphad</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 65, pp.34 - 41. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.calphad.2019.02.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03484926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the Base Element on the Thermal Properties of Non- Ferrous Chromium-Rich TaC-Containing Alloys Elaborated by Conventional Casting: Part 3: Surface and Cross-Sectional Metallographic Characterization of the Oxidized Alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul K Gomis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwann Etienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Material Science and Technology Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 6, pp.73 - 83. </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.31875/2410-4701.2019.06.9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02353395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the Base Element on the Thermal Properties of Non- Ferrous Chromium-Rich TaC-Containing Alloys Elaborated by Conventional Casting: Part 2: Thermogravimetric and Metallographic Study of the Oxidation Start and of the Oxide Scale Spallation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghouti Medjahdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul K Gomis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Material Science and Technology Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 6, pp.63 - 72. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15377/2410-4701.2019.06.8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02352408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructures, Hardness and Corrosion Behaviours in a Neutral Artificial Saliva of a Series of {Cobalt-Chromium}-Based Alloys; Influence of the Presence and Contents of the Minor Elements W, Mo and Si</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Kretz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CPQ Dentistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 1 (2), pp.1 - 14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02294591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the Base Element on the Thermal Properties of Non- Ferrous Chromium-Rich TaC-Containing Alloys Elaborated by Conventional Casting: Part 1: Thermodynamic Approach, Melting Ranges, as-Cast Microstructures and Thermal Expansion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul K Gomis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zohra Himeur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Material Science and Technology Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 6, pp.53 - 62. </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15377/2410-4701.2019.06.7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02352405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation Behavior of the Skutterudite Material Ce0.75Fe3CoSb12</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Drevet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Petitjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Veys-Renaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oxidation of Metals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 91 (5-6), pp.767-779. </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11085-019-09908-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05037198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrochemical behavior of CoSb3 in sulfuric and oxalic acids over the potential range 0 to 40 V</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Veys-Renaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Drevet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Petitjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Solid State Electrochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 22 (9), pp.2821-2828. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10008-018-3990-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05037191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of the Ni/Co Ratio on the High-Temperature Oxidation Behavior of {Ni&Co}-Based {25Cr–0.4C–1.6Ti, wt%}-Containing Cast Alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydia Toubal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oxidation of Metals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 89 (5-6), pp.551-563. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11085-017-9808-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavior of Cast {TI or Ta}-Containing Alloys Based on Nickel and/or Cobalt in High Temperature Oxidation:Effect of the NI/CO Ratio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zahra Himeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydia Toubal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouarda Abed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélissa Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science: Materials Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 2 (2), </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18063/msmr.v2i2.698⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02352399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dependence on the Chromium Content of the High-Temperature Oxidation Behavior of Ta-Rich Nickel-Based Cast Alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zohra Himeur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oxidation of Metals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 90 (1-2), pp.135-151. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11085-017-9828-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02186062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and thermodynamic study of the influence of the base elements on the carbides natures in {Ni,Co}-based {25Cr, 0.4C, 6Ta}-containing alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zohra Himeur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Calphad</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 60, pp.156-162. </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.calphad.2018.01.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05037192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influences of the Co content and of the level of high temperature on the microstructure and oxidation of cast {Ni, Co}-based Cr-rich TaC- containing cast alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zohra Himeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Panteix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Alloys and Compounds</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 739, pp.447 - 456. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jallcom.2017.12.254⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02187901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavior of Two Foundry Cobalt-Based Alloys Exposed to a Hot Complex Gaseous Mixture Simulating the Atmosphere in a Waste- to-Energy Boiler. Part 1: Case of the Alloy Exposed to the Complex Gas Stream</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Souchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Material Science and Technology Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 5, pp.1-5. </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15377/2410-4701.2018.05.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02300930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the Cr Content on the Corrosion Properties of a Series of Binary Cobalt-Chromium Alloys in Acidic Artificial Saliva</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Kretz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives of Organic and Inorganic Chemical Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 2 (1), </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.32474/AOICS.2018.02.000128⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02294622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dependence of titanium carbide stability at elevated temperatures on Co content in Co(Ni)-25Cr-1.6Ti-0.4C superalloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydia Toubal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 212, pp.260-267. </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matchemphys.2018.03.061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02902206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavior of Two Foundry Cobalt-Based Alloys Exposed to a Hot Complex Gaseous Mixture Simulating the Atmosphere in a Waste- to-Energy Boiler. Part 2: Case of the Alloy Immersed in Synthetic Ashes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Souchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Material Science and Technology Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 5, pp.6-10. </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15377/2410-4701.2018.05.2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02300934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavior in oxidation at elevated temperature of {25Cr, 0.4C-6Ta}-containing Ni and Co-based cast alloys versus their proportion in nickel and cobalt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zohra Himeur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials and Corrosion / Werkstoffe und Korrosion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 69 (6), pp.703-713. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/maco.201709820⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02863248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of Co Content on the High-Temperature Oxidation Performance of (Ni,Co)–25Cr–0.4C–6Ta Cast Alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zohra Himeur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oxidation of Metals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 90 (1-2), pp.187-202. </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11085-018-9833-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02187801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and thermodynamic investigations regarding the effect of chromium on the carbides population in cast {Ni(bal.)-0.4C-6Ta-xCr} alloys with x varying from 0 to 50 wt%</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zohra Himeur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Calphad</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 62, pp.30-41. </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.calphad.2018.05.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05037194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructures and Surface Stabilities of {Ni-0.4C-6Ta-xCr, 0 ≤ x ≤ 50 Wt Pct} Cast Alloys at High Temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metallurgical and Materials Transactions A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 49 (6), pp.2311-2323. </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11661-018-4574-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02528911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Properties of a HfC-Reinforced Nickel-Based Superalloy in Creep and Oxidation at 1100°C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 53 (6), pp.861-867. </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11003-018-0146-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02566604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corrosion Behavior in a Neutral Artificial Saliva of Several Binary Co-Cr Alloys with Various Chromium Contents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Kretz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Schweitzer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Dental and Craniofacial Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 3 (1), pp.5. </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21767/2576-392X.100021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02294609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of NbC Addition on the High-Temperature Oxidation Resistance of Co- and Ni-Based Chromium-Rich Alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélissa Ritouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oxidation of Metals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 89 (3-4), pp.339-355. </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11085-017-9790-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation and creep properties at 1200 °C of cast quaternary Ni-Cr-C-Ti alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Kretz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floriane Allègre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélissa Ritouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science and Engineering: A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 699, pp.145-155. </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.msea.2017.05.089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02874138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and thermodynamic study of the role of titanium in the microstructural and thermal properties of cast Ni–Cr–C–Ti alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Kretz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floriane Allègre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Calphad</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 56, pp.41-48. </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.calphad.2016.11.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05037189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation Behaviour at 1100°C of HfC-Containing Co-Based Alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Material Science and Technology Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 4, pp.6-12. </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15377/2410-4701.2017.04.2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02300917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corrosion of Simple Cobalt-Chromium Alloys, Bases of Real Dental Alloys Devoted to Prosthetic Dentistry, in a NaCl Solution Simulating Human Saliva Specified by Stationary Electrochemical Techniques and EIS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyndho Princilia Billy Nsoungui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Material Science and Technology Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 4, pp.13-20. </w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15377/2410-4701.2017.04.3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02300926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Looking for New Polycrystalline MC-Reinforced Cobalt-Based Superalloys Candidate to Applications at 1200°C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Materials Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 2017, pp.1-9. </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1155/2017/4145369⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02011068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructures of binary Cr–xNi alloys (0 ≤ Ni ≤ 50 wt.%) in their as-cast state and after high temperature exposure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials at High Temperatures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 33 (2), pp.189-197. </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09603409.2016.1144317⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02902138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of Titanium on the High Temperature Oxidation and Chromia Volatilization of Ternary Ni–Cr–C Alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floriane Allègre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Kretz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oxidation of Metals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 86 (5-6), pp.581-595. </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11085-016-9656-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation behaviour at 1100°C in air of 25 wt-% Cr-containing cobalt-based alloys containing high quantities of hafnium carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Metallurgical Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 55 (4), pp.409-419. </w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00084433.2016.1206290⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02510127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxide Spallation During Post-isothermal High Temperature Oxidation Cooling of Cr-rich Cast Alloys Highly Alloyed with Hf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Open Materials Science Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 10 (1), pp.89-100. </w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2174/1874088X01610010089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02321227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Creep and oxidation kinetics at 1100°C of nickel-base alloys reinforced by hafnium carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials &amp; Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 104, pp.27-36. </w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matdes.2016.04.079⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02509332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermodynamic and experimental study of 30 wt-%Cr-containing {Co, Fe or Ni}-based alloys with very high contents in Ta and C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Corona</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Metallurgical Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 56 (1), pp.113-122. </w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00084433.2016.1267298⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02510170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetic and metallographic study of the oxidation at high temperature of a cast Ni 25Cr alloy in water vapour-rich air</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Mouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rouer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">High Temperatures-High Pressures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 32 (5), pp.530 - 538. </w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1179/1878641314Y.0000000041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02878401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Refractory Hard Alloys Elaborated by Casting of Ternary (Co, Ni Fe)-30Cr-2.5 to 5 wt% C Compositions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie Hestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Souaillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moussa Ba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Dia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Materials Science and Chemical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 3, pp.127 - 135. </w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4236/msce.2015.37017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation behavior of chromium-rich Fe-based alloys containing HfC carbides at 1100 °C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials and Corrosion / Werkstoffe und Korrosion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 66 (10), pp.1101-1110. </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/maco.201407916⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02880621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructure and oxidation behaviour at 1100°C of HfC- containing Cr-rich iron-based cast alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 31 (14), pp.1764 - 1772. </w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1179/1743284715Y.0000000003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02436444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of thermogravimetry and thermodynamic calculations for specifying chromium diffusion occurring in alloys containing chromium carbides during high temperature oxidation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 165, pp.79-86. </w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matchemphys.2015.08.057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02902137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetic and metallographic study of oxidation at high temperature of cast Ni 25Cr alloy in water vapour rich air</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Th. Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Mouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Rouer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials at High Temperatures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 32 (5), pp.530-538. </w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1179/1878641314Y.0000000041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04058010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">As-cast microstructures and behavior at high temperature of chromium-rich cobalt-based alloys containing hafnium carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 143 (3), pp.1139-1148. </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matchemphys.2013.11.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02543572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Temperature Oxidation of HfC-Containing Chromium-Rich Iron-Based Alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oxidation of Metals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 82 (1-2), pp.33-48. </w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11085-014-9475-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructure evolution in bulk and surface states of chromium rich nickel based cast alloys reinforced by hafnium carbides after exposure to high temperature air</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials at High Temperatures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 31 (3), pp.266-273. </w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1179/1878641314Y.0000000023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02553782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetics of high temperature oxidation of chromium rich HfC reinforced cobalt based alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corrosion Engineering, Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 49 (1), pp.45-54. </w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1179/1743278213Y.0000000105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02541582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elaboration and Metallographic Study of M - 25Cr - based Alloys Containing Hafnium Carbides (M=Co, Ni or Fe): M icro structures in the As - cast S tate and after E xposure at 1200°C.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alloys and Compounds</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 1 (1), pp.3-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01299879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanical and Chemical Properties at High Temperature of {M- 25Cr}-based Alloys Containing Hafnium Carbides (M=Co, Ni or Fe): Creep Behavior and Oxidation at 1200°C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Conrath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Material Science and Technology Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 1, pp.7-14. </w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15377/2410-4701.2014.01.01.2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02300916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructure evolution at high temperature of chromium-rich iron-based alloys containing hafnium carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Materials Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 105 (8), pp.717-724. </w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3139/146.111085⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01291826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetics of High Temperature Oxidation and Chromia Volatilization for HfC-Containing Nickel-Based Alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oxidation of Metals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 81 (3-4), pp.393-405. </w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11085-013-9449-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High temperature oxidation behavior of chromium-rich alloys containing high carbides fractions. Part I: Nickel-base alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials and Corrosion / Werkstoffe und Korrosion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 64 (7), pp.567-577. </w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/maco.201106250⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02541177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal expansion of selected parent dental alloys used for fixed partial denture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal de March</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science : An Indian Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 9 (8), pp.304-311</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corrosion of dental alloys for fixed partial denture when exposed to high anodic potentials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Helfer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal de March</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science : An Indian Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 9 (7), pp.260-265</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melting ranges of selected parent and solder dental alloys used for fixed partial dentures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal de March</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Vallata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Birsena Dervisevic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science : An Indian Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 9 (7), pp.266-271</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of Water Vapour on the Rate of Oxidation of a Ni–25wt.%Cr Alloy at High Temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Vilasi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oxidation of Metals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 79 (5-6), pp.517-527. </w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11085-012-9339-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02189092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elaboration and Metallographic Study of {M-25Cr}-based Alloys Containing Hafnium Carbides (M=Co, Ni or Fe): Microstructures in the As-cast State and after Exposure at 1200°C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Alloys and Compounds</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 1, pp.3 - 14. </w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7726/aac.2013.1002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02352395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High temperature oxidation behavior of chromium-rich alloys containing high carbides fractions. Part I: Nickel-base alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials and Corrosion / Werkstoffe und Korrosion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 64 (7), pp.567-577. </w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/maco.201106250⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01289975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modification of the Corrosion Properties of a Model Fe-8Ni-18Cr Steel Resulting from Plastic Deformation and Evaluated by Impedance Spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Girardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Frigerio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Scholarly Research Notices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 2012, pp.1-6. </w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5402/2012/764032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02534948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avoiding or Promoting Graphite in Carbon-Rich Chromium-Containing CoNiFe Cast Alloys-Part 1: Preliminary Thermodynamic Exploration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISRN Thermodynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, </w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5402/2012/308795⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02334384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal Expansion Behaviour of Ternary Nickel-Based, Cobalt-Based, and Iron-Based Alloys Containing Very High Fractions of Carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISRN Metallurgy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 2012, pp.1-9. </w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5402/2012/750914⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02336850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determination of Diffusion Coefficients Using Thermogravimetric Measurements during High Temperature Oxidation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Defect and Diffusion Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 323-325, pp.289-294. </w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4028/www.scientific.net/DDF.323-325.289⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02476900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and Thermodynamic Exploration of the High-Temperature Microstructures of Co-30 wt.% Cr- (2.5-5.0 wt.%) C Alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie Hestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Schweitzer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Phase Equilibria and Diffusion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 33 (1), pp.29-39. </w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11669-011-9977-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02534971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avoiding or Promoting Graphite in Carbon-Rich Chromium-Containing CoNiFer Cast Alloys—Part 2: Microstructures of the Elaborated Alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie Hestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Souaillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Dia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moussa Ba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISRN Thermodynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 2012, pp.1-7. </w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5402/2012/587584⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02352392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the oxidation mechanism of niobium-base in situ composites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Knittel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Vilasi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corrosion Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 60, pp.181-192. </w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.corsci.2012.03.037⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04058028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation Start Detection on Heating Parts of Thermogravimetry Curves for High Temperature Alloys Based on Nickel, Cobalt or Iron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Open Corrosion Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 4, pp.1 - 8. </w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2174/1876503301104010001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02314909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protection of cobalt-based refractory alloys by chromium deposition on surface. Part I: Sub-surface enrichment in chromium by packcementation and diffusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Vilasi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Steinmetz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Surface and Coatings Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 205 (12), pp.3708-3715. </w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.surfcoat.2011.01.027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02473564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal expansion of chromium-rich iron-based or iron /nickel-based alloys reinforced by tantalum carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Hamini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 47 (3), pp.319-326. </w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11003-011-9399-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02538655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protection of cobalt-based refractory alloys by chromium deposition on surface. Part II: Behaviour of the coated alloys in oxidation at high temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Vilasi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Steinmetz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Surface and Coatings Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 205 (23-24), pp.5241-5247. </w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.surfcoat.2011.03.067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02473570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chromium Deposition on Cobalt-Based Alloys by Pack-Cementation and Behaviour of the Coated Alloys in High Temperature Oxidation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Vilasi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Steinmetz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Open Corrosion Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 4, pp.27 - 33. </w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2174/1876503301104010027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02314912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructures et duretés d'alliages ternaires de type M-30%Cr-0 A 5%C contenant une quantité croissante de carbures de chrome. Partie 3 : Alliages à base de cobalt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie Hestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Souaillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierric Lemoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Chimie - Science des Matériaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 36 (3), pp.193 - 204. </w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/acsm.36.193-204⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02165551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructures et duretés d'alliages ternaires de type M-30%Cr-0 a 5%C contenant une quantité croissante de carbures de chrome. Partie 1 : Alliages à base de nickel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Souaillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie Hestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierric Lemoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Schweitzer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Chimie - Science des Matériaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 35 (5), pp.291 - 301. </w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/acsm.35.291-301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02165545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructures et duretés d'alliages ternaires de type M-30%Cr-0 A 5%C contenant une quantité croissante de carbures de chrome. Partie 2 : Alliages à base de fer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Dia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moussa Ba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierric Lemoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Villeger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Chimie - Science des Matériaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 36 (1), pp.27-36. </w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/acsm.36.27-36⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02165549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the morphologic evolution of the eutectic carbides at high temperature on the thermal expansion behavior of refractory cast alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Heil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Alloys and Compounds</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 504, pp.243 - 250. </w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jallcom.2010.05.101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02186147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Refractoriness, Microstructures and High Temperature Oxidation of TaC-Reinforced Iron-Based Alloys Protected by Chromium-Rich Coatings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Vilasi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Steinmetz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 72, pp.53-58. </w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4028/www.scientific.net/AST.72.53⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02482373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermogravimetric Study of Oxide Spallation for Chromium-Rich Cast Cobalt-Based and Iron-Based Alloys Oxidized at High Temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Open Corrosion Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 2, pp.61 - 70. </w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2174/1876503300902010061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02314898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">INFLUENCE DES CARBURES DE CHROME SUR LE COMPORTEMENT THERMODILATOMETRIQUE D'ALLIAGES TERNAIRES BASE NICKEL, BASE COBALT ET BASE FER A HAUTE TENEUR EN CARBONE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierric Lemoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Chimie - Science des Matériaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 34, pp.61 - 76</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02164339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OXYDATION A HAUTE TEMPERATURE D’ALLIAGES BASE COBALT DE FONDERIE RENFORCES PAR DIFFERENTS TYPES DE CARBURES MC (M = Ta, Nb, Hf ou Zr)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Chimie - Science des Matériaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02165544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Room temperature hardness of carbides-strengthened cast alloys in relation with their carbon content and the aging temperature. Part II: Case of cobalt alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, pp.663 - 669. </w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1179/174328408X339251⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02431616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High temperature properties of several chromium-containing Co-based alloys reinforced by different types of MC carbides (M=Ta, Nb, Hf and/or Zr)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Alloys and Compounds</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 481, pp.746 - 754</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02166449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High temperature microstructures of ternary Co-30wt.% Cr - based alloys over the [0 to 2.0wt.%] carbon range</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierric Lemoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann Ravaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Alloys and Compounds</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 467, pp.227 - 234</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02166439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of a Preliminary Aging Treatment on the Oxidation Kinetic at High Temperature for a Cobalt-Based Alloy Strengthened by Tantalum Carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Heil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Open Corrosion Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 2, pp.150 - 156. </w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2174/1876503300902010150⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02314902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrochemical Behavior of Alloys for Fixed Partial Denture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal de March</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Open Corrosion Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 2, pp.8 - 16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02321225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Room temperature hardness of carbides strengthened cast alloys in relation with their carbon content and aging temperature. Part 3 -Case of iron alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, pp.1003 - 1008. </w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1179/174328409X430519⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02433205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Room temperature hardness of carbides-strengthened cast alloys in relation with their carbon content and the aging temperature. Part I: Case of nickel alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, pp.657_622. </w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1179/174328408X339242⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructures at high temperature of Fe-30 wt.% Cr- x C Alloys with x varying from 0 to 2 wt.%</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierric Lemoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann Ravaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Materials Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 99 (9), pp.964-972. </w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3139/146.101725⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02356092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de l'orientation dendritique sur la cinétique d'oxydation à haute température d'alliages de nickel contenant des carbures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Noël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Chimie - Science des Matériaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 33 (1), pp.59 - 80. </w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/acsm.33.59-80⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02164329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de l'élément de base et de la densité des carbures sur l'oxydation à haute température d'alliages M-30Cr-xC (M = Co, Ni, Fe). Partie I : Constantes cinétiques parabolique et de volatilisation de Cr2O3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Chimie - Science des Matériaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 33 (3), pp.225-245. </w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/acsm.33.225-245⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02164331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of tantalum on the rates of high temperature oxidation and chromia volatilization for cast (Fe and/or Ni)-30Cr-0.4C alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin Hamini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, High Temperature Corrosion and Protection of Materials 7, 595-598, pp.861-870. </w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4028/www.scientific.net/MSF.595-598.861⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02275492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and Thermodynamic Study of Nickel-Base Alloys containing Chromium Carbides: Part I -Study of the Ni-30wt.%Cr-xC System over the [0 to 2.0%wt.C] Range</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Lemoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Calphad</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, </w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.calphad.2008.06.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02423317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the behavior in oxidation at high temperature of Ni, Co and Fe-base alloys containing very high fractions of carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierric Lemoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 595-598, pp.871 - 880. </w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4028/www.scientific.net/MSF.595-598.871⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02275495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">INFLUENCE DE L'ELEMENT DE BASE ET DE LA DENSITE DES CARBURES SUR L'OXYDATION A HAUTE TEMPERATURE D'ALLIAGES M-30Cr-xC (M = Co, Ni, Fe). PARTIE II : CARACTERISATION DE LA MICROSTRUCTURE SUB-CORTICALE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Chimie - Science des Matériaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 33 (3), pp.247-265</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02164338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and Thermodynamic Study of Nickel-Base Alloys containing Chromium Carbides: Part II -Study of the Sub-Surface Characteristics of Ni-30%wt.Cr-xC Alloys oxidized at High Temperature using Thermodynamic Calculations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Calphad</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, </w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.calphad.2008.06.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02423323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and thermodynamic study of nickel-based alloys containing chromium carbides, Part I: Study of the Ni–30 wt% Cr–xC system over the [0–2.0 wt% C] range</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Lemoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Calphad</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 32 (3), pp.485-491. </w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.calphad.2008.06.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02356081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of Chromium Carbides on the High Temperature Oxidation Behavior and on Chromium Diffusion in Nickel-Base Alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oxidation of Metals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 68 (1-2), pp.77-96. </w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11085-007-9062-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and Thermodynamic Study of Tantalum-containing Iron-base Alloys reinforced by Carbides: Part I-case of (Fe, Cr)-base ferritic steels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y Hamini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Héricher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Calphad</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, </w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.calphad.2007.01.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02406116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and Thermodynamic Study of Tantalum-containing Iron-base Alloys reinforced by Carbides: Part II-case of (Fe, Ni, Cr)-base austenitic steels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y Hamini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Héricher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Calphad</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, </w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.calphad.2007.01.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02406120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of dendritic orientation on the high temperature oxidation kinetic of tantalum-containing nickel-base alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Vebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Materials Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 42 (1), pp.352-362. </w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10853-006-1033-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02190825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ÉTUDE CINÉTIQUE DE L’OXYDATION À HAUTE TEMPÉRATURE ET DE LA VOLATILISATION DE LA CHROMINE POUR DES SUPERALLIAGES DE FONDERIE RENFORCES PAR CARBURES. PARTIE II : CAS DE SUPERALLIAGES BASE COBALT ET INFLUENCE DE LA FINESSE DENDRITIQUE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steven Raude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Chiaravalle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Chimie - Science des Matériaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 31 (2), pp.237-258</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02162959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude cinétique de l'oxydation à haute température et de la volatilisation de la chromine pour des superalliages de fonderie renforces par carbures. Partie I : Cas d'alliages base nickel contenant du tantale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Vebert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Chimie - Science des Matériaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 31 (2), pp.213 - 235. </w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/acsm.31.213-235⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02162958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetics of High Temperature Oxidation and Chromia Volatilization for a Binary Ni–Cr Alloy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oxidation of Metals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 64 (3-4), pp.235-252. </w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11085-005-6562-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of Carbide Transformations during High-Temperature Oxidation of Nickel-Base Superalloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Vébert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Podor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Rapin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oxidation of Metals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 63 (1-2), pp.57-72. </w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11085-005-1951-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and Thermodynamic Study of the Microstructure of Tantalum containing Nickel-base Alloys at High Temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Vébert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Michon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Calphad</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, </w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.calphad.2004.07.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02406112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">State of the Sub-surface Microstructure of Carbides strengthened cast Superalloys after High Temperature Oxidation -Use of Thermodynamic Modelling for a better Understanding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Podor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 461-464, pp.1117 - 1124. </w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4028/www.scientific.net/MSF.461-464.1117⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02275486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution microstructurale d'un superalliage de fonderie à base de cobalt à haute température. Conséquences sur ses propriétés thermomécaniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Steinmetz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de Métallurgie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 101 (9), pp.651-662. </w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/metal:2004116⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02108938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the Microstructural Texture of Cast Superalloys on their High-Temperature Oxidation Behaviour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Raude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. S. Renck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Podor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 461-464, pp.1173 - 1180. </w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4028/www.scientific.net/MSF.461-464.1173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02275489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the microstructure texture of nickel base and cobalt base cast superalloys on their oxdation behaviour at high temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steven Raude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Chiaravalle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Renck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de Métallurgie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 101 (12), pp.1031-1042. </w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/metal:2004109⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02108983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and Thermodynamic Study of the Microstructure Evolution in Cobalt-base Superalloys at High Temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J C Gachon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Calphad</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, </w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.calphad.2004.01.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02398211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxydation à haute température et corrosion par le verre fondu de superalliages base cobalt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Di Martino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Podor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Chimie - Science des Matériaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 28 (Suppl. 1), pp.S231 - S238</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02162956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermodynamic Calculations for Studying High Temperature Oxidation of Superalloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Di Martino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Noël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Calphad</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, </w:t></w:r><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.calphad.2003.12.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02398209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of Thermodynamic Calculations to Study High Temperature Behavior of TaC-Strengthened Co-base Superalloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R Podor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Calphad</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, </w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.calphad.2003.12.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02398210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de la formation de la peau en coulée continue sans solidification au ménisque. II. Mécanismes de formation des marques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Lesoult</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de Métallurgie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 98 (12), pp.1093-1107. </w:t></w:r><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/metal:2001150⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02108858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de la formation de la peau en coulée continue sans solidification au ménisque. I. Caractéristiques de surface des produits de coulée continue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Lesoult</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de Métallurgie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 97 (12), pp.1441-1453. </w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/metal:2000120⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02108829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation de plomb pur pour illustrer, à température ambiante, la déformation en fluage de superalliages à haute température</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05450013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">As-cast microstructure, room temperature hardness and high temperature creep deformation of an equimolar quaternary CoNiFeCr alloy and of two slightly modified versions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasmina El Hadad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyna Amrouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romin Chevalme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siouare Hammi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04937299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Refractoriness, thermal expansion behavior and microstructure stability at elevated temperature of an equimolar cast quaternary CoNiFeCr alloy and of two slightly modified versions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romin Chevalme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siouare Hammi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasmina El Hadad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyna Amrouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04937298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bibliographic count of the {alloys ; artificial saliva} couples used for the corrosion studies concerning the orthodontic archwires over the [2000–2023] period</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zixian Liao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04160856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de l’influence de la présence de silicium sur le comportement en corrosion du fer en milieu sulfurique au moyen de la spectroscopie d’impédances électrochimiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Estephan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un exemple d’activité pratique pour illustrer l’importance du chrome et l’intérêt des mesures électrochimiques dans l’enseignement de la corrosion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Schumacher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04166324v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comportement d'un alliage CoNiFeMnCr équimolaire en corrosion dans une salive artificielle simple en fonction de son pH</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zixian Liao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04163845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructures, à l'état brut de coulée et après recuit de graphitisation, de fontes en fonction de leurs teneurs en Si et en Cr et de la durée du recuit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Bessere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04165267v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception et étude métallographique d'alliages à haute entropie CoNiFeMnCr équimolaires bruts de fonderie additionnés ou non de C + Hf ou Ta, pour explorer leur potentiel à être renforcés mécaniquement à chaud par carbures MC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03636294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploration expérimentale locale du système ternaire Mn-Cr-C par l'élaboration de trois alliages et leur étude métallographique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul K Gomis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthia Annick Ozouaki Wora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02541176v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploration expérimentale locale du système quaternaire Mn-Cr-C-Ta par l'élaboration de trois alliages et leur étude métallographique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthia Annick Ozouaki Wora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul K Gomis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02541584v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaisons d'états métallurgiques {expérience ↔ thermodynamique} pour trois alliages à base de nickel contenant Co, Cr, C et Ta comme éléments d'alliages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749840v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude à haute température de quelques comportements thermiques et microstructuraux pour trois alliages à base de nickel alliés avec du cobalt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul K Gomis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02566390v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude locale du système Mn -Cr par calcul thermodynamique et par l'élaboration d'un alliage suivie de son étude métallographique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02538447v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaisons d'états métallurgiques {expérience ↔ thermodynamique} pour trois alliages à base de cobalt contenant Ni, Cr, C et Ta comme éléments d'alliages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02767932v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructures and Hardness of as-cast {C, Ta or Ti or Hf of Zr}-containing Cr-rich Niobium-based Alloys Candidate for Uses at Elevated Temperatures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélissa Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghouti Medjahdi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02013286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal Properties of a Cobalt-based Superalloy Designed to be Reinforced by Titanium Carbides and Chromium Carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mira Khair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02013285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Equiaxed Cast Polycristalline Refractory Alloys Designed to Be Strengthened by Mono-carbides: Dependence of the As-Cast Microstructure on the Base Element and on the MC-former Element</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02087470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (36)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variations around the CoNiFeMnCr equimolar composition: high temperature properties of some HEAs or MEAs derived from the Cantor's alloy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès SCF Nord Est 2026</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Chimique de France, Jan 2026, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the Presence of Ti or Ta on the Oxidation Behavior at 1200 °C of Cast MPEAs Derived from an Equimolar CoNiFeCr Basis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siouare Hammi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasmina El Hadad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyna Amrouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romin Chevalme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">154th TMS Annual Meeting &amp; Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Mineral, Metals and Materials Society, Mar 2025, Las Vegas (Nevada ), United States. pp.951 - 961, </w:t></w:r><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-80748-0_83⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05503731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidized Surfaces and Deteriorated Subsurfaces of HEAs and MC-Strengthened HEAs Oxidized at High Temperature in Presence of Water Vapor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghouti Medjahdi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">154th TMS Annual Meeting &amp; Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Minerals, Metals and Materials Society, Mar 2025, Las Vegas (Nevada ), United States. pp.972 - 982, </w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-80748-0_85⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05503758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metallographic Follow-Up of the Oxidation Progress with Time of Cast Cantor Alloy at 1000 °C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyna Amrouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romin Chevalme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siouare Hammi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasmina El Hadad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Etienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">154th TMS Annual Meeting &amp; Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Minerals, Metals and Materials Society, Mar 2025, Las Vegas (Nevada ), United States. pp.962 - 971, </w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-80748-0_84⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05503747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the Presence of Ti or Ta on the Oxidation Behavior at 1200 °C of Cast MPEAs Derived from an Equimolar CoNiFeCr Basis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siouare Hammi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasmina El Hadad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyna Amrouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romin Chevalme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TMS2025 154th Annual Meeting &amp; Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Minerals, Metals and Materials Society, Mar 2025, Las Vegas (Nevada), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05034230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isothermal High Temperature Oxidation of Cantor’s-Based MC-Reinforced HEAs Versus Their Mn and Cr Contents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Spaeter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassima Chenikha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Gay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TMS 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Minerals, Metals &amp; Materials Society, Mar 2024, Orlando (Florida), United States. pp.1262 - 1272, </w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-50349-8_109⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05129083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermo-mechanical Behavior of HEA Alloys Containing Interdendritic MC Carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Verniere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TMS 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Minerals, Metals &amp; Materials Society, Mar 2024, Orlando (Florida), United States. pp.679 - 688, </w:t></w:r><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-50349-8_58⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05126620v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isothermal High Temperature Oxidation of Cantor's-based MC-reinforced HEAs versus their Mn and Cr Contents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Spaeter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassima Chenikha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Gay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TMS 2024 153rd Annual Meeting &amp; Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Minerals, Metals and Materials Society, Mar 2024, Orlando, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04496979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavior in Cooling-Induced Oxide Scale Spallation of Original and Modified Cantor’s HEA Alloys Oxidized at High Temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassima Chenikha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Gay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Spaeter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TMS 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Minerals, Metals &amp; Materials Society, Mar 2024, Orlando (Florida), United States. pp.1194 - 1204, </w:t></w:r><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-50349-8_104⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05129008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavior in cooling-induced oxide scale spallation of original and modified Cantor's HEA alloys oxidized at high temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassima Chenikha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Gay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Spaeter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Minerals, Metals &amp; Materials Society (TMS) 2024 153rd annual meeting and Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Minerals, Metals and Materials Society, Mar 2024, Orlando, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04496986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavior in oxidation, at 1000°C and more, of the Cantor’s alloy and of several derived versions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée thématique autour des effets environnementaux sur les propriétés des HEAs/CCAs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GDR HEA, Nov 2024, Paris Université Paris Cité, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04832887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dependence on Their Mn and Cr Contents of the Microstructures, Melting Range, and High Temperature Creep Behaviors of Cantor’s Alloy and Versions Strengthened by MC Carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Gay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Spaeter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassima Chenikha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TMS 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Minerals, Metals &amp; Materials Society, Mar 2024, Orlando (Florida), United States. pp.659 - 668, </w:t></w:r><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-50349-8_56⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05126617v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Refractory alloys based on Niobium and Chromium cast with addition of various elements for promoting MC carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AeroResCon 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Research Catalyst, Mar 2023, Fiano Romano, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04052293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Entropy Alloys reinforced by TaC or HfC carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AeroResCon 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Research Catalyst, Mar 2023, Fiano Romano, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04049893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strengthening Against Creep at Elevated Temperature of HEA Alloys of the CoNiFeMnCr Type Using MC-Carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TMS2023 152nd TMS Annual Meeting and Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Minerals, Metals &amp; Materials Society, Mar 2023, San Diego (California), United States. pp.1103-1111, </w:t></w:r><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-22524-6_102⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04464600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Temperature Oxidation of CoNiFeMnCr High Entropy Alloys Reinforced by MC-Carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TMS2023 152nd TMS Annual Meeting and Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Minerals, Metals &amp; Materials Society, Mar 2023, San Diego (California), United States. pp.933-941, </w:t></w:r><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-22524-6_86⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04464613v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Creep Behavior at Elevated Temperatures of Several Polycrystalline Ni-based Superalloys Strengthened by MC-Carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safa Tlili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dame Assane Kane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TMS2023 152nd TMS Annual Meeting and Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Minerals, Metals &amp; Materials Society, Mar 2023, San Diego (California), United States. pp.1093-1102, </w:t></w:r><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-22524-6_101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04464610v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CREEP BEHAVIOR AT ELEVATED TEMPERATURES OF SEVERAL POLYCRISTALLINE NI-BASED SUPERALLOYS STRENGTHENED BY MC-CARBIDES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safa Tlili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assane Kane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TMS2023 152nd Annual Meeting &amp; Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Minerals, Metals and Materials Society, Mar 2023, San Diego, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04045720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the natrium chloride concentration and pH of the used artificial saliva on the resistance of dental nickel-base and cobalt-base alloys against corrosion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ekaterina Teriokhina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Lierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strengthening of cast CoNiFeMnCr High Entropy Alloys for use at high temperature by promoting the formation of MC carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Congress on Advanced Materials Sciences and Engineering (AMSE 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Opatija, Croatia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03737230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxydation à l'air et comportement microstructural à 1250°C de superalliages base nickel-chrome renforcés par des carbures (Ta, Hf)C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dame Assane Kane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matériaux 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fédération Française des Matériaux (FFM), Oct 2022, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the maximal threshold Co content for the oxidation behaviour point of view for 25wt.%Cr-containing TaC-strengthened cast superalloys designed for use at 1200°C on long time</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul K Gomis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Conference on Smart Material Research-ICSMR 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Brisbane, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03468353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comportement électrochimique d'alliages et brasures dentaires utilisés en prothèse fixée dans une salive artificielle Fusayama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal de March</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Birsena Dervisevic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Vallata</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Electrochimie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Sinaia (Romania), Roumanie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04215960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse cinétique de l'oxydation à haute température et de la volatilisation de la chromine pour des superalliages de fonderie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Vébert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steven Raude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Chiaravalle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Etude sur la Cinétique Hétérogène (JECH 37)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04190933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence des carbures de chrome sur le comportement en oxydation à haute température d'alliages métalliques réfractaires et sur la volatilisation de la couche protectrice de chromine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Abdelouhab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Podor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matériaux 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2006, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04198313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetics of High Temperature Oxidation and of Chromia Volatilization for Chromium Carbides-containing Alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Abdelouhab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R Podor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Rapin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 European Corrosion Congress (Eurocorr 2005)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04190649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the microstructural fineness of cast superalloys on their high temperature oxidation behaviour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Renck-Didelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steven Raude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Podor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2005 European Corrosion Congress (Eurocorr 2005)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04190639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">State of the Sub-surface Microstructure of Carbides strengthened cast Superalloys after High Temperature Oxidation - Use of Thermodynamic Modelling for a better Understanding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Podor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th Symposium on “High Temperature Corrosion &amp; Protection of Materials”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2004, Les Embiez, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04165428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La corrosion des matériaux réfractaires par le verre fondu : cas pratiques et processus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Steinmetz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème Journée d'Etudes en Lorraine sur le Matériau Verre : Matériaux Haute Température pour l'Industrie du Verre (2003 Métallurgie)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2003, Nancy (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04159698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de la texture microstructurale de superalliages de fonderie sur leur comportement en oxydation à haute température</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steven Raude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Renck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Podor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Automne de la SF2M</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2003, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04140442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détermination de la solubilité de Cr2O3 dans les verres: relation avec la résistance à la corrosion des super-alliages chromine-formeurs par les verres fondus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Abdelouhab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Podor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mike Toplis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème Journée d'Etudes en Lorraine sur le Matériau Verre : Matériaux Haute Température pour l'Industrie du Verre (2003 Métallurgie)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2003, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04164077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution microstructurale d'un superalliage base cobalt de fonderie à haute température. Conséquences sur ses propriétés thermomécaniques.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Steinmetz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Automne de la SF2M (Société Française de Métallurgie et de Matériaux.)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2003, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04139839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mécanismes de corrosion d'éléments métalliques par le verre fondu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Podor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème Journée d'Etudes en Lorraine sur le Matériau Verre : Matériaux Haute Température pour l'Industrie du Verre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2003, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04162914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High temperature oxidation and glass corrosion of cobalt base superalloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Di Martino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Podor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th French-Polish Seminar on the Reactivity of Solids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2002, Cluny, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04139834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prévision de l'évolution microstructurale de superalliages à haute température</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Gachon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVIIIèmes JEEP (Journées d'Étude des Équilibres entre Phases)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2002, Agadir, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04118281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of electrochemical techniques for the characterization of alloys corrosion in molten glasses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Di Martino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Podor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Steinmetz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th European Society of Glass Science and Technology Conference "Glass Odyssey 2002"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2002, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04132236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (125)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Troubles in the solidification process of 15%Al-containing cobalt alloys very rich in TaC carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès SCF Nord Est 2026</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2026, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the influence of the presence of silicon on the corrosion behavior of iron in sulfuric acid using EIS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Estephan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Stavanger (NOR), Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05314990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidized surfaces and deteriorated subsurfaces of HEAs and MC-strengthened HEAs oxidized at high temperature in presence of water vapor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghouti Medjadhi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TMS2025 154th Annual Meeting &amp; Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Las Vegas (Nevada ), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05034208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alliages de fonderie base Ni ou Co renforcés par carbures TaC et contenant de l’aluminium à la place du chrome pour la résistance à l’oxydation à 1200°C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Annuelles SF2M 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Villeneuve d’Ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05322988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metallographic follow-up of the oxidation progress with time of cast Cantor alloy at 1000°C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyna Amrouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romin Chevalme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siouare Hammi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasmina El Hadad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Etienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TMS2025 154th Annual Meeting &amp; Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Las Vegas (Nevada ), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05012805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">As-cast microstructure, hardness and high temperature creep behavior of an equimolar CoNiFeCr alloy; effects of a Ti or Ta addition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasmina El Hadad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyna Amrouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romin Chevalme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siouare Hammi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TMS2025, 154th Annual Meeting &amp;Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Las Vegas (Nevada ), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05017338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potential / HNE (mV) : Corrosion behavior of a cast Cantor's alloy in an artificial saliva with various pH values</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zixian Liao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Stavanger (NOR), Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05314995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de l’introduction de Ti ou Ta sur l’oxydation à 1200°C d’alliages CoNiFeCr équimolaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siouare Hammi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasmina El Haddad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyna Amrouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romin Chevalme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Annuelles SF2M 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Villeneuve d´Ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05322986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tous les métaux ne sont pas égaux face à la CORROSION</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cordées de la réussite 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Vandoeuvre Lès Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04576230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermo-mechanical Behavior of HEA Alloys Containing Interdendritic MC Carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vernière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TMS 2024 153rd Annual Meeting &amp; Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Orlando (FL), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04471716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comme en sport, dans l’industrie aussi le “fer plait”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chimie &amp; Terroir 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Baccarat (54120), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04576478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dependence on their Mn and Cr contents of the microstructures, melting range and high temperature creep behaviors of Cantor’s alloy and versions strengthened by MC carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Gay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Spaeter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassima Chenikha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TMS2024 153rd Annual Meeting &amp; Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Orlando (Florida), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04471735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High temperature oxidation of HEAs and MC-strengthened HEAs in presence of water vapor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghouti Medjahdi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TMS 2024 153rd Annual Meeting &amp; Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Orlando, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04471705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comme en sport, dans l’industrie aussi le “fer plait”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chimie &amp; Terroir 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Baccarat, France. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04576459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation de l'intérieur des alliages métalliques - Exemple des fontes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cordées de la Réussite</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Vandoeuvre Lès Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04089745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Refractory alloys based on Niobium and Chromium cast with addition of various elements for promoting MC carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aerospace &amp; Aeronautics Research Conference AeroResCon 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Fiano Romano (Virtual), Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04055342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strengthening against creep at elevated temperature of HEA alloys of the CoNiFeMnCr type using MC-carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TMS2023 152nd TMS Annual meeting &amp; Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, San Diego, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04054268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation de l'intérieur des alliages métalliques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cordées de la Réussite</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Vandoeuvre Lès Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04089753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation de l’intérieur des alliages métalliques - Reconnaître des fontes et les aciers quand on les regarde au microscope</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cordées de la Réussite</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Vandoeuvre-lès-Nancy, France, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04116612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation de l’intérieur des alliages métalliques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cordées de la Réussite</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Vandoeuvre Lès Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04089749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characteristics and resistance against spallation of the oxides formed at high temperature on {Co, Ni}-based chromium-rich cast alloys containing titanium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthia Annick Ozouaki Wora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2022 : European Corrosion Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Berlin (Germany), Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04547571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidized states of chromium-rich {Co,Ni}-based alloys rich in tantalum to form TaC carbides after exposure at 1250°C in air</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Gomis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2022 : European Corrosion Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Berlin (Germany), Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04547575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Propriétés à température élevée en atmosphère oxydante d'alliages à haute entropie renforcés par carbures de type MC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matériaux 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Lille, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03842798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Equimolar CoNiFeMnCr High Entropy Alloys added with HfC or TaC carbides: possible alternative alloys to superalloys based on the critical Co element and strengthened by HfC or TaC for high temperature applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TechConnect WORLD INNOVATION Conference &amp; Expo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Washington DC, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03703375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Partial or total substitution of Cobalt by Nickel, and of Hf by Ta or Zr, in cast polycrystalline chromium-rich superalloys strengthened by HfC or TaC for high temperature applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assane Kane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safa Tlili</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TechConnect WORLD INNOVATION Conference &amp; Expo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Washington DC, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03702728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comportements au fluage et à l'oxydation à 1100°C d'alliages base nickel-chrome renforcés par des carbures ZrC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safa Tlili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matériaux 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Lille, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03841081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A systematic study of the effect of the nickel and cobalt respective proportions in M–30Cr alloys (M = Ni and/or Co) on their behavior in oxidation at high temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Padox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Jollain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2022 : European Corrosion Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Berlin (Germany), Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04547564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploration of the high temperature oxidation of the M-30Cr alloys (M = Co and/or Ni) containing tantalum in absence of carbon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Schumacher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yona Ait Meddour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2022 : European Corrosion Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Berlin (Germany), Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04547566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La MÉTÉO des MÉTAUX</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fête de la Science à la Faculté des Sciences et Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Vandoeuvre-lès-Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03187245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de la perte d’adhérence et du processus d’écaillage de la couche d’oxyde externe formée sur l’alliage à haute température par l’exploitation des mesures thermogravimétriques : principe et quelques exemples</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Instrumentation &amp; méthodes d’analyses pour étudier le couplage Mécanique / Diffusion / Oxydation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Compiègne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractéristiques des carbures MC primaires présents dans des alliages réfractaires et superalliages polycristallins de bases diverses obtenus par fonderie classique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Annuelles du GDR “SAM”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2018, Villeneuve d'Ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03189203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavior of three cast chromium-rich cobalt-based alloys in oxidation at 900°C in a 100% water vapour atmosphere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélissa Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Ginestar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2018 (European Corrosion Congress)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Cracovie, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03226867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Properties at elevated temperature of cobalt-based superalloys containing TaC or NbC carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélissa Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pacific Operational Science and Technology conference (POST 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Honolulu, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03468306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavior at elevated temperature of cobalt-based superalloys strengthened by ZrC carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pacific Operational Science and Technology conference (POST 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Honolulu (Hawai'i), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03251169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corrosion study in artificial saliva of dental alloys based on cobalt and chromium, using electrochemical stationary methods and EIS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Kretz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 European Corrosion Congress (Eurocorr 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Cracovie, Poland. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03199698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Degradation at 550°C of cast chromium-rich cobalt-based alloys exposed to a H2O-O2-CO2-HCl gaseous mixture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Souchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Cracovie, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03207203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude électrochimique en salive artificielle de l'influence de la teneur en chrome sur le comportement en corrosion d'alliages binaires Co-xCr, base de certains alliages dentaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Kretz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Schweitzer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matériaux 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03197347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HIGH TEMPERATURE CHARACTERISTICS OF ZIRCONIUM CARBIDES-STRENGTHENED COBALT-BASED AND IRON-BASED ALLOYS SPECIFIED USING DIFFERENT THERMAL ANALYSIS METHODS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Peultier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Kuhn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélissa Ritouet-Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st Journal of Thermal Analysis and Calorimetry Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03229273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanical and oxidation behaviors at high temperature of ZrC-strengthened superalloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Kuhn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Peultier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safa Tlili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélissa Ritouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Asian Advanced Materials Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Singapour, Singapore</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03235578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructures and high temperature properties of refractory alloys designed to be TiC-reinforced</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mira Khair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floriane Allegre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Kretz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Asian Advanced Materials Congress 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Diamond Princess, Singapore</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03256064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of the carbon content and of the hardened state on the corrosion behaviour of cast carbon steels in an acidic aqueous milieu. Part1: Study of the possible carbon content influence on the obtaining conditions and on the stability of the passive state</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manale Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03283828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High temperature oxidation behaviour of cast cobalt-based Cr-rich alloys reinforced by titanium carbides. Part 1: Mass gain kinetics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mira Khair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03271529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High temperature behaviour of chromium-nickel alloys with Ni varying from 50 to 0 wt.%</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Beyond Nickel-based Superalloys II 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Cambridge, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03289652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Temperature Oxidation Behavior of Cast Cobalt-Based Superalloys versus the Nature of their Reinforcing Carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélissa Ritouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Symposium on High-Temperature Corrosion and Protection of Materials (HTCPM 2016) – May 20-25, 2016 - Les Embiez (France)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Les Embiez, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03337098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the Water Vapor Presence on the High Temperature Oxidation Behavior of two Chromium-Rich Cobalt-Based Alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Schweitzer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Symposium on High-Temperature Corrosion and Protection of Materials (HTCPM 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Les Embiez, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03352260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corrosion behaviours in acidic solution of spheroidal cast irons highly alloyed with nickel or cobalt. Part 1: Elaboration and microstructures of the alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamel Meridja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03271532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the chemical composition and of the hardened state of four cast Ni-based and Co-based cast alloys on their behaviour in corrosion by an artificial saliva. Part 1: Case of the nickel alloy studied using stationary electrochemical techniques and EIS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Princilia Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03289536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High temperature properties of ZrC-strengthened Co-based and Fe-based cast superalloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Peultier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Kuhn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Beyond Nickel-Based Superalloys II</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Cambridge, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03289783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal and mechanical properties at high temperature of Co-based superalloys strengthened by MC Carbides with M=Ta or Nb</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélissa Ritouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Beyond Nickel-based Superalloys II 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Cambridge, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03289654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High temperature properties of several families of TiC-reinforced cast superalloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floriane Allegre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Kretz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mira Khair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélissa Ritouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Beyond Nickel-Based Superalloys II</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Cambridge, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03289784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of the nanostructuration of skutterudite materials on their oxidation behaviours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Drevet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Benyahia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Driss Kenfaui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Masschelein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03269225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavior in High Temperature Oxidation of a cast Nickel-based Superalloy reinforced by Niobium Carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélissa Ritouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Symposium on High-Temperature Corrosion and Protection of Materials (HTCPM 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Les Embiez, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03328570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of water vapour in air and of TaC carbides in alloy on the high temperature oxidation of cobalt-based refractory alloys. Part 2: Kinetic results in oxidation in wet air and comparison with dry air</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Villeger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Graz, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03377241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation behaviours at 1,200°C of cast pure chromium and of binary cast alloys belonging to the chromium-rich half of the Cr-Ni diagram (50 to 100wt.%Cr) at 1,200°C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Graz, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03418334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the isothermally formed oxide thickness and of the cooling rate on the oxide scale spallation behaviour of chromia-forming Ni-based alloys; thermogravimetry and post-mortem study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Graz, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03391596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surface states of chromium-rich HfC-containing Co-based, Ni-based and Fe-based alloys after oxidation at 1000 and 1100°C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Graz, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03418205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation behaviours at 1,000, 1,100 and 1,200°C of a 32.5wt.%Cr -containing Co-based alloy reinforced by hafnium carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2015 (The European Corrosion Congress )</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Graz, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03359261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of the presence of water vapour on the high temperature oxidation of a Co-10Ni-30Cr alloy. Part 2: Kinetic results in oxidation in wet air and comparison with dry air</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Villeger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Graz, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03377268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavior in Oxidation at 1200°C of Cast Co-based, Ni-based and Fe-based Alloys Containing HfC Carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISHOC 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Hakodate, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03563882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetic of oxidation at 1000, 1100 and 1200°C of 32.5wt.%Cr-containing Co-based alloys reinforced by hafnium carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Pise, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03501487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetic of oxidation of chromium-rich HfC-containing Co-based and Ni-based alloys between 1000 and 1100°C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Pise, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03476176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavior in High Temperature Oxidation of Cast Chromium-rich Co-based, Ni-based and Fe-based Alloys containing Very High Fractions in Tantalum Carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Corona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISHOC 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Hakodate, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03558886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the High Temperature Oxidation in Vapor-rich Air of Cast Chromia-forming Nickel-based and Cobalt-based Alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Navet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Leroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISHOC 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Hakodate, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03563895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influences of the Base Element, the Oxide Scale Thickness and the Cooling Start Temperature on the Oxide Spallation of Cast Alloys during the Post-Isothermal Oxidation Cooling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISHOC 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Hakodate, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03579348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of the presence of water vapour on the high temperature oxidation of Co-10Ni-30Cr and Co-10Ni-30Cr-0.5C alloys. Part 1: Results in oxidation in dry air</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Navet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Pisa, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carbide transformations occurring between 1000 and 1100°C in the sub-surface of a Ni-25Cr-0.50C alloy induced by hot oxidation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Pise, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03518169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution microstructurale à haute température d’alliages à base cobalt, nickel et/ou fer riches en chrome et contenant de très fortes fractions de carbures de tantale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Pierson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Duretz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Corona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matériaux 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03427185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comportement microstructural à haute température d’alliages à base Co, Ni ou Fe riches en chrome et contenant des carbures HfC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matériaux 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03427186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comportement en oxydation à haute température d’alliages à base cobalt, nickel ou fer riches en chrome et contenant de très fortes fractions de carbures de tantale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Corona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Duretz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Pierson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matériaux 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03427187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surface states of refractory alloys rich in chromium and strengthened by different types of MC carbides after oxidation at high temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Estoril, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03602625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation at high temperature of two commercial cobalt-based superalloys elaborated by casting and obtained with a fine microstructure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Frigério</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Girardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Estoril, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03584573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavior in oxidation at high temperature of three chromium-rich refractory alloys highly strengthened by TaC carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Corona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Estoril, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03598463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation at high temperature of chromium-rich Co, Ni and Fe-based alloys very rich in tantalum carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Corona</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MST'13</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03583103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructure evolution and oxidation behavior at high temperature of cobalt-based superalloys strengthened by hafnium carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Beyond Nickel-Based Superalloys</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Bad Berneck, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03609889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the ratio and direction of compression on the corrosion behaviour of plastically deformed iron-based alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Girardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Frigerio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Istanbul, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03626880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PACK-CEMENTATION OF CHROMIUM ON Co, Ni AND Fe-BASED CARBIDES-STRENGTHENED ALLOYS: INFLUENCE OF THE CARBIDES NATURE ON THE Cr-ENRICHMENT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Vilasi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th International Conference on Surface Modification Technologies (SMT26)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Ecully, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03628399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of Water Vapour on the Rate of Oxidation of a Ni-25wt.%Cr Alloy at High Temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Vilasi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Symposium on High-Temperature Corrosion and Protection of Materials (HTCPM 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Les Embiez, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03634309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changes of corrosion behaviour in a sulphuric acid solution for different metals and alloys after plastic deformation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sullivan de Sousa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Stockholm, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03636092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Casting and characterization of Ni-, Fe(Ni)- and Fe-based 30%Cr-containing alloys strengthened by TaC; comparison with thermodynamic calculations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Vebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin Hamini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Héricher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40th International Conference on Computer Coupling of Phase Diagrams and Thermochemistry (Calphad XL)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Rio de Janeiro, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03650153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and thermodynamic study of ternary Fe-30Cr-xC carbon-rich alloys with x varying from 2.5 to 5.0 wt.%</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moussa Ba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Dia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Calphad XL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Rio de Janeiro, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03661630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermodynamic calculations used for characterizing the sub-surface changes induced by high temperature oxidation for carbides-reinforced alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Calphad XL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Rio de Janeiro, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03661626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behaviour of carbides-rich {Co, Ni or Fe (bal.) -30Cr -2.5 to 5wt.%C} ternary alloys in oxidation at high temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moussa Ba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Dia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie Hestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Souaillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Stockholm, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03643326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protection of simple cast cobalt-based alloys by pack-cementation Cr-deposit and study of their behaviour in high temperature oxidation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Vilasi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Steinmetz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Moscou, Russia. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03727969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Refractoriness, microstructures and high temperature oxidation of TaC-reinforced iron-based alloys protected by chromium-rich coatings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Vilasi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Steinmetz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIMTEC 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Montecatini Terme, Italy. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03727974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the chemical composition of nickel & chromium – based dental alloys on their corrosion behaviour in an artificial saliva</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Kedinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leslie Janiaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Vaillant-Corroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal de March</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Moscou, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03688832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behaviour in high temperature oxidation of chromium-rich cobalt alloys reinforced by different types of MC carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Moscou, Russia. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03720541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructures et duretés d’alliages nickel-chrome, cobalt-chrome et fer-chrome très riches en carbone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie Hestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Souaillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Lemoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matériaux 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03677694v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude électrochimique de la corrosion en salive artificielle d’alliages dentaires pour armature de prothèse fixée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal de March</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matériaux 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03668660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de la morphologie des carbures primaires sur les comportements thermodilatométrique et en oxydation à haute température d’alliages de fonderie à base de nickel et à base de cobalt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Heil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matériaux 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03670997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId649" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the behaviour of different dental alloys in case of exposure to high and very high potentials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal de March</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Helfer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Moscou, Russia. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId649" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03712404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of the transient oxidation at heating in the case of simple chromium-containing alloys reinforced by carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2009 : The European Corrosion Congress "Corrosion from the Nanoscale to the plant"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Nice, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of carbides morphologies changes on the behaviour of preliminary aged alloys in high temperature oxidation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Heil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2009 : The European Corrosion Congress "Corrosion from the Nanoscale to the plant"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Nice, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03814463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metallography study of the surface states of alloys heated at very high temperatures in oxidizing conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann Ravaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03792432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de l’influence d’éléments minoritaires sur le comportement électrochimique d’aciers coulés légèrement alliés dans une solution d’acide sulfurique molaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Hernaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d’électrochimie 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Sinaia, Roumanie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03834259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Several possible consequences of high temperature oxidation for the subsurface microstructure of carbides containing alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Édimbourg, United Kingdom. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03887726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correlation between the external oxide scale adherence and the bulk's thermal expansion behaviour for several carbidesstrengthened refractory alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Edinburgh, United Kingdom. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03876364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the possible galvanic corrosion of several prosthetic alloys coupled with their usual post-solder in an artificial saliva</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal de March</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Greset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId659" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Haux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Edinburgh, United Kingdom. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03850459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId660" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrochemical properties of dental alloys in various simple solutions simulating saliva</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal de March</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId661" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine d'Agostino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId662" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix Romder</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Edinburgh, United Kingdom. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId660" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03864892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId663" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of tantalum on the rates of high temperature oxidation and chromia volatilization for cast (Fe and/or Ni)-30Cr-0.4C alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin Hamini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Symposium on High-Temperature Corrosion and Protection of Materials (HTCPM 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Les Embiez, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03894041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId664" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude électrochimique du comportement en corrosion des alliages et brasures dentaires utilisés en prothèse fixée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal de March</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'électrochimie 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03923381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId665" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influences of the base element and of the density of carbides on the high temperature oxidation behaviour of M-Cr-C alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Podor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Freiburg Im Breisgau, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03913249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId666" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High temperature oxidation behaviour of alloys containing very high densities of carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierric Lemoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Freiburg im Breisgau, Germany. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03906066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId667" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of tantalum on the rates of high temperature oxidation and chromia volatilization for cast (Fe and/or Ni)-base low carbon alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin Hamini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Freiburg Im Breisgau, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId667" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03911584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId668" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corrosion du chrome dans les verres fondus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId669" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Carton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Podor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d’Electrochimie 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId668" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03915993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId670" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cinétiques d’oxydation à haute température et de volatilisation de la chromine dans le cas de superalliages renforcés par carbures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Abdelouhab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Podor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Science des Surfaces de la Fédération Jean Lamour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2006, Nancy (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04000093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId671" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude microstructurale et thermodynamique des propriétés à haute température d'alliages base nickel et/ou fer renforcés par carbures de chrome et de tantale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin Hamini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId672" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Hericher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matériaux 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2006, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId671" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03982397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId673" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence des carbures de chrome sur le comportement thermodilatométrique d'alliages métalliques réfractaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierric Lemoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId672" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Hericher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matériaux 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2006, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId673" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conséquences de l'évolution microstructurale à haute température sur les propriétés de traction à chaud d'un superalliage base cobalt renforcé par des carbures de tantale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Steinmetz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matériaux 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2006, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03973978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId675" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence du tantale et de la finesse microstructurale sur le comportement en oxydation à haute température de superalliages de fonderie base nickel et base cobalt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Vebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steven Raude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Chiaravalle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matériaux 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2006, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId675" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03984658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId676" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet de l'orientation dendritique sur le comportement en oxydation à haute température d'alliages base nickel contenant du tantale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Vebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Podor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matériaux 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2006, Dijon (Bourgogne), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId676" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03999675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId677" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of dendrites orientation on the high-temperature oxidation behaviour of cast nickel alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Noël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId678" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Guestin-Grandmougin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Lisboa, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId677" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04015348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId679" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chemical composition of titanium preformed orthodontic archwires - A preliminary report</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId680" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Genin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Steinmetz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId681" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierryle Filleul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Orthodontic Society congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId679" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04019849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId682" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the Microstructural Texture of Cast Superalloys on their High-Temperature Oxidation Behaviour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId683" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Raude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Renck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Podor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th Symposium on High Temperature Corrosion and Protection of Materials (HTCPM6)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2004, Les Embiez, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId682" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04020660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId684" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corrosion of superalloys in molten glass - Electrochemical characterization of the passive state</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Di Martino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Podor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Steinmetz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">James R. Varner; Thomas P. Seward; Helmut A. Schaeffer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference “Advances in Fusion and Processing of Glass"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, Rochester, United States. Wiley, Advances in Fusion and Processing of Glass III, 141, pp.496, 2004, Ceramic Transactions Series</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId684" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04063680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId685" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of the dendritic orientation on the high temperature oxidation behavior of cast nickel base superalloys strengthened by carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId686" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Noel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId687" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Di Martino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R Podor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gordon Research Conference "High Temperature Corrosion"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2003, New London (New Hampshire), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId685" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04067017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId688" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrochemical study of cobalt base superalloys' corrosion by a molten glass ; influence of alloy's microstructure and of the chemical composition of the glass</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId687" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Di Martino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R Podor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference “Advances in Fusion and Processing of Glass”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, Rochester, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId688" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04062371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId689" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Some examples of thermodynamical modelisation use for a better understanding of sub-surface microstructural phenomena after high temperature oxidation of superalloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Di Martino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Noël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Calphad XXXII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2003, La Malbaie, Canada. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId689" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04079377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId690" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Some examples of thermodynamical modelisation use for a better understanding of sub-surface microstructural phenomena after high temperature oxidation of superalloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Di Martino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Noël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Calphad XXXII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2003, La Malbaie, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId690" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04097898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId691" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glass composition dependence of metal corrosion by molten glass</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Podor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Steinmetz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference “Advances in Fusion and Processing of Glass</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, Rochester, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId691" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04033802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId692" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An example of thermodynamical calculations applied to the study of the high temperature behaviour of Co-base superalloys strengthened by tantalum carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Podor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Calphad XXXII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2003, La Malbaie, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId692" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04079345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using thermodynamical modelisation to predict the evolution of Co-base superalloys’ microstructures at high temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Gachon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CALPHAD XXXII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2003, La Malbaie, Canada. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04068601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrochemical Study of Metal and Alloys Corrosion by Molten Glasses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Di Martino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Podor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Steinmetz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Corrosion Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2002, Grenade, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04100685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId695" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new determination of the enthapies of formation of tantalum carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Gachon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CALPHAD XXX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2001, York, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId695" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04104264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId696" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructural and oxidation study of chromia forming Molybdenum-Tungsten based alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId697" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Diliberto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId698" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Steinmetz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">R. Streiff; I. G. Wright; R.C. Krutenat; M. Caillet; A. Galerie. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Symposium On High Temperature Corrosion and Protection Of Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2000, Les Embiez, France. </w:t></w:r><w:hyperlink r:id="rId699" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trans Tech Publications</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, Materials Science Forum, High Temperature Corrosion and Protection of Materials 5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId696" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04104455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High temperature oxidation and corrosion by molten glass of refractory elements-base, Ni-base and Co-base alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId701" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Diliberto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Di Martino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Steinmetz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gordon Research Conference on "High Temperature Materials, Processes And Diagnostics"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2000, Plymouth, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04104273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId702" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude à haute température de quelques comportements thermiques et microstructuraux pour trois alliages à base de cobalt alliés avec du nickel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul K Gomis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId702" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02564348v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId703" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Equiaxed Cast Cobalt-Based Superalloys Strengthened by MC Carbides Able of High Properties at Elevated Temperatures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Top 5 Contributions in Materials Science (2nd Edition)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId704" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AvidScience</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId703" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02973309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId705" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of Water Vapor on High-Temperature Oxidation of Chromia-Forming Materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId706" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Galerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId707" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.R. Ardigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId708" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Chandra-Ambhorn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId709" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Trans Tech Publications Ltd. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">French Activity on High Temperature Corrosion in Water Vapor</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 76, , 2014, Foundations of Materials Science and Engineering, 978-3-03785-996-4. </w:t></w:r><w:hyperlink r:id="rId710" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4028/www.scientific.net/MSFo.76⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId705" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04023463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId711" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude des mécanismes de solidification de pièces minces en fonte à graphite sphéroïdal obtenues par unprocessus de solidification pas à pas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre. Institut National Polytechnique de Lorraine, 1993. Français. </w:t></w:r><w:hyperlink r:id="rId712" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 1993INPL050N⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId711" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01752291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId713"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Patrice BERTHOD </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">patrice-berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-8035-927X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">152895035</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (37)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intrinsic properties of the Cantor's alloy at high temperature and their modifications by addition of other elements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on High Entropy ALloys</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Jean Lamour, Feb 2026, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05538886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variations around the CoNiFeMnCr equimolar composition: high temperature properties of some HEAs or MEAs derived from the Cantor's alloy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès SCF Nord Est 2026</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Chimique de France, Jan 2026, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the Presence of Ti or Ta on the Oxidation Behavior at 1200 °C of Cast MPEAs Derived from an Equimolar CoNiFeCr Basis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siouare Hammi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasmina El Hadad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyna Amrouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romin Chevalme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">154th TMS Annual Meeting &amp; Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Mineral, Metals and Materials Society, Mar 2025, Las Vegas (Nevada ), United States. pp.951 - 961, </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-80748-0_83⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05503731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidized Surfaces and Deteriorated Subsurfaces of HEAs and MC-Strengthened HEAs Oxidized at High Temperature in Presence of Water Vapor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghouti Medjahdi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">154th TMS Annual Meeting &amp; Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Minerals, Metals and Materials Society, Mar 2025, Las Vegas (Nevada ), United States. pp.972 - 982, </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-80748-0_85⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05503758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metallographic Follow-Up of the Oxidation Progress with Time of Cast Cantor Alloy at 1000 °C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyna Amrouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romin Chevalme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siouare Hammi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasmina El Hadad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Etienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">154th TMS Annual Meeting &amp; Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Minerals, Metals and Materials Society, Mar 2025, Las Vegas (Nevada ), United States. pp.962 - 971, </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-80748-0_84⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05503747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the Presence of Ti or Ta on the Oxidation Behavior at 1200 °C of Cast MPEAs Derived from an Equimolar CoNiFeCr Basis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siouare Hammi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasmina El Hadad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyna Amrouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romin Chevalme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TMS2025 154th Annual Meeting &amp; Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Minerals, Metals and Materials Society, Mar 2025, Las Vegas (Nevada), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05034230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermo-mechanical Behavior of HEA Alloys Containing Interdendritic MC Carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Verniere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TMS 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Minerals, Metals &amp; Materials Society, Mar 2024, Orlando (Florida), United States. pp.679 - 688, </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-50349-8_58⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05126620v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isothermal High Temperature Oxidation of Cantor's-based MC-reinforced HEAs versus their Mn and Cr Contents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Spaeter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassima Chenikha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Gay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TMS 2024 153rd Annual Meeting &amp; Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Minerals, Metals and Materials Society, Mar 2024, Orlando, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04496979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isothermal High Temperature Oxidation of Cantor’s-Based MC-Reinforced HEAs Versus Their Mn and Cr Contents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Spaeter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassima Chenikha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Gay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TMS 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Minerals, Metals &amp; Materials Society, Mar 2024, Orlando (Florida), United States. pp.1262 - 1272, </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-50349-8_109⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05129083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavior in Cooling-Induced Oxide Scale Spallation of Original and Modified Cantor’s HEA Alloys Oxidized at High Temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassima Chenikha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Gay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Spaeter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TMS 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Minerals, Metals &amp; Materials Society, Mar 2024, Orlando (Florida), United States. pp.1194 - 1204, </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-50349-8_104⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05129008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavior in cooling-induced oxide scale spallation of original and modified Cantor's HEA alloys oxidized at high temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassima Chenikha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Gay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Spaeter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Minerals, Metals &amp; Materials Society (TMS) 2024 153rd annual meeting and Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Minerals, Metals and Materials Society, Mar 2024, Orlando, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04496986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavior in oxidation, at 1000°C and more, of the Cantor’s alloy and of several derived versions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée thématique autour des effets environnementaux sur les propriétés des HEAs/CCAs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GDR HEA, Nov 2024, Paris Université Paris Cité, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04832887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dependence on Their Mn and Cr Contents of the Microstructures, Melting Range, and High Temperature Creep Behaviors of Cantor’s Alloy and Versions Strengthened by MC Carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Gay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Spaeter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassima Chenikha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TMS 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Minerals, Metals &amp; Materials Society, Mar 2024, Orlando (Florida), United States. pp.659 - 668, </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-50349-8_56⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05126617v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Refractory alloys based on Niobium and Chromium cast with addition of various elements for promoting MC carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AeroResCon 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Research Catalyst, Mar 2023, Fiano Romano, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04052293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Entropy Alloys reinforced by TaC or HfC carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AeroResCon 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Research Catalyst, Mar 2023, Fiano Romano, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04049893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strengthening Against Creep at Elevated Temperature of HEA Alloys of the CoNiFeMnCr Type Using MC-Carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TMS2023 152nd TMS Annual Meeting and Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Minerals, Metals &amp; Materials Society, Mar 2023, San Diego (California), United States. pp.1103-1111, </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-22524-6_102⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04464600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Temperature Oxidation of CoNiFeMnCr High Entropy Alloys Reinforced by MC-Carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TMS2023 152nd TMS Annual Meeting and Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Minerals, Metals &amp; Materials Society, Mar 2023, San Diego (California), United States. pp.933-941, </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-22524-6_86⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04464613v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Creep Behavior at Elevated Temperatures of Several Polycrystalline Ni-based Superalloys Strengthened by MC-Carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safa Tlili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dame Assane Kane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TMS2023 152nd TMS Annual Meeting and Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Minerals, Metals &amp; Materials Society, Mar 2023, San Diego (California), United States. pp.1093-1102, </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-22524-6_101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04464610v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CREEP BEHAVIOR AT ELEVATED TEMPERATURES OF SEVERAL POLYCRISTALLINE NI-BASED SUPERALLOYS STRENGTHENED BY MC-CARBIDES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safa Tlili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assane Kane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TMS2023 152nd Annual Meeting &amp; Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The Minerals, Metals and Materials Society, Mar 2023, San Diego, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04045720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the natrium chloride concentration and pH of the used artificial saliva on the resistance of dental nickel-base and cobalt-base alloys against corrosion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ekaterina Teriokhina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Lierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strengthening of cast CoNiFeMnCr High Entropy Alloys for use at high temperature by promoting the formation of MC carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd International Congress on Advanced Materials Sciences and Engineering (AMSE 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Opatija, Croatia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03737230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxydation à l'air et comportement microstructural à 1250°C de superalliages base nickel-chrome renforcés par des carbures (Ta, Hf)C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dame Assane Kane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matériaux 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Fédération Française des Matériaux (FFM), Oct 2022, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the maximal threshold Co content for the oxidation behaviour point of view for 25wt.%Cr-containing TaC-strengthened cast superalloys designed for use at 1200°C on long time</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul K Gomis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Conference on Smart Material Research-ICSMR 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Brisbane, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03468353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comportement électrochimique d'alliages et brasures dentaires utilisés en prothèse fixée dans une salive artificielle Fusayama</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal de March</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Birsena Dervisevic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Vallata</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Electrochimie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Sinaia (Romania), Roumanie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04215960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse cinétique de l'oxydation à haute température et de la volatilisation de la chromine pour des superalliages de fonderie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Vébert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steven Raude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Chiaravalle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Etude sur la Cinétique Hétérogène (JECH 37)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04190933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence des carbures de chrome sur le comportement en oxydation à haute température d'alliages métalliques réfractaires et sur la volatilisation de la couche protectrice de chromine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Abdelouhab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Podor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matériaux 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2006, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04198313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetics of High Temperature Oxidation and of Chromia Volatilization for Chromium Carbides-containing Alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Abdelouhab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R Podor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Rapin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 European Corrosion Congress (Eurocorr 2005)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04190649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the microstructural fineness of cast superalloys on their high temperature oxidation behaviour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Renck-Didelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steven Raude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Podor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2005 European Corrosion Congress (Eurocorr 2005)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04190639v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">State of the Sub-surface Microstructure of Carbides strengthened cast Superalloys after High Temperature Oxidation - Use of Thermodynamic Modelling for a better Understanding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Podor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th Symposium on “High Temperature Corrosion &amp; Protection of Materials”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2004, Les Embiez, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04165428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La corrosion des matériaux réfractaires par le verre fondu : cas pratiques et processus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Steinmetz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème Journée d'Etudes en Lorraine sur le Matériau Verre : Matériaux Haute Température pour l'Industrie du Verre (2003 Métallurgie)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2003, Nancy (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04159698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de la texture microstructurale de superalliages de fonderie sur leur comportement en oxydation à haute température</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steven Raude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Renck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Podor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Automne de la SF2M</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2003, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04140442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détermination de la solubilité de Cr2O3 dans les verres: relation avec la résistance à la corrosion des super-alliages chromine-formeurs par les verres fondus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Abdelouhab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Podor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mike Toplis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème Journée d'Etudes en Lorraine sur le Matériau Verre : Matériaux Haute Température pour l'Industrie du Verre (2003 Métallurgie)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2003, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04164077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution microstructurale d'un superalliage base cobalt de fonderie à haute température. Conséquences sur ses propriétés thermomécaniques.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Steinmetz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'Automne de la SF2M (Société Française de Métallurgie et de Matériaux.)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2003, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04139839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mécanismes de corrosion d'éléments métalliques par le verre fondu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Podor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème Journée d'Etudes en Lorraine sur le Matériau Verre : Matériaux Haute Température pour l'Industrie du Verre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2003, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04162914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High temperature oxidation and glass corrosion of cobalt base superalloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Di Martino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Podor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th French-Polish Seminar on the Reactivity of Solids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2002, Cluny, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04139834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prévision de l'évolution microstructurale de superalliages à haute température</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Gachon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVIIIèmes JEEP (Journées d'Étude des Équilibres entre Phases)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2002, Agadir, Maroc</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04118281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of electrochemical techniques for the characterization of alloys corrosion in molten glasses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Di Martino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Podor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Steinmetz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th European Society of Glass Science and Technology Conference "Glass Odyssey 2002"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2002, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04132236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (18)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation de plomb pur pour illustrer, à température ambiante, la déformation en fluage de superalliages à haute température</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05450013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">As-cast microstructure, room temperature hardness and high temperature creep deformation of an equimolar quaternary CoNiFeCr alloy and of two slightly modified versions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasmina El Hadad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyna Amrouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romin Chevalme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siouare Hammi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04937299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Refractoriness, thermal expansion behavior and microstructure stability at elevated temperature of an equimolar cast quaternary CoNiFeCr alloy and of two slightly modified versions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romin Chevalme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siouare Hammi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasmina El Hadad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyna Amrouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04937298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bibliographic count of the {alloys ; artificial saliva} couples used for the corrosion studies concerning the orthodontic archwires over the [2000–2023] period</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zixian Liao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04160856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de l’influence de la présence de silicium sur le comportement en corrosion du fer en milieu sulfurique au moyen de la spectroscopie d’impédances électrochimiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Estephan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un exemple d’activité pratique pour illustrer l’importance du chrome et l’intérêt des mesures électrochimiques dans l’enseignement de la corrosion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Schumacher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04166324v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comportement d'un alliage CoNiFeMnCr équimolaire en corrosion dans une salive artificielle simple en fonction de son pH</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zixian Liao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04163845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructures, à l'état brut de coulée et après recuit de graphitisation, de fontes en fonction de leurs teneurs en Si et en Cr et de la durée du recuit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Bessere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04165267v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conception et étude métallographique d'alliages à haute entropie CoNiFeMnCr équimolaires bruts de fonderie additionnés ou non de C + Hf ou Ta, pour explorer leur potentiel à être renforcés mécaniquement à chaud par carbures MC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03636294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploration expérimentale locale du système ternaire Mn-Cr-C par l'élaboration de trois alliages et leur étude métallographique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul K Gomis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthia Annick Ozouaki Wora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02541176v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploration expérimentale locale du système quaternaire Mn-Cr-C-Ta par l'élaboration de trois alliages et leur étude métallographique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthia Annick Ozouaki Wora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul K Gomis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02541584v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaisons d'états métallurgiques {expérience ↔ thermodynamique} pour trois alliages à base de nickel contenant Co, Cr, C et Ta comme éléments d'alliages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749840v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude à haute température de quelques comportements thermiques et microstructuraux pour trois alliages à base de nickel alliés avec du cobalt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul K Gomis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02566390v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude locale du système Mn -Cr par calcul thermodynamique et par l'élaboration d'un alliage suivie de son étude métallographique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02538447v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaisons d'états métallurgiques {expérience ↔ thermodynamique} pour trois alliages à base de cobalt contenant Ni, Cr, C et Ta comme éléments d'alliages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02767932v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructures and Hardness of as-cast {C, Ta or Ti or Hf of Zr}-containing Cr-rich Niobium-based Alloys Candidate for Uses at Elevated Temperatures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélissa Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghouti Medjahdi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02013286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal Properties of a Cobalt-based Superalloy Designed to be Reinforced by Titanium Carbides and Chromium Carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mira Khair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02013285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Equiaxed Cast Polycristalline Refractory Alloys Designed to Be Strengthened by Mono-carbides: Dependence of the As-Cast Microstructure on the Base Element and on the MC-former Element</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02087470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (171)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetics of Oxidation at High Temperature and Degradation States of Cr-Free Al-Containing Cobalt and Nickel Alloys Reinforced by TaC Carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crystals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 16, pp.125. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/cryst16020125⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05502026v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the Presence of Aluminum and of its Content on the As-Cast Microstructure of Alloys Designed to be Tac-Reinforced</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin of Scientific Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 7 (2), pp.1-9. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.54392/bsr2551⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05440327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-Temperature Properties of an Equimolar CoNiFeCr Medium-Entropy Alloy with Added Titanium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siouare Hammi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Micro</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 5, pp.57. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/micro5040057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05402702v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CREEP BEHAVIOR OF AN EQUIMOLAR CONIFEMNCR HIGH ENTROPY ALLOY AT 1000°C AND BEYOND</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Materials Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 10 (1), pp.23-36. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.36868/ejmse.2025.10.01.023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05044845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructures of novel Al-containing Co-based and Ni-based alloys designed to be reinforced by TaC carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Engineering Sciences and Innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05100335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improved Creep Resistance at 1000°C of a Medium Entropy Alloy by the In Situ Formation of Intergranular MC Carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Gay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassima Chenikha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Spaeter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Etienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vernière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Indonesian Journal of Innovation and Applied Sciences (IJIAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 4 (2), pp.141-149. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.47540/ijias.v4i2.971⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04646995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chemical degradation of the ternary Al2O3-YAG-ZrO2 eutectic ceramic by molten CMAS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Portebois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Vilasi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.J. Panteix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">High Temperature Corrosion of Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11085-024-10258-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04689366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermogravimetric Study of the Oxidation Behavior of the Cantor’s Alloy at 1000 °C and Beyond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">High-Temperature Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 1 (1), pp.10002. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.35534/htm.2024.10002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04602950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of the Mn and Cr contents on the oxidation and creep resistance at 1100°C of cast cantor-based high entropy alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Gay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N Chenikha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Spaeter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mechanical Engineering and Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 18 (2), pp.10046-10057. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15282/jmes.18.2.2024.6.0793⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04646996v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation Behavior and Creep Resistance of Cast MC-Strengthened CoNiFeMnCr HEAs at 1100 °C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Micro</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 4, pp.751 - 764. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/micro4040046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04824846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advancement of the Oxidized State of an As-Cast Low-Mn, High-Cr Cantor’s Alloy in Natural Air at 1000 °C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyna Amrouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corrosion and Materials Degradation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 5, pp.601 - 614. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/cmd5040028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04824844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laser remelting of a novel carbide-reinforced Ni-Co-Cr-Hf-C alloy with ultra-fine HfC dispersion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan Cazic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parham Anvari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Panteix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 366, pp.136495. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matlet.2024.136495⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04994155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the Chromium Content on the Characteristics of the Matrix, the Tantalum Carbides Population, and the Hardness of Cast Co(Cr)-0.4C-6Ta Alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merzouk Bouaraba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Junfu Cai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Micro</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 3 (1), pp.239 - 255. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/micro3010017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03995382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation Behavior at 1000 °C of Low-Mn High-Cr Cantor’s HEA-Based Alloys Strengthened or Not by MC Carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Spaeter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Gay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassima Chenikha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghouti Medjahdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Vernière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corrosion and Materials Degradation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 4 (4), pp.528 - 541. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/cmd4040028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04223763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reaction with hot air of high entropy alloys strengthened by monocarbides formed from heavy metals: assessment of the oxidation kinetics from the analysis of the chemically changed subsurfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin of Scientific Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 5 (2), pp.9 - 17. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.54392/bsr2322⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04328656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of Ti on the oxidation behaviour at 1250°C of chromia-forming alloys based on nickel and/or cobalt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthia Annick Ozouaki Wora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corrosion Engineering, Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 58 (6), pp.567-576. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/1478422X.2023.2238389⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04768576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation of a conventionally cast Cantor high entropy alloy in an argon flow during creep tests at high temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Engineering Sciences and Innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 8 (4), pp.363-372. </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.56958/jesi.2023.8.4.363⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04440184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behaviors in Oxidation at 1100°C of an Equimolar CoNiFeMnCr High-Entropy Alloy and of its Versions Moderately Added with HfC or TaC Carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">High Temperature Corrosion of Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 100, pp.177-191. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11085-023-10170-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04768566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behaviors of (Ti,C)-containing cast (Co,Ni)-based superalloys in oxidation and creep at 1200°C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthia Ozouaki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 58, pp.609-615. </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11003-023-00706-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04768561v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consequences of the additional presence of MC carbides on the behavior in oxidation at 1000°C of a cast Cantor high entropy alloy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials and Corrosion / Werkstoffe und Korrosion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 74 (9), pp.1312-1323. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/maco.202213721⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04768582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructures in as-cast condition of Medium Entropy Alloys designed to contain eutectic carbides TaC or HfC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassima Chenikha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Spaeter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Gay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Vernière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Engineering Sciences and Innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 8 (2), pp.159-170</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04281563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teaching wet corrosion of metals and alloys: An example of enrichment of the basis practical works with the case of orthodontic steels in artificial saliva</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LUMAT-B: International Journal on Math, Science and Technology Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 8 (1), pp.1-21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04055500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation and Microstructural Behaviors at 1200 °C of 32.5 wt.% Cr–Containing Co–Based Alloys Strengthened by HfC Carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crystals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (3), pp.361. </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/cryst12030361⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03612181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation of a 2wt.%Hf–doped (Ta,C)-rich nickel–based alloy between 1100 and 1250°C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dame Assane Kane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin of Scientific Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 4 (2), pp.24 - 34. </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.54392/bsr2224⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04450492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">As-Cast Microstructures of High Entropy Alloys Designed to Be TaC-Strengthened</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Metallic Material Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 5 (2), pp.4685. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.30564/jmmr.v5i2.4685⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03692771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavior in Oxidation at 1000°C of Carbon-Containing Equimolar CoNiFeMnCr Alloys Added with Hafnium or Tantalum with High Contents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Chemical Engineering Research Updates</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 9, pp.60-71. </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15377/2409-983x.2022.09.7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03981764v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">As-cast microstructures of HEA designed to be strengthened by HfC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Engineering Sciences and Innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 7 (3), pp.305-314</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03887727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation at 1250°C of {Cr, Ta}-rich carbides-strengthened {Ni, Co}-based alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Gomis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Schweitzer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials and Corrosion / Werkstoffe und Korrosion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/maco.202112770⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04768592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal analysis of the effects of cobalt additions on the high temperature expansion, melting and oxidation behaviors of nickel-based superalloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Gomis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials at High Temperatures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09603409.2022.2119327⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04768587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Creep and Oxidation Behaviors of 25 wt.% Cr-Containing Nickel-Based Alloys Reinforced by ZrC Carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safa Tlili</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crystals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (3), </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/cryst12030416⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03612206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of Ti and Co/Ni Ratio on the Oxidation at 1200 °C of Chromium-Containing {Ni, Co}-Based Cast Alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthia Annick Ozouaki Wora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metallurgical and Materials Transactions A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 53, pp.277-289. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11661-021-06519-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04770633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metallographical and Thermodynamic Investigation of the Microstructures at 1200°C of TaC–Containing Co–Based Alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Indonesian Journal of Innovation and Applied Sciences (IJIAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 2, pp.114 - 122. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.47540/ijias.v2i2.445⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03725586v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavior at 1100°C of nickel-based alloys strengthened by MC carbides with M = Tantalum and Hafnium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assane Dame</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Engineering Sciences and Innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 6 (4), pp.359-372</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04450474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behaviour in oxidation at 1200°C of two nickel-based alloys reinforced by (Ta, Hf)-C carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assane Kane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Metallurgical Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 60 (3), pp.183-195. </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00084433.2021.2001298⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04770630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation Behavior of the Skutterudite Material Yb0.2Co4Sb12</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Drevet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Benyahia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Driss Kenfaui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metallurgical and Materials Transactions A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 52 (9), pp.3996-4002. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11661-021-06359-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03409569v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of Ni Additions on the High Temperature Expansion, Melting and Oxidation Behaviors of Cobalt-Based Superalloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Gomis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crystals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11 (2), pp.173. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/cryst11020173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03160194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation of a 4 wt.% Hf-containing nickel-based alloy at temperatures ranging from 1100°C to 1250°C in air</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dame Assane Kane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Australian Journal of Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 5 (4), pp.686-693</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03725728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetic and Metallography Study of the Oxidation at 1250 °C of {Co+Ni}-Based Superalloys Containing Ti to Form MC Carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthia Annick Ozouaki Wora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghouti Medjahdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Etienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12, </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/met12010010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04779185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bulk microstructure evolution of two high Hf-containing Ni-based alloys during exposure at temperatures from 1100 to 1250°C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dame Assane Kane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemical Review and Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 4 (2), pp.77-84. </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22034/crl.2021.266573.1100⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03140598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation and Microstructural Behaviors of Ni-Based Alloys Strengthened by (Ta, Hf)C Carbides at 1250 °C in Air</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dame Assane Kane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Crystals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11 (2), pp.159. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/cryst11020159⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03138016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Addition of Co in Ni(Cr)-based cast superalloys for tantalum carbide stabilisation: consequences on the behaviour in oxidation at elevated temperatures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Gomis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Metallurgical Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 60 (3), pp.172-182. </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00084433.2021.1996898⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04770627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consequences of partial {Hf by Ta}-Substitution on the High Temperature Properties of a HfC-Reinforced Ni-based Superalloy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dame Assane Kane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 271, pp.124949. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matchemphys.2021.124949⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04770624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stable Microstructural States at 1200°C of Ni-Based Alloys Containing Chromium Carbides and Tantalum Carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chemistry Research Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 5 (4), pp.43-53</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02908729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Volume Fractions of Tantalum Carbides Deduced from the Ta Contents in the Matrix of Three 1250°C–Aged Cobalt–Based Alloys; Comparison with Thermodynamic Calculations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 6 (7), pp.53-61. </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.32861/sr.67.53.61⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02905044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carbides and Carbon Control in MC-Reinforced Superalloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Asian Journal of Chemical Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8 (4), pp.64-74. </w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.9734/AJOCS/2020/v8i419056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03059019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploration of the microstructures of two series of chromium-rich Mn-based alloys elaborated by casting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Gomis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthia Annick Ozouaki Wora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of New Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 7 (4), pp.318-335. </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22034/ijnc.2020.669112.1212⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02953864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxide scale spallation behaviour of cast chromia-forming TaC-strengthened superalloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Gomis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 36 (14), pp.1587-1602. </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/02670836.2020.1809143⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04770617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation Behavior and Structure Stability at 1250 °C of Chromium-Rich TaC-Containing Cast Alloys Based on Nickel and Cobalt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul K Gomis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghouti Medjahdi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metallurgical and Materials Transactions A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 51, pp.4168-4185. </w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11661-020-05828-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04770614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructures at 1250°C of Chromia-Forming Carbides-Reinforced Nickel-based Alloys after Addition of Tantalum; Effects of the Cr and Co Contents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Material Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 2, </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.35702/msci.10006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02967256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pack cementation to prevent the oxidation of CoSb₃ in air at 800 K</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Drevet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Petitjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Veys-Renaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Surface and Coatings Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 385, pp.125401 -. </w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.surfcoat.2020.125401⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03489744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aluminizing by pack cementation to protect CoSb3 from oxidation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Drevet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Petitjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Veys-Renaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 241, pp.122417 -. </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matchemphys.2019.122417⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03488673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation Behavior of Microstructured and Nanostructured Co0.94Ni0.06Sb3 Thermoelectric Materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Drevet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Petitjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Veys-Renaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oxidation of Metals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 93 (5-6), pp.559-572. </w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11085-020-09971-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05037203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of Simple Binary Co-xCr Alloys (0≤x≤30wt.%) for Exploring the Influence of the Chromium Content in Dental Cobalt-Based Alloys on Their Passivation Behavior in a Fusayama Artificial Saliva</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Kretz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Schweitzer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Biomedical Science &amp; Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 7 (1), pp.27-35. </w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.34297/AJBSR.2020.07.001109⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02499538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A study of the dependence on the Co and Ni proportions of the oxidation at elevated temperature of TaC-strengthened {Ni and Co}-based cast superalloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Gomis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghouti Medjahdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Panteix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 251, pp.123088. </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matchemphys.2020.123088⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03490439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Search for the maximal threshold Co content for the oxidation behaviour point of view for 25wt.%Cr-containing TaC-strengthened cast superalloys designed for use at 1200°C on long time</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J P Gomis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IOP Conference Series: Materials Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 856, pp.012006. </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1757-899X/856/1/012006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02863252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dependence, on the Cr Content, of the Corrosion Resistance to Fusayama Saliva of Cobalt-Based Dental Alloys, Studied by the Mean of Binary Alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Kretz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ES Journal of Dental Sciences </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02495046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal Expansion and Microstructure Behavior at Elevated Temperature of various {Ni, Co}-based Cast Superalloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul K Gomis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Panteix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Academic Journal of Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 5 (3), pp.17-24. </w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.32861/ajc.53.17.24⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02610814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surface degradation of three Cr-containing cobalt-based alloys exposed to pure water vapour at 900°C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélissa Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Ginestar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corrosion Engineering, Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 55 (6), pp.441-452. </w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/1478422X.2020.1741867⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05037206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improvement of the high temperature oxidation of TaC-strengthened Co(Cr)-based cast superalloys by the addition of nickel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Gomis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corrosion Engineering, Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 55 (2), pp.118-126. </w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/1478422X.2019.1699261⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05037204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructures and Metallographic Characterization of Superalloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Material Science and Technology Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 6, pp.39 - 52. </w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.31875/2410-4701.2019.06.6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02362360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the Base Element on the Thermal Properties of Non- Ferrous Chromium-Rich TaC-Containing Alloys Elaborated by Conventional Casting: Part 3: Surface and Cross-Sectional Metallographic Characterization of the Oxidized Alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul K Gomis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwann Etienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Material Science and Technology Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 6, pp.73 - 83. </w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.31875/2410-4701.2019.06.9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02353395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the Base Element on the Thermal Properties of Non- Ferrous Chromium-Rich TaC-Containing Alloys Elaborated by Conventional Casting: Part 2: Thermogravimetric and Metallographic Study of the Oxidation Start and of the Oxide Scale Spallation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghouti Medjahdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul K Gomis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Material Science and Technology Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 6, pp.63 - 72. </w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15377/2410-4701.2019.06.8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02352408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the M and M’ Metals on the Carbides Population in As-Cast M’-based Alloys Designed to be MC-Strengthened</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Metallic Material Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 2 (1), </w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.30564/jmmr.v2i1.604⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02352403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermodynamic and experimental study of cobalt-based alloys designed to contain TiC carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mira Khair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Calphad</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 65, pp.34 - 41. </w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.calphad.2019.02.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03484926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructures, Hardness and Corrosion Behaviours in a Neutral Artificial Saliva of a Series of {Cobalt-Chromium}-Based Alloys; Influence of the Presence and Contents of the Minor Elements W, Mo and Si</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Kretz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CPQ Dentistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 1 (2), pp.1 - 14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02294591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the Base Element on the Thermal Properties of Non- Ferrous Chromium-Rich TaC-Containing Alloys Elaborated by Conventional Casting: Part 1: Thermodynamic Approach, Melting Ranges, as-Cast Microstructures and Thermal Expansion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul K Gomis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zohra Himeur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Material Science and Technology Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 6, pp.53 - 62. </w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15377/2410-4701.2019.06.7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02352405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation Behavior of the Skutterudite Material Ce0.75Fe3CoSb12</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Drevet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Petitjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Veys-Renaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oxidation of Metals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 91 (5-6), pp.767-779. </w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11085-019-09908-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05037198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrochemical behavior of CoSb3 in sulfuric and oxalic acids over the potential range 0 to 40 V</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Veys-Renaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Drevet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Petitjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Solid State Electrochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 22 (9), pp.2821-2828. </w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10008-018-3990-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05037191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of the Ni/Co Ratio on the High-Temperature Oxidation Behavior of {Ni&Co}-Based {25Cr–0.4C–1.6Ti, wt%}-Containing Cast Alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydia Toubal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oxidation of Metals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 89 (5-6), pp.551-563. </w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11085-017-9808-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavior of Cast {TI or Ta}-Containing Alloys Based on Nickel and/or Cobalt in High Temperature Oxidation:Effect of the NI/CO Ratio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zahra Himeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydia Toubal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouarda Abed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélissa Léglise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science: Materials Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 2 (2), </w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18063/msmr.v2i2.698⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02352399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dependence on the Chromium Content of the High-Temperature Oxidation Behavior of Ta-Rich Nickel-Based Cast Alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zohra Himeur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oxidation of Metals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 90 (1-2), pp.135-151. </w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11085-017-9828-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02186062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dependence of titanium carbide stability at elevated temperatures on Co content in Co(Ni)-25Cr-1.6Ti-0.4C superalloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydia Toubal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 212, pp.260-267. </w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matchemphys.2018.03.061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02902206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavior of Two Foundry Cobalt-Based Alloys Exposed to a Hot Complex Gaseous Mixture Simulating the Atmosphere in a Waste- to-Energy Boiler. Part 2: Case of the Alloy Immersed in Synthetic Ashes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Souchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Material Science and Technology Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 5, pp.6-10. </w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15377/2410-4701.2018.05.2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02300934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influences of the Co content and of the level of high temperature on the microstructure and oxidation of cast {Ni, Co}-based Cr-rich TaC- containing cast alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zohra Himeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Panteix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Alloys and Compounds</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 739, pp.447 - 456. </w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jallcom.2017.12.254⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02187901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the Cr Content on the Corrosion Properties of a Series of Binary Cobalt-Chromium Alloys in Acidic Artificial Saliva</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Kretz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives of Organic and Inorganic Chemical Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 2 (1), </w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.32474/AOICS.2018.02.000128⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02294622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavior of Two Foundry Cobalt-Based Alloys Exposed to a Hot Complex Gaseous Mixture Simulating the Atmosphere in a Waste- to-Energy Boiler. Part 1: Case of the Alloy Exposed to the Complex Gas Stream</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Souchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Material Science and Technology Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 5, pp.1-5. </w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15377/2410-4701.2018.05.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02300930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and thermodynamic study of the influence of the base elements on the carbides natures in {Ni,Co}-based {25Cr, 0.4C, 6Ta}-containing alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zohra Himeur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Calphad</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 60, pp.156-162. </w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.calphad.2018.01.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05037192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavior in oxidation at elevated temperature of {25Cr, 0.4C-6Ta}-containing Ni and Co-based cast alloys versus their proportion in nickel and cobalt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zohra Himeur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials and Corrosion / Werkstoffe und Korrosion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 69 (6), pp.703-713. </w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/maco.201709820⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02863248v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of Co Content on the High-Temperature Oxidation Performance of (Ni,Co)–25Cr–0.4C–6Ta Cast Alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zohra Himeur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oxidation of Metals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 90 (1-2), pp.187-202. </w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11085-018-9833-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02187801v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and thermodynamic investigations regarding the effect of chromium on the carbides population in cast {Ni(bal.)-0.4C-6Ta-xCr} alloys with x varying from 0 to 50 wt%</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zohra Himeur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Calphad</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 62, pp.30-41. </w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.calphad.2018.05.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05037194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructures and Surface Stabilities of {Ni-0.4C-6Ta-xCr, 0 ≤ x ≤ 50 Wt Pct} Cast Alloys at High Temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metallurgical and Materials Transactions A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 49 (6), pp.2311-2323. </w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11661-018-4574-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02528911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Properties of a HfC-Reinforced Nickel-Based Superalloy in Creep and Oxidation at 1100°C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 53 (6), pp.861-867. </w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11003-018-0146-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02566604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corrosion Behavior in a Neutral Artificial Saliva of Several Binary Co-Cr Alloys with Various Chromium Contents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Kretz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Schweitzer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Dental and Craniofacial Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 3 (1), pp.5. </w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21767/2576-392X.100021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02294609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of NbC Addition on the High-Temperature Oxidation Resistance of Co- and Ni-Based Chromium-Rich Alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélissa Ritouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oxidation of Metals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 89 (3-4), pp.339-355. </w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11085-017-9790-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation and creep properties at 1200 °C of cast quaternary Ni-Cr-C-Ti alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Kretz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floriane Allègre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélissa Ritouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science and Engineering: A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 699, pp.145-155. </w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.msea.2017.05.089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02874138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and thermodynamic study of the role of titanium in the microstructural and thermal properties of cast Ni–Cr–C–Ti alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Kretz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floriane Allègre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Calphad</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 56, pp.41-48. </w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.calphad.2016.11.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05037189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation Behaviour at 1100°C of HfC-Containing Co-Based Alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Material Science and Technology Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 4, pp.6-12. </w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15377/2410-4701.2017.04.2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02300917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Looking for New Polycrystalline MC-Reinforced Cobalt-Based Superalloys Candidate to Applications at 1200°C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Materials Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 2017, pp.1-9. </w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1155/2017/4145369⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02011068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corrosion of Simple Cobalt-Chromium Alloys, Bases of Real Dental Alloys Devoted to Prosthetic Dentistry, in a NaCl Solution Simulating Human Saliva Specified by Stationary Electrochemical Techniques and EIS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyndho Princilia Billy Nsoungui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Material Science and Technology Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 4, pp.13-20. </w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15377/2410-4701.2017.04.3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02300926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructures of binary Cr–xNi alloys (0 ≤ Ni ≤ 50 wt.%) in their as-cast state and after high temperature exposure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials at High Temperatures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 33 (2), pp.189-197. </w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09603409.2016.1144317⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02902138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation behaviour at 1100°C in air of 25 wt-% Cr-containing cobalt-based alloys containing high quantities of hafnium carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Metallurgical Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 55 (4), pp.409-419. </w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00084433.2016.1206290⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02510127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of Titanium on the High Temperature Oxidation and Chromia Volatilization of Ternary Ni–Cr–C Alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floriane Allègre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Kretz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oxidation of Metals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 86 (5-6), pp.581-595. </w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11085-016-9656-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxide Spallation During Post-isothermal High Temperature Oxidation Cooling of Cr-rich Cast Alloys Highly Alloyed with Hf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Open Materials Science Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 10 (1), pp.89-100. </w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2174/1874088X01610010089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02321227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Creep and oxidation kinetics at 1100°C of nickel-base alloys reinforced by hafnium carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials &amp; Design</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 104, pp.27-36. </w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matdes.2016.04.079⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02509332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermodynamic and experimental study of 30 wt-%Cr-containing {Co, Fe or Ni}-based alloys with very high contents in Ta and C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Corona</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Metallurgical Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 56 (1), pp.113-122. </w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00084433.2016.1267298⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02510170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetic and metallographic study of the oxidation at high temperature of a cast Ni 25Cr alloy in water vapour-rich air</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Mouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rouer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">High Temperatures-High Pressures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 32 (5), pp.530 - 538. </w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1179/1878641314Y.0000000041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02878401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation behavior of chromium-rich Fe-based alloys containing HfC carbides at 1100 °C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials and Corrosion / Werkstoffe und Korrosion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 66 (10), pp.1101-1110. </w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/maco.201407916⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02880621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructure and oxidation behaviour at 1100°C of HfC- containing Cr-rich iron-based cast alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 31 (14), pp.1764 - 1772. </w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1179/1743284715Y.0000000003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02436444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Refractory Hard Alloys Elaborated by Casting of Ternary (Co, Ni Fe)-30Cr-2.5 to 5 wt% C Compositions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie Hestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Souaillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moussa Ba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Dia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Materials Science and Chemical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 3, pp.127 - 135. </w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4236/msce.2015.37017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02467482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of thermogravimetry and thermodynamic calculations for specifying chromium diffusion occurring in alloys containing chromium carbides during high temperature oxidation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 165, pp.79-86. </w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matchemphys.2015.08.057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02902137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetic and metallographic study of oxidation at high temperature of cast Ni 25Cr alloy in water vapour rich air</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Th. Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Mouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Rouer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials at High Temperatures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 32 (5), pp.530-538. </w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1179/1878641314Y.0000000041⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04058010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">As-cast microstructures and behavior at high temperature of chromium-rich cobalt-based alloys containing hafnium carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Chemistry and Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 143 (3), pp.1139-1148. </w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.matchemphys.2013.11.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02543572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructure evolution in bulk and surface states of chromium rich nickel based cast alloys reinforced by hafnium carbides after exposure to high temperature air</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials at High Temperatures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 31 (3), pp.266-273. </w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1179/1878641314Y.0000000023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02553782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Temperature Oxidation of HfC-Containing Chromium-Rich Iron-Based Alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oxidation of Metals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 82 (1-2), pp.33-48. </w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11085-014-9475-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetics of high temperature oxidation of chromium rich HfC reinforced cobalt based alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corrosion Engineering, Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 49 (1), pp.45-54. </w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1179/1743278213Y.0000000105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02541582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elaboration and Metallographic Study of M - 25Cr - based Alloys Containing Hafnium Carbides (M=Co, Ni or Fe): M icro structures in the As - cast S tate and after E xposure at 1200°C.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alloys and Compounds</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 1 (1), pp.3-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01299879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanical and Chemical Properties at High Temperature of {M- 25Cr}-based Alloys Containing Hafnium Carbides (M=Co, Ni or Fe): Creep Behavior and Oxidation at 1200°C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Conrath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Material Science and Technology Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 1, pp.7-14. </w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15377/2410-4701.2014.01.01.2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02300916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructure evolution at high temperature of chromium-rich iron-based alloys containing hafnium carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Materials Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 105 (8), pp.717-724. </w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3139/146.111085⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01291826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetics of High Temperature Oxidation and Chromia Volatilization for HfC-Containing Nickel-Based Alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oxidation of Metals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 81 (3-4), pp.393-405. </w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11085-013-9449-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High temperature oxidation behavior of chromium-rich alloys containing high carbides fractions. Part I: Nickel-base alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials and Corrosion / Werkstoffe und Korrosion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 64 (7), pp.567-577. </w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/maco.201106250⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02541177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melting ranges of selected parent and solder dental alloys used for fixed partial dentures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal de March</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Vallata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Birsena Dervisevic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science : An Indian Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 9 (7), pp.266-271</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corrosion of dental alloys for fixed partial denture when exposed to high anodic potentials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Helfer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal de March</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science : An Indian Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 9 (7), pp.260-265</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal expansion of selected parent dental alloys used for fixed partial denture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal de March</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science : An Indian Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 9 (8), pp.304-311</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01283881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of Water Vapour on the Rate of Oxidation of a Ni–25wt.%Cr Alloy at High Temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Vilasi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oxidation of Metals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 79 (5-6), pp.517-527. </w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11085-012-9339-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02189092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elaboration and Metallographic Study of {M-25Cr}-based Alloys Containing Hafnium Carbides (M=Co, Ni or Fe): Microstructures in the As-cast State and after Exposure at 1200°C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Alloys and Compounds</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 1, pp.3 - 14. </w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7726/aac.2013.1002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02352395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High temperature oxidation behavior of chromium-rich alloys containing high carbides fractions. Part I: Nickel-base alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials and Corrosion / Werkstoffe und Korrosion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 64 (7), pp.567-577. </w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/maco.201106250⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01289975v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modification of the Corrosion Properties of a Model Fe-8Ni-18Cr Steel Resulting from Plastic Deformation and Evaluated by Impedance Spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Girardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Frigerio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Scholarly Research Notices</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 2012, pp.1-6. </w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5402/2012/764032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02534948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avoiding or Promoting Graphite in Carbon-Rich Chromium-Containing CoNiFe Cast Alloys-Part 1: Preliminary Thermodynamic Exploration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISRN Thermodynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, </w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5402/2012/308795⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02334384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and Thermodynamic Exploration of the High-Temperature Microstructures of Co-30 wt.% Cr- (2.5-5.0 wt.%) C Alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie Hestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Schweitzer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Phase Equilibria and Diffusion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 33 (1), pp.29-39. </w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11669-011-9977-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02534971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determination of Diffusion Coefficients Using Thermogravimetric Measurements during High Temperature Oxidation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Defect and Diffusion Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 323-325, pp.289-294. </w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4028/www.scientific.net/DDF.323-325.289⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02476900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal Expansion Behaviour of Ternary Nickel-Based, Cobalt-Based, and Iron-Based Alloys Containing Very High Fractions of Carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISRN Metallurgy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 2012, pp.1-9. </w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5402/2012/750914⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02336850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the oxidation mechanism of niobium-base in situ composites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Knittel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Vilasi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corrosion Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 60, pp.181-192. </w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.corsci.2012.03.037⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04058028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avoiding or Promoting Graphite in Carbon-Rich Chromium-Containing CoNiFer Cast Alloys—Part 2: Microstructures of the Elaborated Alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie Hestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Souaillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Dia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moussa Ba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISRN Thermodynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 2012, pp.1-7. </w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5402/2012/587584⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02352392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation Start Detection on Heating Parts of Thermogravimetry Curves for High Temperature Alloys Based on Nickel, Cobalt or Iron</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Open Corrosion Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 4, pp.1 - 8. </w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2174/1876503301104010001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02314909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protection of cobalt-based refractory alloys by chromium deposition on surface. Part I: Sub-surface enrichment in chromium by packcementation and diffusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Vilasi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Steinmetz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Surface and Coatings Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 205 (12), pp.3708-3715. </w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.surfcoat.2011.01.027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02473564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chromium Deposition on Cobalt-Based Alloys by Pack-Cementation and Behaviour of the Coated Alloys in High Temperature Oxidation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Vilasi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Steinmetz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Open Corrosion Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 4, pp.27 - 33. </w:t></w:r><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2174/1876503301104010027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02314912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protection of cobalt-based refractory alloys by chromium deposition on surface. Part II: Behaviour of the coated alloys in oxidation at high temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Vilasi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Steinmetz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Surface and Coatings Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 205 (23-24), pp.5241-5247. </w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.surfcoat.2011.03.067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02473570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal expansion of chromium-rich iron-based or iron /nickel-based alloys reinforced by tantalum carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Hamini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 47 (3), pp.319-326. </w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11003-011-9399-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02538655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructures et duretés d'alliages ternaires de type M-30%Cr-0 A 5%C contenant une quantité croissante de carbures de chrome. Partie 3 : Alliages à base de cobalt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie Hestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Souaillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierric Lemoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Chimie - Science des Matériaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 36 (3), pp.193 - 204. </w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/acsm.36.193-204⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02165551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructures et duretés d'alliages ternaires de type M-30%Cr-0 a 5%C contenant une quantité croissante de carbures de chrome. Partie 1 : Alliages à base de nickel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Souaillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie Hestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierric Lemoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Schweitzer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Chimie - Science des Matériaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 35 (5), pp.291 - 301. </w:t></w:r><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/acsm.35.291-301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02165545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructures et duretés d'alliages ternaires de type M-30%Cr-0 A 5%C contenant une quantité croissante de carbures de chrome. Partie 2 : Alliages à base de fer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Dia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moussa Ba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierric Lemoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Villeger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Chimie - Science des Matériaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 36 (1), pp.27-36. </w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/acsm.36.27-36⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02165549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the morphologic evolution of the eutectic carbides at high temperature on the thermal expansion behavior of refractory cast alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Heil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Alloys and Compounds</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 504, pp.243 - 250. </w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jallcom.2010.05.101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02186147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Refractoriness, Microstructures and High Temperature Oxidation of TaC-Reinforced Iron-Based Alloys Protected by Chromium-Rich Coatings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Vilasi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Steinmetz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 72, pp.53-58. </w:t></w:r><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4028/www.scientific.net/AST.72.53⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02482373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">INFLUENCE DES CARBURES DE CHROME SUR LE COMPORTEMENT THERMODILATOMETRIQUE D'ALLIAGES TERNAIRES BASE NICKEL, BASE COBALT ET BASE FER A HAUTE TENEUR EN CARBONE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierric Lemoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Chimie - Science des Matériaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 34, pp.61 - 76</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02164339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OXYDATION A HAUTE TEMPERATURE D’ALLIAGES BASE COBALT DE FONDERIE RENFORCES PAR DIFFERENTS TYPES DE CARBURES MC (M = Ta, Nb, Hf ou Zr)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Chimie - Science des Matériaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02165544v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Room temperature hardness of carbides-strengthened cast alloys in relation with their carbon content and the aging temperature. Part II: Case of cobalt alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, pp.663 - 669. </w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1179/174328408X339251⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02431616v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High temperature properties of several chromium-containing Co-based alloys reinforced by different types of MC carbides (M=Ta, Nb, Hf and/or Zr)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Alloys and Compounds</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 481, pp.746 - 754</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02166449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermogravimetric Study of Oxide Spallation for Chromium-Rich Cast Cobalt-Based and Iron-Based Alloys Oxidized at High Temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Open Corrosion Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 2, pp.61 - 70. </w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2174/1876503300902010061⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02314898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High temperature microstructures of ternary Co-30wt.% Cr - based alloys over the [0 to 2.0wt.%] carbon range</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierric Lemoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann Ravaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Alloys and Compounds</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 467, pp.227 - 234</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02166439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of a Preliminary Aging Treatment on the Oxidation Kinetic at High Temperature for a Cobalt-Based Alloy Strengthened by Tantalum Carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Heil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Open Corrosion Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 2, pp.150 - 156. </w:t></w:r><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2174/1876503300902010150⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02314902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrochemical Behavior of Alloys for Fixed Partial Denture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal de March</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Open Corrosion Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 2, pp.8 - 16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02321225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Room temperature hardness of carbides strengthened cast alloys in relation with their carbon content and aging temperature. Part 3 -Case of iron alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, pp.1003 - 1008. </w:t></w:r><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1179/174328409X430519⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02433205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Room temperature hardness of carbides-strengthened cast alloys in relation with their carbon content and the aging temperature. Part I: Case of nickel alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, pp.657_622. </w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1179/174328408X339242⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02427757v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de l'élément de base et de la densité des carbures sur l'oxydation à haute température d'alliages M-30Cr-xC (M = Co, Ni, Fe). Partie I : Constantes cinétiques parabolique et de volatilisation de Cr2O3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Chimie - Science des Matériaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 33 (3), pp.225-245. </w:t></w:r><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/acsm.33.225-245⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02164331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of tantalum on the rates of high temperature oxidation and chromia volatilization for cast (Fe and/or Ni)-30Cr-0.4C alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin Hamini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, High Temperature Corrosion and Protection of Materials 7, 595-598, pp.861-870. </w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4028/www.scientific.net/MSF.595-598.861⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02275492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and Thermodynamic Study of Nickel-Base Alloys containing Chromium Carbides: Part I -Study of the Ni-30wt.%Cr-xC System over the [0 to 2.0%wt.C] Range</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Lemoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Calphad</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, </w:t></w:r><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.calphad.2008.06.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02423317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the behavior in oxidation at high temperature of Ni, Co and Fe-base alloys containing very high fractions of carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierric Lemoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 595-598, pp.871 - 880. </w:t></w:r><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4028/www.scientific.net/MSF.595-598.871⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02275495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de l'orientation dendritique sur la cinétique d'oxydation à haute température d'alliages de nickel contenant des carbures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Noël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Chimie - Science des Matériaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 33 (1), pp.59 - 80. </w:t></w:r><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/acsm.33.59-80⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02164329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructures at high temperature of Fe-30 wt.% Cr- x C Alloys with x varying from 0 to 2 wt.%</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierric Lemoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann Ravaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Materials Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 99 (9), pp.964-972. </w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3139/146.101725⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02356092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">INFLUENCE DE L'ELEMENT DE BASE ET DE LA DENSITE DES CARBURES SUR L'OXYDATION A HAUTE TEMPERATURE D'ALLIAGES M-30Cr-xC (M = Co, Ni, Fe). PARTIE II : CARACTERISATION DE LA MICROSTRUCTURE SUB-CORTICALE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Chimie - Science des Matériaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 33 (3), pp.247-265</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02164338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and Thermodynamic Study of Nickel-Base Alloys containing Chromium Carbides: Part II -Study of the Sub-Surface Characteristics of Ni-30%wt.Cr-xC Alloys oxidized at High Temperature using Thermodynamic Calculations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Calphad</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, </w:t></w:r><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.calphad.2008.06.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02423323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and thermodynamic study of nickel-based alloys containing chromium carbides, Part I: Study of the Ni–30 wt% Cr–xC system over the [0–2.0 wt% C] range</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Lemoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Calphad</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 32 (3), pp.485-491. </w:t></w:r><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.calphad.2008.06.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02356081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of Chromium Carbides on the High Temperature Oxidation Behavior and on Chromium Diffusion in Nickel-Base Alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oxidation of Metals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 68 (1-2), pp.77-96. </w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11085-007-9062-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and Thermodynamic Study of Tantalum-containing Iron-base Alloys reinforced by Carbides: Part I-case of (Fe, Cr)-base ferritic steels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y Hamini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Héricher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Calphad</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, </w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.calphad.2007.01.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02406116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and Thermodynamic Study of Tantalum-containing Iron-base Alloys reinforced by Carbides: Part II-case of (Fe, Ni, Cr)-base austenitic steels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y Hamini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Héricher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Calphad</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, </w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.calphad.2007.01.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02406120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of dendritic orientation on the high temperature oxidation kinetic of tantalum-containing nickel-base alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Vebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Materials Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 42 (1), pp.352-362. </w:t></w:r><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10853-006-1033-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02190825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ÉTUDE CINÉTIQUE DE L’OXYDATION À HAUTE TEMPÉRATURE ET DE LA VOLATILISATION DE LA CHROMINE POUR DES SUPERALLIAGES DE FONDERIE RENFORCES PAR CARBURES. PARTIE II : CAS DE SUPERALLIAGES BASE COBALT ET INFLUENCE DE LA FINESSE DENDRITIQUE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steven Raude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Chiaravalle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Chimie - Science des Matériaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 31 (2), pp.237-258</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02162959v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude cinétique de l'oxydation à haute température et de la volatilisation de la chromine pour des superalliages de fonderie renforces par carbures. Partie I : Cas d'alliages base nickel contenant du tantale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Vebert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Chimie - Science des Matériaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 31 (2), pp.213 - 235. </w:t></w:r><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/acsm.31.213-235⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02162958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetics of High Temperature Oxidation and Chromia Volatilization for a Binary Ni–Cr Alloy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oxidation of Metals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 64 (3-4), pp.235-252. </w:t></w:r><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11085-005-6562-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of Carbide Transformations during High-Temperature Oxidation of Nickel-Base Superalloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Vébert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Podor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Rapin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oxidation of Metals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 63 (1-2), pp.57-72. </w:t></w:r><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11085-005-1951-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and Thermodynamic Study of the Microstructure of Tantalum containing Nickel-base Alloys at High Temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Vébert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Michon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Calphad</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, </w:t></w:r><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.calphad.2004.07.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02406112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">State of the Sub-surface Microstructure of Carbides strengthened cast Superalloys after High Temperature Oxidation -Use of Thermodynamic Modelling for a better Understanding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Podor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 461-464, pp.1117 - 1124. </w:t></w:r><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4028/www.scientific.net/MSF.461-464.1117⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02275486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution microstructurale d'un superalliage de fonderie à base de cobalt à haute température. Conséquences sur ses propriétés thermomécaniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Steinmetz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de Métallurgie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 101 (9), pp.651-662. </w:t></w:r><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/metal:2004116⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02108938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the Microstructural Texture of Cast Superalloys on their High-Temperature Oxidation Behaviour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Raude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. S. Renck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Podor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials Science Forum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 461-464, pp.1173 - 1180. </w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4028/www.scientific.net/MSF.461-464.1173⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02275489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the microstructure texture of nickel base and cobalt base cast superalloys on their oxdation behaviour at high temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steven Raude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Chiaravalle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Renck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de Métallurgie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 101 (12), pp.1031-1042. </w:t></w:r><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/metal:2004109⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02108983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and Thermodynamic Study of the Microstructure Evolution in Cobalt-base Superalloys at High Temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J C Gachon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Calphad</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, </w:t></w:r><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.calphad.2004.01.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02398211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxydation à haute température et corrosion par le verre fondu de superalliages base cobalt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Di Martino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Podor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Chimie - Science des Matériaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 28 (Suppl. 1), pp.S231 - S238</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02162956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermodynamic Calculations for Studying High Temperature Oxidation of Superalloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Di Martino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Noël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Calphad</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, </w:t></w:r><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.calphad.2003.12.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02398209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Application of Thermodynamic Calculations to Study High Temperature Behavior of TaC-Strengthened Co-base Superalloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R Podor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Calphad</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, </w:t></w:r><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.calphad.2003.12.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02398210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de la formation de la peau en coulée continue sans solidification au ménisque. II. Mécanismes de formation des marques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Lesoult</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de Métallurgie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 98 (12), pp.1093-1107. </w:t></w:r><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/metal:2001150⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02108858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de la formation de la peau en coulée continue sans solidification au ménisque. I. Caractéristiques de surface des produits de coulée continue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Lesoult</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de Métallurgie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 97 (12), pp.1441-1453. </w:t></w:r><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/metal:2000120⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02108829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (124)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Troubles in the solidification process of 15%Al-containing cobalt alloys very rich in TaC carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès SCF Nord Est 2026</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2026, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05496208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the influence of the presence of silicon on the corrosion behavior of iron in sulfuric acid using EIS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Estephan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Stavanger (NOR), Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05314990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alliages de fonderie base Ni ou Co renforcés par carbures TaC et contenant de l’aluminium à la place du chrome pour la résistance à l’oxydation à 1200°C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Annuelles SF2M 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Villeneuve d’Ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05322988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidized surfaces and deteriorated subsurfaces of HEAs and MC-strengthened HEAs oxidized at high temperature in presence of water vapor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghouti Medjadhi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TMS2025 154th Annual Meeting &amp; Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Las Vegas (Nevada ), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05034208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">As-cast microstructure, hardness and high temperature creep behavior of an equimolar CoNiFeCr alloy; effects of a Ti or Ta addition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasmina El Hadad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyna Amrouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romin Chevalme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siouare Hammi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TMS2025, 154th Annual Meeting &amp;Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Las Vegas (Nevada ), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05017338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potential / HNE (mV) : Corrosion behavior of a cast Cantor's alloy in an artificial saliva with various pH values</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zixian Liao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Stavanger (NOR), Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05314995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metallographic follow-up of the oxidation progress with time of cast Cantor alloy at 1000°C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyna Amrouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romin Chevalme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siouare Hammi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasmina El Hadad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Etienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TMS2025 154th Annual Meeting &amp; Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2025, Las Vegas (Nevada ), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05012805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de l’introduction de Ti ou Ta sur l’oxydation à 1200°C d’alliages CoNiFeCr équimolaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siouare Hammi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yasmina El Haddad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyna Amrouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romin Chevalme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Annuelles SF2M 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2025, Villeneuve d´Ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05322986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermo-mechanical Behavior of HEA Alloys Containing Interdendritic MC Carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Vernière</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TMS 2024 153rd Annual Meeting &amp; Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Orlando (FL), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04471716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comme en sport, dans l’industrie aussi le “fer plait”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chimie &amp; Terroir 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Baccarat (54120), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04576478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tous les métaux ne sont pas égaux face à la CORROSION</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cordées de la réussite 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Vandoeuvre Lès Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04576230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dependence on their Mn and Cr contents of the microstructures, melting range and high temperature creep behaviors of Cantor’s alloy and versions strengthened by MC carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Gay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Spaeter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassima Chenikha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TMS2024 153rd Annual Meeting &amp; Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Orlando (Florida), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04471735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High temperature oxidation of HEAs and MC-strengthened HEAs in presence of water vapor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghouti Medjahdi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TMS 2024 153rd Annual Meeting &amp; Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Orlando, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04471705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comme en sport, dans l’industrie aussi le “fer plait”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chimie &amp; Terroir 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Baccarat, France. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04576459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation de l'intérieur des alliages métalliques - Exemple des fontes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cordées de la Réussite</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Vandoeuvre Lès Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04089745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Refractory alloys based on Niobium and Chromium cast with addition of various elements for promoting MC carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aerospace &amp; Aeronautics Research Conference AeroResCon 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Fiano Romano (Virtual), Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04055342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation de l'intérieur des alliages métalliques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cordées de la Réussite</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Vandoeuvre Lès Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04089753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strengthening against creep at elevated temperature of HEA alloys of the CoNiFeMnCr type using MC-carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TMS2023 152nd TMS Annual meeting &amp; Exhibition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, San Diego, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04054268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation de l’intérieur des alliages métalliques - Reconnaître des fontes et les aciers quand on les regarde au microscope</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cordées de la Réussite</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Vandoeuvre-lès-Nancy, France, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04116612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation de l’intérieur des alliages métalliques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cordées de la Réussite</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Vandoeuvre Lès Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04089749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characteristics and resistance against spallation of the oxides formed at high temperature on {Co, Ni}-based chromium-rich cast alloys containing titanium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthia Annick Ozouaki Wora</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2022 : European Corrosion Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Berlin (Germany), Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04547571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Propriétés à température élevée en atmosphère oxydante d'alliages à haute entropie renforcés par carbures de type MC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matériaux 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Lille, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03842798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidized states of chromium-rich {Co,Ni}-based alloys rich in tantalum to form TaC carbides after exposure at 1250°C in air</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul Gomis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2022 : European Corrosion Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Berlin (Germany), Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04547575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Equimolar CoNiFeMnCr High Entropy Alloys added with HfC or TaC carbides: possible alternative alloys to superalloys based on the critical Co element and strengthened by HfC or TaC for high temperature applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TechConnect WORLD INNOVATION Conference &amp; Expo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Washington DC, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03703375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Partial or total substitution of Cobalt by Nickel, and of Hf by Ta or Zr, in cast polycrystalline chromium-rich superalloys strengthened by HfC or TaC for high temperature applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assane Kane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safa Tlili</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TechConnect WORLD INNOVATION Conference &amp; Expo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Washington DC, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03702728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comportements au fluage et à l'oxydation à 1100°C d'alliages base nickel-chrome renforcés par des carbures ZrC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safa Tlili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matériaux 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Lille, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03841081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A systematic study of the effect of the nickel and cobalt respective proportions in M–30Cr alloys (M = Ni and/or Co) on their behavior in oxidation at high temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Padox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthias Jollain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2022 : European Corrosion Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Berlin (Germany), Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04547564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploration of the high temperature oxidation of the M-30Cr alloys (M = Co and/or Ni) containing tantalum in absence of carbon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Schumacher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yona Ait Meddour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2022 : European Corrosion Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Berlin (Germany), Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04547566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La MÉTÉO des MÉTAUX</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fête de la Science à la Faculté des Sciences et Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Vandoeuvre-lès-Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03187245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de la perte d’adhérence et du processus d’écaillage de la couche d’oxyde externe formée sur l’alliage à haute température par l’exploitation des mesures thermogravimétriques : principe et quelques exemples</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Instrumentation &amp; méthodes d’analyses pour étudier le couplage Mécanique / Diffusion / Oxydation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Compiègne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractéristiques des carbures MC primaires présents dans des alliages réfractaires et superalliages polycristallins de bases diverses obtenus par fonderie classique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Annuelles du GDR “SAM”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2018, Villeneuve d'Ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03189203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavior of three cast chromium-rich cobalt-based alloys in oxidation at 900°C in a 100% water vapour atmosphere</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélissa Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Ginestar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2018 (European Corrosion Congress)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Cracovie, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03226867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavior at elevated temperature of cobalt-based superalloys strengthened by ZrC carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pacific Operational Science and Technology conference (POST 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Honolulu (Hawai'i), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03251169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Properties at elevated temperature of cobalt-based superalloys containing TaC or NbC carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélissa Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pacific Operational Science and Technology conference (POST 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Honolulu, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03468306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corrosion study in artificial saliva of dental alloys based on cobalt and chromium, using electrochemical stationary methods and EIS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Kretz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 European Corrosion Congress (Eurocorr 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Cracovie, Poland. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03199698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Degradation at 550°C of cast chromium-rich cobalt-based alloys exposed to a H2O-O2-CO2-HCl gaseous mixture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Souchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Cracovie, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03207203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude électrochimique en salive artificielle de l'influence de la teneur en chrome sur le comportement en corrosion d'alliages binaires Co-xCr, base de certains alliages dentaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Kretz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Li</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Schweitzer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matériaux 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03197347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HIGH TEMPERATURE CHARACTERISTICS OF ZIRCONIUM CARBIDES-STRENGTHENED COBALT-BASED AND IRON-BASED ALLOYS SPECIFIED USING DIFFERENT THERMAL ANALYSIS METHODS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Peultier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Kuhn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélissa Ritouet-Léglise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st Journal of Thermal Analysis and Calorimetry Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03229273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mechanical and oxidation behaviors at high temperature of ZrC-strengthened superalloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Kuhn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Peultier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Safa Tlili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélissa Ritouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Asian Advanced Materials Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Singapour, Singapore</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03235578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructures and high temperature properties of refractory alloys designed to be TiC-reinforced</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mira Khair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floriane Allegre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Kretz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Asian Advanced Materials Congress 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Diamond Princess, Singapore</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03256064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of the carbon content and of the hardened state on the corrosion behaviour of cast carbon steels in an acidic aqueous milieu. Part1: Study of the possible carbon content influence on the obtaining conditions and on the stability of the passive state</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manale Belhabib</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03283828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High temperature oxidation behaviour of cast cobalt-based Cr-rich alloys reinforced by titanium carbides. Part 1: Mass gain kinetics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mira Khair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03271529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High Temperature Oxidation Behavior of Cast Cobalt-Based Superalloys versus the Nature of their Reinforcing Carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélissa Ritouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Symposium on High-Temperature Corrosion and Protection of Materials (HTCPM 2016) – May 20-25, 2016 - Les Embiez (France)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Les Embiez, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03337098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corrosion behaviours in acidic solution of spheroidal cast irons highly alloyed with nickel or cobalt. Part 1: Elaboration and microstructures of the alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamel Meridja</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03271532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the Water Vapor Presence on the High Temperature Oxidation Behavior of two Chromium-Rich Cobalt-Based Alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Schweitzer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Symposium on High-Temperature Corrosion and Protection of Materials (HTCPM 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Les Embiez, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03352260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High temperature behaviour of chromium-nickel alloys with Ni varying from 50 to 0 wt.%</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Beyond Nickel-based Superalloys II 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Cambridge, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03289652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the chemical composition and of the hardened state of four cast Ni-based and Co-based cast alloys on their behaviour in corrosion by an artificial saliva. Part 1: Case of the nickel alloy studied using stationary electrochemical techniques and EIS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Princilia Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03289536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High temperature properties of ZrC-strengthened Co-based and Fe-based cast superalloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Peultier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Kuhn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Beyond Nickel-Based Superalloys II</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Cambridge, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03289783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal and mechanical properties at high temperature of Co-based superalloys strengthened by MC Carbides with M=Ta or Nb</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélissa Ritouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Beyond Nickel-based Superalloys II 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Cambridge, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03289654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High temperature properties of several families of TiC-reinforced cast superalloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floriane Allegre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Kretz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mira Khair</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélissa Ritouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Beyond Nickel-Based Superalloys II</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Cambridge, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03289784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of the nanostructuration of skutterudite materials on their oxidation behaviours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Drevet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Benyahia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Driss Kenfaui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Masschelein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03269225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavior in High Temperature Oxidation of a cast Nickel-based Superalloy reinforced by Niobium Carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélissa Ritouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Symposium on High-Temperature Corrosion and Protection of Materials (HTCPM 2016)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Les Embiez, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03328570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of water vapour in air and of TaC carbides in alloy on the high temperature oxidation of cobalt-based refractory alloys. Part 2: Kinetic results in oxidation in wet air and comparison with dry air</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Villeger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Graz, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03377241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the isothermally formed oxide thickness and of the cooling rate on the oxide scale spallation behaviour of chromia-forming Ni-based alloys; thermogravimetry and post-mortem study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Graz, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03391596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surface states of chromium-rich HfC-containing Co-based, Ni-based and Fe-based alloys after oxidation at 1000 and 1100°C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Graz, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03418205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation behaviours at 1,000, 1,100 and 1,200°C of a 32.5wt.%Cr -containing Co-based alloy reinforced by hafnium carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2015 (The European Corrosion Congress )</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Graz, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03359261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation behaviours at 1,200°C of cast pure chromium and of binary cast alloys belonging to the chromium-rich half of the Cr-Ni diagram (50 to 100wt.%Cr) at 1,200°C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Graz, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03418334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of the presence of water vapour on the high temperature oxidation of a Co-10Ni-30Cr alloy. Part 2: Kinetic results in oxidation in wet air and comparison with dry air</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Villeger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Graz, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03377268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetic of oxidation of chromium-rich HfC-containing Co-based and Ni-based alloys between 1000 and 1100°C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Pise, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03476176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavior in High Temperature Oxidation of Cast Chromium-rich Co-based, Ni-based and Fe-based Alloys containing Very High Fractions in Tantalum Carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Corona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISHOC 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Hakodate, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03558886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavior in Oxidation at 1200°C of Cast Co-based, Ni-based and Fe-based Alloys Containing HfC Carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISHOC 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Hakodate, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03563882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kinetic of oxidation at 1000, 1100 and 1200°C of 32.5wt.%Cr-containing Co-based alloys reinforced by hafnium carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Pise, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03501487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the High Temperature Oxidation in Vapor-rich Air of Cast Chromia-forming Nickel-based and Cobalt-based Alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Navet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Leroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISHOC 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Hakodate, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03563895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influences of the Base Element, the Oxide Scale Thickness and the Cooling Start Temperature on the Oxide Spallation of Cast Alloys during the Post-Isothermal Oxidation Cooling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISHOC 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Hakodate, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03579348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of the presence of water vapour on the high temperature oxidation of Co-10Ni-30Cr and Co-10Ni-30Cr-0.5C alloys. Part 1: Results in oxidation in dry air</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Navet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Pisa, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03527675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carbide transformations occurring between 1000 and 1100°C in the sub-surface of a Ni-25Cr-0.50C alloy induced by hot oxidation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Pise, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03518169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution microstructurale à haute température d’alliages à base cobalt, nickel et/ou fer riches en chrome et contenant de très fortes fractions de carbures de tantale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Pierson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Duretz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Corona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matériaux 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03427185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comportement microstructural à haute température d’alliages à base Co, Ni ou Fe riches en chrome et contenant des carbures HfC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matériaux 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03427186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comportement en oxydation à haute température d’alliages à base cobalt, nickel ou fer riches en chrome et contenant de très fortes fractions de carbures de tantale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Corona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Duretz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaël Pierson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matériaux 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03427187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surface states of refractory alloys rich in chromium and strengthened by different types of MC carbides after oxidation at high temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Estoril, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03602625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation at high temperature of two commercial cobalt-based superalloys elaborated by casting and obtained with a fine microstructure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Frigério</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Girardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Estoril, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03584573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavior in oxidation at high temperature of three chromium-rich refractory alloys highly strengthened by TaC carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Corona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Estoril, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03598463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxidation at high temperature of chromium-rich Co, Ni and Fe-based alloys very rich in tantalum carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Corona</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MST'13</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03583103v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructure evolution and oxidation behavior at high temperature of cobalt-based superalloys strengthened by hafnium carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Conrath</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Beyond Nickel-Based Superalloys</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Bad Berneck, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03609889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the ratio and direction of compression on the corrosion behaviour of plastically deformed iron-based alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Girardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Frigerio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Istanbul, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03626880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PACK-CEMENTATION OF CHROMIUM ON Co, Ni AND Fe-BASED CARBIDES-STRENGTHENED ALLOYS: INFLUENCE OF THE CARBIDES NATURE ON THE Cr-ENRICHMENT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Vilasi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th International Conference on Surface Modification Technologies (SMT26)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Ecully, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03628399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of Water Vapour on the Rate of Oxidation of a Ni-25wt.%Cr Alloy at High Temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Vilasi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Symposium on High-Temperature Corrosion and Protection of Materials (HTCPM 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Les Embiez, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03634309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changes of corrosion behaviour in a sulphuric acid solution for different metals and alloys after plastic deformation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sullivan de Sousa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Stockholm, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03636092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Casting and characterization of Ni-, Fe(Ni)- and Fe-based 30%Cr-containing alloys strengthened by TaC; comparison with thermodynamic calculations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Vebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin Hamini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Héricher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40th International Conference on Computer Coupling of Phase Diagrams and Thermochemistry (Calphad XL)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Rio de Janeiro, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03650153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental and thermodynamic study of ternary Fe-30Cr-xC carbon-rich alloys with x varying from 2.5 to 5.0 wt.%</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moussa Ba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Dia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Schweitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Calphad XL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Rio de Janeiro, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03661630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermodynamic calculations used for characterizing the sub-surface changes induced by high temperature oxidation for carbides-reinforced alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Calphad XL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Rio de Janeiro, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03661626v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behaviour of carbides-rich {Co, Ni or Fe (bal.) -30Cr -2.5 to 5wt.%C} ternary alloys in oxidation at high temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Moussa Ba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Dia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie Hestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Souaillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2011</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Stockholm, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03643326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protection of simple cast cobalt-based alloys by pack-cementation Cr-deposit and study of their behaviour in high temperature oxidation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Vilasi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Steinmetz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Moscou, Russia. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03727969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the chemical composition of nickel & chromium – based dental alloys on their corrosion behaviour in an artificial saliva</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Kedinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leslie Janiaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Vaillant-Corroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Clément</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal de March</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Moscou, Russia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03688832v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Refractoriness, microstructures and high temperature oxidation of TaC-reinforced iron-based alloys protected by chromium-rich coatings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Vilasi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Steinmetz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CIMTEC 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Montecatini Terme, Italy. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03727974v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behaviour in high temperature oxidation of chromium-rich cobalt alloys reinforced by different types of MC carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Moscou, Russia. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03720541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructures et duretés d’alliages nickel-chrome, cobalt-chrome et fer-chrome très riches en carbone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ophélie Hestin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Souaillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Lemoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matériaux 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03677694v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude électrochimique de la corrosion en salive artificielle d’alliages dentaires pour armature de prothèse fixée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal de March</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matériaux 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03668660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId649" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de la morphologie des carbures primaires sur les comportements thermodilatométrique et en oxydation à haute température d’alliages de fonderie à base de nickel et à base de cobalt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Heil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matériaux 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2010, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId649" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03670997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the behaviour of different dental alloys in case of exposure to high and very high potentials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal de March</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Helfer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Moscou, Russia. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03712404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of the transient oxidation at heating in the case of simple chromium-containing alloys reinforced by carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2009 : The European Corrosion Congress "Corrosion from the Nanoscale to the plant"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Nice, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03823895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of carbides morphologies changes on the behaviour of preliminary aged alloys in high temperature oxidation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Heil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2009 : The European Corrosion Congress "Corrosion from the Nanoscale to the plant"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Nice, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03814463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metallography study of the surface states of alloys heated at very high temperatures in oxidizing conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johann Ravaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03792432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de l’influence d’éléments minoritaires sur le comportement électrochimique d’aciers coulés légèrement alliés dans une solution d’acide sulfurique molaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Hernaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d’électrochimie 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Sinaia, Roumanie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03834259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correlation between the external oxide scale adherence and the bulk's thermal expansion behaviour for several carbidesstrengthened refractory alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Edinburgh, United Kingdom. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03876364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Several possible consequences of high temperature oxidation for the subsurface microstructure of carbides containing alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Édimbourg, United Kingdom. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03887726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of the possible galvanic corrosion of several prosthetic alloys coupled with their usual post-solder in an artificial saliva</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal de March</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId659" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victor Greset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId660" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Haux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Edinburgh, United Kingdom. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03850459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId661" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrochemical properties of dental alloys in various simple solutions simulating saliva</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal de March</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId662" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine d'Agostino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix Romder</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Edinburgh, United Kingdom. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId661" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03864892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId664" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of tantalum on the rates of high temperature oxidation and chromia volatilization for cast (Fe and/or Ni)-30Cr-0.4C alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin Hamini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Symposium on High-Temperature Corrosion and Protection of Materials (HTCPM 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Les Embiez, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03894041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId665" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude électrochimique du comportement en corrosion des alliages et brasures dentaires utilisés en prothèse fixée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal de March</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'électrochimie 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03923381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId666" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influences of the base element and of the density of carbides on the high temperature oxidation behaviour of M-Cr-C alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Podor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Freiburg Im Breisgau, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03913249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId667" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High temperature oxidation behaviour of alloys containing very high densities of carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierric Lemoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Freiburg im Breisgau, Germany. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId667" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03906066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId668" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of tantalum on the rates of high temperature oxidation and chromia volatilization for cast (Fe and/or Ni)-base low carbon alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin Hamini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Freiburg Im Breisgau, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId668" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03911584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId669" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corrosion du chrome dans les verres fondus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Carton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Podor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d’Electrochimie 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2007, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId669" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03915993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId671" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cinétiques d’oxydation à haute température et de volatilisation de la chromine dans le cas de superalliages renforcés par carbures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Abdelouhab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Podor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Science des Surfaces de la Fédération Jean Lamour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2006, Nancy (France), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId671" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04000093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId672" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence des carbures de chrome sur le comportement thermodilatométrique d'alliages métalliques réfractaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierric Lemoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId673" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Hericher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matériaux 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2006, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId672" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03929872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conséquences de l'évolution microstructurale à haute température sur les propriétés de traction à chaud d'un superalliage base cobalt renforcé par des carbures de tantale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Steinmetz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matériaux 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2006, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03973978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId675" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude microstructurale et thermodynamique des propriétés à haute température d'alliages base nickel et/ou fer renforcés par carbures de chrome et de tantale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yassin Hamini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId673" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Hericher</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matériaux 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2006, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId675" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03982397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId676" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence du tantale et de la finesse microstructurale sur le comportement en oxydation à haute température de superalliages de fonderie base nickel et base cobalt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Vebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steven Raude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Chiaravalle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matériaux 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2006, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId676" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03984658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId677" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet de l'orientation dendritique sur le comportement en oxydation à haute température d'alliages base nickel contenant du tantale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Vebert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Podor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Matériaux 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2006, Dijon (Bourgogne), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId677" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03999675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId678" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of dendrites orientation on the high-temperature oxidation behaviour of cast nickel alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Noël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId679" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Guestin-Grandmougin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocorr 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Lisboa, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId678" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04015348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId680" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chemical composition of titanium preformed orthodontic archwires - A preliminary report</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId681" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Genin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Steinmetz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId682" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Pierryle Filleul</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Orthodontic Society congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId680" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04019849v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId683" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the Microstructural Texture of Cast Superalloys on their High-Temperature Oxidation Behaviour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId684" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Raude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Renck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Podor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th Symposium on High Temperature Corrosion and Protection of Materials (HTCPM6)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2004, Les Embiez, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId683" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04020660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId685" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corrosion of superalloys in molten glass - Electrochemical characterization of the passive state</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Di Martino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Podor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Steinmetz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">James R. Varner; Thomas P. Seward; Helmut A. Schaeffer. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference “Advances in Fusion and Processing of Glass"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, Rochester, United States. Wiley, Advances in Fusion and Processing of Glass III, 141, pp.496, 2004, Ceramic Transactions Series</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId685" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04063680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId686" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of the dendritic orientation on the high temperature oxidation behavior of cast nickel base superalloys strengthened by carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId687" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Noel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId688" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Di Martino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R Podor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gordon Research Conference "High Temperature Corrosion"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2003, New London (New Hampshire), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId686" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04067017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId689" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrochemical study of cobalt base superalloys' corrosion by a molten glass ; influence of alloy's microstructure and of the chemical composition of the glass</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId688" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Di Martino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R Podor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference “Advances in Fusion and Processing of Glass”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, Rochester, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId689" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04062371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId690" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Some examples of thermodynamical modelisation use for a better understanding of sub-surface microstructural phenomena after high temperature oxidation of superalloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Di Martino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Noël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Calphad XXXII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2003, La Malbaie, Canada. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId690" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04079377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId691" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glass composition dependence of metal corrosion by molten glass</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Podor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Steinmetz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference “Advances in Fusion and Processing of Glass</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, Rochester, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId691" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04033802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId692" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An example of thermodynamical calculations applied to the study of the high temperature behaviour of Co-base superalloys strengthened by tantalum carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Podor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Calphad XXXII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2003, La Malbaie, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId692" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04079345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using thermodynamical modelisation to predict the evolution of Co-base superalloys’ microstructures at high temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Mathieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Gachon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CALPHAD XXXII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2003, La Malbaie, Canada. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04068601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electrochemical Study of Metal and Alloys Corrosion by Molten Glasses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Di Martino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Podor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Steinmetz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Corrosion Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2002, Grenade, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04100685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId695" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new determination of the enthapies of formation of tantalum carbides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Gachon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CALPHAD XXX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2001, York, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId695" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04104264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId696" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microstructural and oxidation study of chromia forming Molybdenum-Tungsten based alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId697" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Diliberto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId698" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Steinmetz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">R. Streiff; I. G. Wright; R.C. Krutenat; M. Caillet; A. Galerie. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Symposium On High Temperature Corrosion and Protection Of Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2000, Les Embiez, France. </w:t></w:r><w:hyperlink r:id="rId699" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trans Tech Publications</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, Materials Science Forum, High Temperature Corrosion and Protection of Materials 5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId696" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04104455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High temperature oxidation and corrosion by molten glass of refractory elements-base, Ni-base and Co-base alloys</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId701" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Diliberto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Di Martino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Rapin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Steinmetz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gordon Research Conference on "High Temperature Materials, Processes And Diagnostics"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2000, Plymouth, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04104273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId702" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude à haute température de quelques comportements thermiques et microstructuraux pour trois alliages à base de cobalt alliés avec du nickel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Aranda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Paul K Gomis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId702" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02564348v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId703" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Equiaxed Cast Cobalt-Based Superalloys Strengthened by MC Carbides Able of High Properties at Elevated Temperatures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Top 5 Contributions in Materials Science (2nd Edition)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId704" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AvidScience</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId703" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02973309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId705" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of Water Vapor on High-Temperature Oxidation of Chromia-Forming Materials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId706" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Galerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId707" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.R. Ardigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Berthod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId708" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W. Chandra-Ambhorn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId709" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Trans Tech Publications Ltd. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">French Activity on High Temperature Corrosion in Water Vapor</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 76, , 2014, Foundations of Materials Science and Engineering, 978-3-03785-996-4. </w:t></w:r><w:hyperlink r:id="rId710" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4028/www.scientific.net/MSFo.76⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId705" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04023463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId711" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude des mécanismes de solidification de pièces minces en fonte à graphite sphéroïdal obtenues par unprocessus de solidification pas à pas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Berthod</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre. Institut National Polytechnique de Lorraine, 1993. Français. </w:t></w:r><w:hyperlink r:id="rId712" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 1993INPL050N⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId711" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01752291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId713"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F8367E57"/>
+    <w:nsid w:val="FEB32830"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/patrice-berthod" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8035-927X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/152895035" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502026v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Berthod" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cryst16020125" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402702v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siouare Hammi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Aranda" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rapin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/micro5040057" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440327v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54392/bsr2551" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05044845v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36868/ejmse.2025.10.01.023" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05100335v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04646995v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Gay" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassima Chenikha" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Spaeter" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Etienne" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Verni&#232;re" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47540/ijias.v4i2.971" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04689366v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Portebois" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mathieu" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vilasi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Berthod" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.J. Panteix" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-024-10258-7" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602950v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35534/htm.2024.10002" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04646996v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Berthod" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Aranda" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Gay" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Chenikha" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Spaeter" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15282/jmes.18.2.2024.6.0793" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824846v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/micro4040046" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824844v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyna Amrouche" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cmd5040028" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04994155v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Cazic" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parham Anvari" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Panteix" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2024.136495" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03995382v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merzouk Bouaraba" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junfu Cai" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/micro3010017" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223763v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghouti Medjahdi" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Verni&#232;re" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cmd4040028" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328656v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54392/bsr2322" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281563v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768561v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Synthia Ozouaki" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11003-023-00706-1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768582v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/maco.202213721" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768566v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-023-10170-6" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055500v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Berthod" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440184v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56958/jesi.2023.8.4.363" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768576v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Synthia Annick Ozouaki Wora" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1478422X.2023.2238389" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612181v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cryst12030361" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981764v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15377/2409-983x.2022.09.7" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04450492v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dame Assane Kane" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54392/bsr2224" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03692771v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30564/jmmr.v5i2.4685" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887727v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768592v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Gomis" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Schweitzer" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/maco.202112770" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768587v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09603409.2022.2119327" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612206v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safa Tlili" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cryst12030416" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770633v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-021-06519-8" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725586v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47540/ijias.v2i2.445" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04450474v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assane Dame" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770630v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assane Kane" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00084433.2021.2001298" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409569v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Drevet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas David" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Benyahia" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Driss Kenfaui" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-021-06359-6" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160194v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cryst11020173" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725728v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779185v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met12010010" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140598v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22034/crl.2021.266573.1100" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03138016v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cryst11020159" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770627v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00084433.2021.1996898" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770624v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchemphys.2021.124949" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02908729v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770617v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02670836.2020.1809143" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02953864v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22034/ijnc.2020.669112.1212" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02905044v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32861/sr.67.53.61" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059019v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.9734/AJOCS/2020/v8i419056" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770614v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul K Gomis" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-020-05828-8" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967256v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35702/msci.10006" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489744v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Petitjean" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Veys-Renaux" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2020.125401" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488673v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchemphys.2019.122417" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05037203v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-020-09971-w" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02499538v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Kretz" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34297/AJBSR.2020.07.001109" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490439v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchemphys.2020.123088" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863252v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J P Gomis" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/856/1/012006" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02495046v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610814v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32861/ajc.53.17.24" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05037206v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa L&#233;glise" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Ginestar" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1478422X.2020.1741867" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05037204v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1478422X.2019.1699261" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362360v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31875/2410-4701.2019.06.6" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352403v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30564/jmmr.v2i1.604" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484926v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mira Khair" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.calphad.2019.02.009" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02353395v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Etienne" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31875/2410-4701.2019.06.9" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352408v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15377/2410-4701.2019.06.8" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294591v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Li" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352405v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zohra Himeur" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15377/2410-4701.2019.06.7" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05037198v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-019-09908-y" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05037191v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10008-018-3990-3" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181319v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Toubal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-017-9808-3" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352399v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahra Himeur" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouarda Abed" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18063/msmr.v2i2.698" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02186062v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-017-9828-z" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05037192v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.calphad.2018.01.001" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187901v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2017.12.254" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02300930v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Souchon" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15377/2410-4701.2018.05.1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294622v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Kretz" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32474/AOICS.2018.02.000128" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902206v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchemphys.2018.03.061" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02300934v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15377/2410-4701.2018.05.2" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863248v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/maco.201709820" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187801v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-018-9833-x" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05037194v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.calphad.2018.05.003" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528911v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-018-4574-7" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02566604v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Conrath" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11003-018-0146-7" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294609v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21767/2576-392X.100021" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181316v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Ritouet" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-017-9790-9" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874138v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane All&#232;gre" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2017.05.089" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05037189v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.calphad.2016.11.008" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02300917v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15377/2410-4701.2017.04.2" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02300926v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyndho Princilia Billy Nsoungui" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15377/2410-4701.2017.04.3" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02011068v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2017/4145369" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902138v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09603409.2016.1144317" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181313v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-016-9656-6" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510127v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00084433.2016.1206290" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321227v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1874088X01610010089" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509332v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2016.04.079" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510170v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Corona" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00084433.2016.1267298" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878401v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Mouton" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Mathieu" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rouer" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1179/1878641314Y.0000000041" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467482v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Hestin" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Souaillat" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Ba" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Dia" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/msce.2015.37017" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02880621v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/maco.201407916" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02436444v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1179/1743284715Y.0000000003" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902137v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchemphys.2015.08.057" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058010v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Aranda" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th. Schweitzer" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mouton" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Rouer" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02543572v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchemphys.2013.11.014" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181311v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-014-9475-6" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02553782v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1179/1878641314Y.0000000023" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02541582v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1179/1743278213Y.0000000105" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01299879v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02300916v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Conrath" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15377/2410-4701.2014.01.01.2" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01291826v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3139/146.111085" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181307v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-013-9449-0" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02541177v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/maco.201106250" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283881v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal de March" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283880v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Helfer" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283882v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Vallata" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birsena Dervisevic" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189092v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mathieu" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Vilasi" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-012-9339-x" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352395v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7726/aac.2013.1002" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289975v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534948v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Girardin" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Frigerio" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5402/2012/764032" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02334384v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5402/2012/308795" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336850v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5402/2012/750914" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02476900v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/DDF.323-325.289" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534971v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11669-011-9977-8" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352392v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5402/2012/587584" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058028v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Knittel" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2012.03.037" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9DRCR74N-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314909v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1876503301104010001" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473564v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Michel" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Steinmetz" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2011.01.027" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02538655v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Hamini" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11003-011-9399-0" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473570v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2011.03.067" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314912v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1876503301104010027" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165551v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierric Lemoine" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/acsm.36.193-204" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165545v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/acsm.35.291-301" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165549v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Villeger" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/acsm.36.27-36" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/9A5D83B4F50638DCB259529FBF52CC4F33084285/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02186147v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Heil" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2010.05.101" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482373v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AST.72.53" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314898v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1876503300902010061" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02164339v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165544v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431616v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1179/174328408X339251" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166449v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166439v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Ravaux" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314902v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1876503300902010150" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321225v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433205v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1179/174328409X430519" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427757v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1179/174328408X339242" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356092v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3139/146.101725" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02164329v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien No&#235;l" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/acsm.33.59-80" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/17A6F9C9992CC3B9DCD361F7113DADB605921865/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02164331v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/acsm.33.225-245" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A3FB1F079AAB93B8A614C53CE03C4B7C6FE8F8FD/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275492v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassin Hamini" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.595-598.861" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423317v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lemoine" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.calphad.2008.06.006" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275495v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.595-598.871" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02164338v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423323v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.calphad.2008.06.005" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356081v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181305v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-007-9062-1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-VBCK855G-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406116v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Hamini" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L H&#233;richer" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.calphad.2007.01.007" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406120v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.calphad.2007.01.008" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190825v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vebert" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-006-1033-4" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162959v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Raude" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chiaravalle" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162958v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vebert" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/acsm.31.213-235" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181299v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-005-6562-8" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181301v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. V&#233;bert" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Podor" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rapin" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-005-1951-6" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406112v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C V&#233;bert" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Michon" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.calphad.2004.07.005" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275486v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Michon" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Mathieu" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Rapin" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.461-464.1117" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108938v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Michon" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Steinmetz" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/metal:2004116" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275489v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Raude" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. S. Renck" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.461-464.1173" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108983v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Renck" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/metal:2004109" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/92FCC0F17875C3D086F78F16F0C7CCD003BB96B9/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398211v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J C Gachon" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.calphad.2004.01.001" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162956v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Di Martino" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398209v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Di Martino" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. No&#235;l" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.calphad.2003.12.002" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398210v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Podor" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.calphad.2003.12.003" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108858v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Lesoult" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/metal:2001150" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108829v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Lesoult" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/metal:2000120" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0B190057138724D0D7D3419472895C187AAA4A35/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450013v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937299v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmina El Hadad" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romin Chevalme" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937298v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160856v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zixian Liao" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167272v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Estephan" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166324v2" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Schumacher" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163845v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165267v2" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bessere" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636294v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02541176v2" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02541584v2" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02749840v2" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02566390v2" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02538447v2" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02767932v2" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02013286v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02013285v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02087470v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496207v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503731v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-80748-0_83" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503758v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-80748-0_85" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503747v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-80748-0_84" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034230v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129083v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-50349-8_109" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126620v2" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Verniere" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-50349-8_58" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496979v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129008v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-50349-8_104" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496986v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832887v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126617v2" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-50349-8_56" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052293v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04049893v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464600v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-22524-6_102" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464613v2" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-22524-6_86" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464610v2" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-22524-6_101" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04045720v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763983v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Tran" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Teriokhina" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lierre" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03737230v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823938v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03468353v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215960v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190933v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line V&#233;bert" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198313v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Abdelouhab" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190649v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Abdelouhab" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190639v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Renck-Didelot" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165428v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159698v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140442v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164077v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mike Toplis" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04139839v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162914v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04139834v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04118281v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Gachon" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132236v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496208v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314990v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034208v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghouti Medjadhi" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322988v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05012805v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017338v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314995v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322986v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmina El Haddad" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576230v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471716v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576478v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471735v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471705v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576459v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089745v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055342v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054268v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089753v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116612v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089749v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547571v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547575v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842798v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703375v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702728v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03841081v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547564v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Padox" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Jollain" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547566v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yona Ait Meddour" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03187245v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188735v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03189203v1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226867v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03468306v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03251169v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199698v1" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207203v1" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197347v1" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229273v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Peultier" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Kuhn" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Ritouet-L&#233;glise" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235578v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03256064v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Allegre" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283828v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manale Belhabib" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271529v1" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289652v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03337098v1" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352260v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271532v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Meridja" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289536v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Princilia Billy" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289783v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289654v1" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289784v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03269225v1" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Masschelein" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328570v1" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03377241v1" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03418334v1" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391596v1" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03418205v1" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359261v1" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03377268v1" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563882v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501487v1" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03476176v1" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558886v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563895v1" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Navet" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Leroy" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579348v1" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527675v1" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518169v1" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427185v1" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Pierson" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Duretz" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427186v1" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427187v1" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03602625v1" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03584573v1" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Frig&#233;rio" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03598463v1" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03583103v1" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609889v1" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626880v1" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628399v1" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Michel" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Vilasi" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03634309v1" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636092v1" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sullivan de Sousa" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Philippe" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03650153v1" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic H&#233;richer" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661630v1" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661626v1" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03643326v1" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03727969v1" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03727974v1" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688832v1" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Kedinger" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Janiaut" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Vaillant-Corroy" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Cl&#233;ment" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03720541v1" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03677694v1" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668660v1" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670997v1" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712404v1" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823895v1" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814463v1" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792432v1" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834259v1" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Hernaire" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887726v1" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03876364v1" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850459v1" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Greset" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Haux" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864892v1" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine d'Agostino" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Romder" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03894041v1" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923381v1" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913249v1" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906066v1" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03911584v1" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03915993v1" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Carton" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000093v1" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03982397v1" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Hericher" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929872v1" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973978v1" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984658v1" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03999675v1" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015348v1" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Guestin-Grandmougin" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019849v1" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Genin" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierryle Filleul" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020660v1" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Raude" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04063680v1" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04067017v1" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Noel" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Di Martino" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04062371v1" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079377v1" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097898v1" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033802v1" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079345v1" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068601v1" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100685v1" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104264v1" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104455v1" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Diliberto" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Steinmetz" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scientific.net/book/high-temperature-corrosion-and-protection-of-materials-5/978-3-0357-0561-4" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104273v1" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Diliberto" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02564348v2" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973309v1" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://avidscience.com/book/top-5-contributions-in-materials-science-2nd-edition/" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04023463v1" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Galerie" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.R. Ardigo" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Chandra-Ambhorn" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chevalier" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSFo.76" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01752291v1" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1993INPL050N" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/patrice-berthod" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8035-927X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/152895035" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05538886v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Berthod" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496207v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503731v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siouare Hammi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmina El Hadad" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyna Amrouche" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romin Chevalme" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Aranda" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-80748-0_83" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503758v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghouti Medjahdi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-80748-0_85" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503747v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Etienne" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-80748-0_84" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034230v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126620v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Verniere" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-50349-8_58" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496979v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Spaeter" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassima Chenikha" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Gay" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129083v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-50349-8_109" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05129008v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-50349-8_104" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04496986v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832887v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126617v2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-50349-8_56" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052293v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04049893v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464600v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-22524-6_102" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464613v2" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-22524-6_86" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04464610v2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safa Tlili" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dame Assane Kane" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-22524-6_101" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04045720v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assane Kane" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763983v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Tran" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Teriokhina" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lierre" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03737230v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823938v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03468353v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul K Gomis" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215960v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal de March" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birsena Dervisevic" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Vallata" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190933v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line V&#233;bert" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Raude" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chiaravalle" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198313v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Abdelouhab" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Podor" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rapin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190649v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Berthod" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Aranda" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Abdelouhab" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Podor" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Rapin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190639v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Renck-Didelot" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165428v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Michon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mathieu" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159698v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Steinmetz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140442v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Renck" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04164077v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mike Toplis" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04139839v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162914v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas David" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04139834v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Di Martino" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04118281v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Gachon" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132236v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05450013v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937299v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937298v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04160856v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zixian Liao" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167272v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Estephan" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04166324v2" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Schumacher" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04163845v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165267v2" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bessere" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636294v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02541176v2" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Synthia Annick Ozouaki Wora" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02541584v2" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02749840v2" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02566390v2" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02538447v2" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02767932v2" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02013286v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa L&#233;glise" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02013285v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mira Khair" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02087470v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502026v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cryst16020125" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05440327v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54392/bsr2551" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402702v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/micro5040057" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05044845v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36868/ejmse.2025.10.01.023" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05100335v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04646995v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Verni&#232;re" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47540/ijias.v4i2.971" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04689366v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Portebois" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mathieu" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vilasi" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Berthod" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.J. Panteix" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-024-10258-7" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04602950v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35534/htm.2024.10002" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04646996v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Gay" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Chenikha" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Spaeter" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15282/jmes.18.2.2024.6.0793" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824846v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/micro4040046" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824844v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cmd5040028" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04994155v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Cazic" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parham Anvari" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Panteix" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2024.136495" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03995382v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Merzouk Bouaraba" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junfu Cai" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/micro3010017" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04223763v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Verni&#232;re" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cmd4040028" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328656v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54392/bsr2322" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768576v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1478422X.2023.2238389" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440184v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56958/jesi.2023.8.4.363" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768566v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-023-10170-6" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768561v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Synthia Ozouaki" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11003-023-00706-1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768582v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/maco.202213721" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281563v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055500v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Berthod" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612181v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cryst12030361" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04450492v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54392/bsr2224" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03692771v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30564/jmmr.v5i2.4685" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981764v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15377/2409-983x.2022.09.7" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887727v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768592v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Gomis" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Schweitzer" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/maco.202112770" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768587v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09603409.2022.2119327" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612206v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cryst12030416" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770633v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-021-06519-8" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725586v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47540/ijias.v2i2.445" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04450474v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assane Dame" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770630v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00084433.2021.2001298" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03409569v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Drevet" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Benyahia" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Driss Kenfaui" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-021-06359-6" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160194v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cryst11020173" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725728v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779185v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/met12010010" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140598v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22034/crl.2021.266573.1100" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03138016v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cryst11020159" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770627v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00084433.2021.1996898" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770624v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchemphys.2021.124949" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02908729v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02905044v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32861/sr.67.53.61" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059019v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.9734/AJOCS/2020/v8i419056" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02953864v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22034/ijnc.2020.669112.1212" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770617v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02670836.2020.1809143" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04770614v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-020-05828-8" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02967256v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35702/msci.10006" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489744v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Petitjean" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Veys-Renaux" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2020.125401" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488673v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchemphys.2019.122417" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05037203v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-020-09971-w" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02499538v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Kretz" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34297/AJBSR.2020.07.001109" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03490439v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchemphys.2020.123088" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863252v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J P Gomis" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/856/1/012006" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02495046v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02610814v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32861/ajc.53.17.24" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05037206v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Ginestar" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1478422X.2020.1741867" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05037204v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1478422X.2019.1699261" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362360v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31875/2410-4701.2019.06.6" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02353395v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Etienne" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31875/2410-4701.2019.06.9" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352408v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15377/2410-4701.2019.06.8" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352403v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30564/jmmr.v2i1.604" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484926v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.calphad.2019.02.009" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294591v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Li" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352405v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zohra Himeur" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15377/2410-4701.2019.06.7" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05037198v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-019-09908-y" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05037191v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10008-018-3990-3" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181319v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Toubal" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-017-9808-3" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352399v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahra Himeur" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouarda Abed" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18063/msmr.v2i2.698" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02186062v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-017-9828-z" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902206v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchemphys.2018.03.061" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02300934v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Souchon" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15377/2410-4701.2018.05.2" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187901v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2017.12.254" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294622v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Kretz" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.32474/AOICS.2018.02.000128" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02300930v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15377/2410-4701.2018.05.1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05037192v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.calphad.2018.01.001" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863248v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/maco.201709820" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187801v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-018-9833-x" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05037194v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.calphad.2018.05.003" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02528911v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-018-4574-7" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02566604v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Conrath" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11003-018-0146-7" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294609v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21767/2576-392X.100021" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181316v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Ritouet" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-017-9790-9" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02874138v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane All&#232;gre" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2017.05.089" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05037189v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.calphad.2016.11.008" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02300917v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15377/2410-4701.2017.04.2" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02011068v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2017/4145369" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02300926v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyndho Princilia Billy Nsoungui" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15377/2410-4701.2017.04.3" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902138v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09603409.2016.1144317" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510127v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00084433.2016.1206290" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181313v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-016-9656-6" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321227v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1874088X01610010089" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509332v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matdes.2016.04.079" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02510170v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Corona" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00084433.2016.1267298" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02878401v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Mouton" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Mathieu" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rouer" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1179/1878641314Y.0000000041" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02880621v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/maco.201407916" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02436444v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1179/1743284715Y.0000000003" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467482v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Hestin" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Souaillat" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moussa Ba" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Dia" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/msce.2015.37017" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902137v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchemphys.2015.08.057" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058010v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Aranda" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th. Schweitzer" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mouton" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Rouer" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02543572v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchemphys.2013.11.014" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02553782v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1179/1878641314Y.0000000023" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181311v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-014-9475-6" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02541582v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1179/1743278213Y.0000000105" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01299879v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02300916v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Conrath" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15377/2410-4701.2014.01.01.2" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01291826v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3139/146.111085" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181307v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-013-9449-0" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02541177v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/maco.201106250" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283882v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283880v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Helfer" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01283881v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02189092v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Vilasi" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-012-9339-x" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352395v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7726/aac.2013.1002" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01289975v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534948v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Girardin" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Frigerio" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5402/2012/764032" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02334384v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5402/2012/308795" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02534971v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11669-011-9977-8" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02476900v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/DDF.323-325.289" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336850v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5402/2012/750914" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04058028v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Knittel" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.corsci.2012.03.037" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9DRCR74N-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352392v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5402/2012/587584" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314909v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1876503301104010001" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473564v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Michel" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2011.01.027" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314912v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1876503301104010027" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473570v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2011.03.067" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02538655v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Hamini" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11003-011-9399-0" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165551v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierric Lemoine" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/acsm.36.193-204" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165545v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/acsm.35.291-301" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165549v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Villeger" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/acsm.36.27-36" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/9A5D83B4F50638DCB259529FBF52CC4F33084285/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02186147v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Heil" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2010.05.101" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02482373v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AST.72.53" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02164339v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165544v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431616v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1179/174328408X339251" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166449v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314898v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1876503300902010061" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166439v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Ravaux" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314902v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1876503300902010150" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321225v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433205v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1179/174328409X430519" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427757v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1179/174328408X339242" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02164331v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/acsm.33.225-245" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A3FB1F079AAB93B8A614C53CE03C4B7C6FE8F8FD/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275492v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassin Hamini" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.595-598.861" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423317v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lemoine" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.calphad.2008.06.006" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275495v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.595-598.871" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02164329v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien No&#235;l" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/acsm.33.59-80" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/17A6F9C9992CC3B9DCD361F7113DADB605921865/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356092v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3139/146.101725" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02164338v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02423323v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.calphad.2008.06.005" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02356081v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181305v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-007-9062-1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-VBCK855G-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406116v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Hamini" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L H&#233;richer" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.calphad.2007.01.007" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406120v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.calphad.2007.01.008" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190825v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vebert" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-006-1033-4" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162959v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162958v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vebert" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/acsm.31.213-235" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181299v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-005-6562-8" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02181301v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. V&#233;bert" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rapin" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-005-1951-6" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406112v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C V&#233;bert" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Michon" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.calphad.2004.07.005" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275486v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Michon" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Mathieu" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.461-464.1117" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108938v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Steinmetz" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/metal:2004116" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02275489v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Raude" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. S. Renck" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.461-464.1173" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108983v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/metal:2004109" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/92FCC0F17875C3D086F78F16F0C7CCD003BB96B9/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398211v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J C Gachon" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.calphad.2004.01.001" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02162956v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398209v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Di Martino" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. No&#235;l" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.calphad.2003.12.002" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398210v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.calphad.2003.12.003" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108858v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Lesoult" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/metal:2001150" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108829v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Lesoult" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/metal:2000120" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0B190057138724D0D7D3419472895C187AAA4A35/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496208v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314990v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322988v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034208v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghouti Medjadhi" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05017338v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05314995v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05012805v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322986v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmina El Haddad" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471716v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576478v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576230v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471735v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471705v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04576459v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089745v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055342v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089753v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04054268v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04116612v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089749v1" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547571v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03842798v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547575v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703375v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03702728v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03841081v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547564v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Padox" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Jollain" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04547566v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yona Ait Meddour" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03187245v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188735v1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03189203v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226867v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03251169v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03468306v1" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199698v1" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207203v1" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197347v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03229273v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Peultier" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Kuhn" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Ritouet-L&#233;glise" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03235578v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03256064v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Allegre" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283828v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manale Belhabib" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271529v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03337098v1" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271532v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamel Meridja" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03352260v1" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289652v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289536v1" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Princilia Billy" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289783v1" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289654v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03289784v1" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03269225v1" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Masschelein" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03328570v1" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03377241v1" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391596v1" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03418205v1" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03359261v1" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03418334v1" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03377268v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03476176v1" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558886v1" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563882v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501487v1" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563895v1" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Navet" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Leroy" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579348v1" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527675v1" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518169v1" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427185v1" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Pierson" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Duretz" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427186v1" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03427187v1" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03602625v1" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03584573v1" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Frig&#233;rio" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03598463v1" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03583103v1" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03609889v1" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626880v1" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628399v1" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Michel" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Vilasi" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03634309v1" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03636092v1" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sullivan de Sousa" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Philippe" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03650153v1" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic H&#233;richer" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661630v1" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03661626v1" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03643326v1" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03727969v1" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03688832v1" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Kedinger" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Janiaut" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Vaillant-Corroy" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Cl&#233;ment" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03727974v1" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03720541v1" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03677694v1" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668660v1" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03670997v1" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712404v1" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823895v1" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814463v1" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792432v1" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834259v1" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Hernaire" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03876364v1" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03887726v1" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850459v1" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Greset" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Haux" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864892v1" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine d'Agostino" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Romder" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03894041v1" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03923381v1" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913249v1" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03906066v1" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03911584v1" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03915993v1" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Carton" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000093v1" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929872v1" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Hericher" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973978v1" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03982397v1" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984658v1" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03999675v1" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04015348v1" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Guestin-Grandmougin" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019849v1" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Genin" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierryle Filleul" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020660v1" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Raude" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04063680v1" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04067017v1" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Noel" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Di Martino" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04062371v1" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079377v1" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033802v1" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079345v1" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068601v1" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100685v1" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104264v1" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104455v1" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Diliberto" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Steinmetz" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scientific.net/book/high-temperature-corrosion-and-protection-of-materials-5/978-3-0357-0561-4" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104273v1" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Diliberto" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02564348v2" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973309v1" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://avidscience.com/book/top-5-contributions-in-materials-science-2nd-edition/" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-04023463v1" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Galerie" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.R. Ardigo" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Chandra-Ambhorn" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chevalier" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSFo.76" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01752291v1" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1993INPL050N" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>