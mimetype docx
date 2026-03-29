--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -1511,1675 +1511,1675 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04983518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Havre au patrimoine mondial : construire face à Perret</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Patrice Gourbin</w:t>
+                <w:t xml:space="preserve">Caen, Le Havre et Rouen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Gourbin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Saunier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Études normandes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2024, n. 31, p. 8-15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04722695v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Havre au patrimoine mondial : construire face à Perret</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Gourbin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Études normandes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2024, n. 31, p. 76-79</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04722700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'église et la reconstruction d'Yvetot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Gourbin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annuaire des cinq départements de la Normandie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 173e et 14e congrès, p. 21-47</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04722650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...32 lines deleted...]
-                <w:t xml:space="preserve">Frederic Saunier</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruptures et continuité. La reconstruction d'un village de la plaine de Caen après la Seconde Guerre mondiale : Tilly-la-Campagne (Calvados)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Gourbin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Histoire &amp; sociétés rurales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, n.61, p. 137-164</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04660458v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La reconstruction normande devient patrimoine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Gourbin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Études normandes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, n. 31, p. 8-15</w:t>
+              <w:t xml:space="preserve">, 2024, n. 31, p. 52-55</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Ruptures et continuité. La reconstruction d'un village de la plaine de Caen après la Seconde Guerre mondiale : Tilly-la-Campagne (Calvados)</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04722699v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La reconstruction des fermes du Calvados après la Seconde Guerre mondiale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Gourbin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Histoire &amp; sociétés rurales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, n.61, p. 137-164</w:t>
+              <w:t xml:space="preserve">Annales de Normandie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 74e année n.1, janvier-juin 2024, p. 135-160</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">La reconstruction normande devient patrimoine</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04760119v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La reconstruction du bâti agricole en Normandie après la Seconde Guerre mondiale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Madeline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Gourbin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Transversale. Histoire : architecture, paysage, urbain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03892992v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caudebec-en-Caux, un patrimoine à mieux connaître et valoriser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Gourbin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Études normandes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, n. 31, p. 52-55</w:t>
+              <w:t xml:space="preserve">, 2022, Quel futur pour les petites villes normandes ? Rvies-en-Seine, Hors-série décembre 2022, p. 14-17</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">La reconstruction des fermes du Calvados après la Seconde Guerre mondiale</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03928073v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La reconstruction de Ouistreham-Riva-Bella</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Gourbin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de la Société des antiquaires de Normandie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, tome LXXIX, p. 37-56</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03625678v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vers la ville durable : le patrimoine de la Reconstruction en Normandie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Gourbin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Bidaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Pierre d'angle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03620809v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Architecture d'après-guerre : le regard change</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Gourbin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Historia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, p. 82-96</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03323629v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La reconstruction de Troarn</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Gourbin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Pays d'Auge</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, n. 3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03323549v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les ultimes vestiges du Havre de la Renaissance découverts sous les bombes : la « plus ancienne maison du Havre », 19 rue de Bretagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Gourbin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de la Société des antiquaires de Normandie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, tome LXXV, p. 14-22</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03323547v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Il patrimonio urbano alla prova della riconstruzione</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Gourbin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Storia Urbana</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, n. 155, p. 59-80</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03323526v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les bas-reliefs de la reconstruction : art et architecture en Normandie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Gourbin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de la Société des antiquaires de Normandie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, tome LXXI, p. 9-52</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03323550v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La reconstruction de l’université de Caen. À l’origine du campus français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Gourbin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">In Situ : Revue des patrimoines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 17, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/insitu.10864⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03323476v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Leroy (1894-1972), architecte des Monuments historiques du Calvados</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Gourbin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de la Société des antiquaires de Normandie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, tome LXVII, p. 129-146</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03323557v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La politique patrimoniale de la municipalité de Caen pendant la Reconstruction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Gourbin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales de Normandie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 74e année n.1, janvier-juin 2024, p. 135-160</w:t>
+              <w:t xml:space="preserve">, 2008, p. 147-167</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">La reconstruction de Ouistreham-Riva-Bella</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03323527v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Construction et transformations du palais de justice de Caen, de 1781 à 2005</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Gourbin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de la Société des antiquaires de Normandie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, tome LXXIX, p. 37-56</w:t>
+              <w:t xml:space="preserve">Annales de Normandie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, p. 75-94</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...218 lines deleted...]
-                <w:t xml:space="preserve">Camille Bidaud</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03323528v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caen, un second souffle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Gourbin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Pierre d'angle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021</w:t>
+              <w:t xml:space="preserve">, 2005, n. 38, p. 13-18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Architecture d'après-guerre : le regard change</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03323558v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une utopie du vingtième siècle : le château de Villandry et l’association La Demeure historique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Gourbin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Historia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, p. 82-96</w:t>
+              <w:t xml:space="preserve">Histoire de l'art</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, n. 56, p. 89-100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...452 lines deleted...]
-                <w:t xml:space="preserve">La politique patrimoniale de la municipalité de Caen pendant la Reconstruction</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03323532v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La reconstruction de l’hôtel d’Escoville après 1944 : histoire d’un conflit (1944-1963),</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Gourbin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales de Normandie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, p. 147-167</w:t>
+              <w:t xml:space="preserve">, 2001, n. 1, p. 71-95</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...227 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03323534v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Découverte et protection du patrimoine ancien du Havre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Gourbin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Annales de la Recherche Urbaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, n. 91, p. 43-52</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03323538v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03323534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les Monuments historiques et la reconstruction : l’exemple du quartier des Quatrans à Caen</w:t>
               </w:r>
@@ -3711,173 +3711,173 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04983528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Comment la campagne devient ville. La Guérinière à Caen, de l'école d'équitation au grand ensemble (1753-2021)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Gourbin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Congrès de la fédération des sociétés historiques et archéologiques de Normandie. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les villes de Normandie, essor, crises et mutations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Annales de Normandie, p. 125-134, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03625681v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La reconstruction normande vue par le cinéma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Gourbin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sandrine Berthelot ; Emmanuel Luis. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Action ! Le patrimoine normand au cinéma</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, musée de Normandie / librairie des musées, p. 207 - 211, 2022, 978-2-35404-098-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03620789v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-03625681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'université de Caen, une icône du classicisme français</w:t>
               </w:r>
@@ -4807,186 +4807,186 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03323630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Actions et processus patrimoniaux dans les friches culturelles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Gourbin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christina Mamaloukaki</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Françoise Lucchini. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La mise en culture des friches industrielles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rouen et du Havre, p. 199-218, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03323575v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Une opportunité pour les villes de demain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Gourbin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Frédéric Lenne. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">(Re)construire la ville sur mesure</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, La Découverte, p. 130-137, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03323597v1</w:t>
-              </w:r>
-[...84 lines deleted...]
-                <w:t xml:space="preserve">hal-03323575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les hommes de l’art. Architectes et urbanistes de la reconstruction en Normandie</w:t>
               </w:r>
@@ -6298,303 +6298,303 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Apprendre avec et pour le territoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Gourbin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mémoires et histoires d’une école, 120 ans d’architecture en Normandie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sébastien Cherruet; Claire Rosset, Jun 2025, Darnétal, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05253126v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le patrimoine de Rouen à l'épreuve de la reconstruction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Gourbin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cycle des conférences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Académie des sciences, arts et belles-lettres de Rouen, May 2025, Rouen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05263908v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Restauration, adaptation et modernisation du patrimoine français sinistré par la guerre (1940-1981)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Gourbin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La reconstruction du patrimoine bâti. Regards croisés franco-japonais sur les cultures architecturales et patrimoniales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Delphine Vomscheid; Institut français de recherche sur le Japon (maison Franco-japonaise), May 2025, Tokyo (Japan), Japon</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05252829v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Vers une théorie de la reconstruction ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Gourbin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Reconstruire. Une actualité planétaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Séminaire Culture de la recherche.; Antoine Apruzzese; Patrice Gourbin; Christel Palant, Mar 2025, Darnétal, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05253132v1</w:t>
-              </w:r>
-[...205 lines deleted...]
-                <w:t xml:space="preserve">hal-05252829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Normandie et l'architecture. Transfert, création, identité</w:t>
               </w:r>
@@ -6919,273 +6919,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03630191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">ENSAs et villes moyennes. Ateliers de projet Action cœur de ville (Cherbourg et Lisieux)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Portnoï</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Gourbin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Protois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriella Trotta-Brambilla</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Premières Assises Nationales des Écoles d’Architecture, ENSA Normandie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Rouen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03758049v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les villes reconstruites après la Seconde Guerre mondiale : des identités urbaines à (ré)inventer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Gourbin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées européennes du patrimoine : Chemin faisant, des architectures traditionnelles de tous temps et partout</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, mission Ville d'art et d'histoire de Beauvais, Sep 2021, Beauvais, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03618298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...12 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Écoles nationales supérieures d'architecture et villes moyennes. Ateliers de projet &amp;quot;Action cœur de ville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Gourbin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Portnoi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Portnoï</w:t>
+                <w:t xml:space="preserve">Laurent Protois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
-              <w:r>
-[...119 lines deleted...]
-            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriella Trotta-Brambilla</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Assises des écoles nationales supérieures d'architecture</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ministère de la culture, Oct 2021, Darnétal, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8001,51 +8001,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="6D35BC6F"/>
+    <w:nsid w:val="8B47DACE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8149,51 +8149,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="DC4AB1E1"/>
+    <w:nsid w:val="9D6BAB02"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8297,51 +8297,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="739058C5"/>
+    <w:nsid w:val="B53CE084"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8445,51 +8445,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="ED790C47"/>
+    <w:nsid w:val="E81F818F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8593,51 +8593,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="6EF18B50"/>
+    <w:nsid w:val="B5C43269"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8741,51 +8741,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="13761210"/>
+    <w:nsid w:val="BA93A893"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8987,51 +8987,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/patrice-gourbin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7671-1672" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03323612v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Gourbin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536352v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620777v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323631v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;l&#233;onore Buffler" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Frapier Palant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323487v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tricia Meehan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323488v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323510v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323515v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323511v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323521v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983518v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722700v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722650v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722695v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Saunier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660458v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722699v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760119v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625678v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892992v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dupont" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Madeline" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03928073v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620809v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bidaud" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323629v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323549v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323547v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323526v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323550v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323476v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/insitu.10864" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323557v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323527v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323528v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323558v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323532v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323538v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323534v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323537v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101537v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101563v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619069v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619058v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619044v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983528v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ageron" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620789v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625681v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620792v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625666v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625671v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03928131v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625674v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323627v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620783v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620787v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323606v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04330205v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323594v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323573v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323630v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323597v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323575v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Mamaloukaki" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323607v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323578v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.purh.5352" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323609v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323608v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323576v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323598v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323599v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323577v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323601v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323602v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323604v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323610v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323622v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323614v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323618v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760836v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Maniaque" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Blaizeau" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Brouard--Sala" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323625v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05253132v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05253126v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263908v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252829v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263913v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05253137v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263911v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05253146v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03630191v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03618298v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03758049v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Portno&#239;" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Protois" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Trotta-Brambilla" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620946v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Portnoi" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620951v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620956v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620967v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620969v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620976v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391815v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391822v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323611v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323517v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620942v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/patrice-gourbin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7671-1672" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03323612v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Gourbin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04536352v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620777v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323631v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;l&#233;onore Buffler" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Frapier Palant" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323487v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tricia Meehan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323488v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323510v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323515v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323511v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323521v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983518v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722695v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Saunier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722700v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722650v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660458v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04722699v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760119v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03892992v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dupont" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Madeline" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03928073v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625678v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620809v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bidaud" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323629v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323549v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323547v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323526v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323550v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323476v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/insitu.10864" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323557v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323527v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323528v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323558v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323532v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323534v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323538v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323537v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101537v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101563v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619069v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619058v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619044v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983528v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ageron" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625681v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620789v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620792v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625666v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625671v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03928131v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625674v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323627v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620783v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620787v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323606v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04330205v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323594v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323573v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323630v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323575v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Mamaloukaki" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323597v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323607v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323578v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.purh.5352" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323609v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323608v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323576v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323598v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323599v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323577v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323601v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323602v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323604v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323610v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323622v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323614v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323618v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760836v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Maniaque" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Blaizeau" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Brouard--Sala" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323625v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05253126v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263908v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252829v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05253132v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263913v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05253137v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263911v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05253146v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03630191v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03758049v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Portno&#239;" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Protois" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Trotta-Brambilla" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03618298v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620946v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Portnoi" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620951v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620956v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620967v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620969v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620976v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391815v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391822v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323611v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03323517v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620942v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>