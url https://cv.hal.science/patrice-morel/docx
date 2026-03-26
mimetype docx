--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -480,429 +480,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03405556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strigolactones Play an Important Role in Shaping Exodermal Morphology via a KAI2-Dependent Pathway</w:t>
+                <w:t xml:space="preserve">LCO Receptors Involved in Arbuscular Mycorrhiza Are Functional for Rhizobia Perception in Legumes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guowei Liu</w:t>
+                <w:t xml:space="preserve">Ariane Girardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marina Stirnemann</w:t>
+                <w:t xml:space="preserve">Tongming Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Gübeli</w:t>
+                <w:t xml:space="preserve">Yi Ding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Susanne Egloff</w:t>
+                <w:t xml:space="preserve">Jean Keller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Emmanuel Courty</w:t>
+                <w:t xml:space="preserve">Luis Buendia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">iScience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 17, pp.144-154. </w:t>
+              <w:t xml:space="preserve">Current Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 29 (24), pp.4249-4259. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.isci.2019.06.024⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cub.2019.11.038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02389739v1</w:t>
+                <w:t xml:space="preserve">hal-02628042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Divergent Functional Diversification Patterns in the SEP/AGL6/AP1 MADS-box Transcription Factor Superclade</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Strigolactones Play an Important Role in Shaping Exodermal Morphology via a KAI2-Dependent Pathway</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Boltz</w:t>
+                <w:t xml:space="preserve">Guowei Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophy Chamot</w:t>
+                <w:t xml:space="preserve">Marina Stirnemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédérique Rozier</w:t>
+                <w:t xml:space="preserve">Christian Gübeli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susanne Egloff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Emmanuel Courty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant cell</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1105/tpc.19.00162⟩</w:t>
+              <w:t xml:space="preserve">iScience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 17, pp.144-154. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.isci.2019.06.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02349131v1</w:t>
+                <w:t xml:space="preserve">hal-02389739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LCO Receptors Involved in Arbuscular Mycorrhiza Are Functional for Rhizobia Perception in Legumes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Tongming Wang</w:t>
+                <w:t xml:space="preserve">Divergent Functional Diversification Patterns in the SEP/AGL6/AP1 MADS-box Transcription Factor Superclade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Chambrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yi Ding</w:t>
+                <w:t xml:space="preserve">Véronique Boltz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Keller</w:t>
+                <w:t xml:space="preserve">Sophy Chamot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luis Buendia</w:t>
+                <w:t xml:space="preserve">Frédérique Rozier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 29 (24), pp.4249-4259. </w:t>
+              <w:t xml:space="preserve">The Plant cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, tpc.00162.2019. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cub.2019.11.038⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1105/tpc.19.00162⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02628042v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02349131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">REBELOTE, a regulator of floral determinacy in Arabidopsis thaliana, interacts with both nucleolar andnucleoplasmic proteins</w:t>
               </w:r>
@@ -1282,77 +1282,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klaas Heijmans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Rozier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jan Zethof</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophy Chamot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Plant cell</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 29 (7), pp.1605-1621. </w:t>
@@ -1384,412 +1384,412 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01608198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Petunia, Your Next Supermodel?</w:t>
+                <w:t xml:space="preserve">Insight into the evolution of the Solanaceae from the parental genomes of Petunia hybrida</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michiel Vandenbussche</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Chambrier</w:t>
+                <w:t xml:space="preserve">Aureliano Bombarely</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suzanne Rodrigues Bento</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Michel Moser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avichai Amrad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manzhu Bao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Bapaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpls.2016.00072⟩</w:t>
+              <w:t xml:space="preserve">Nature Plants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 2 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nplants.2016.74⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02641265v1</w:t>
+                <w:t xml:space="preserve">hal-02640501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insight into the evolution of the Solanaceae from the parental genomes of Petunia hybrida</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Myb-domain protein ULTRAPETALA1 INTERACTING FACTOR 1 controls floral meristem activities in Arabidopsis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manzhu Bao</w:t>
+                <w:t xml:space="preserve">Fanny Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Bapaume</w:t>
+                <w:t xml:space="preserve">Emmanuel Thévenon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Blanvillain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Lopez-Vidriero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose Manuel Franco-Zorrilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Plants</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/nplants.2016.74⟩</w:t>
+              <w:t xml:space="preserve">Development (Cambridge, England)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 143 (7), pp.1108-19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1242/dev.127365⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02640501v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01315805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Myb-domain protein ULTRAPETALA1 INTERACTING FACTOR 1 controls floral meristem activities in Arabidopsis.</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Petunia, Your Next Supermodel?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Irene Lopez-Vidriero</w:t>
+                <w:t xml:space="preserve">Michiel Vandenbussche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Chambrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jose Manuel Franco-Zorrilla</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Suzanne Rodrigues Bento</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Morel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Development (Cambridge, England)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 143 (7), pp.1108-19. </w:t>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 7, </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1242/dev.127365⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2016.00072⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01315805v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02641265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of the Arabidopsis &amp;lt;em&amp;gt;superman&amp;lt;/em&amp;gt; allelic series and the interactions with other genes demonstrate developmental robustness and joint specification of male-female boundary, flower meristem termination and carpel compartmentalization</w:t>
               </w:r>
@@ -1814,51 +1814,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Trehin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Boltz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bo Sun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2069,51 +2069,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie K Rich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Schorderet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Bapaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Falquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2337,51 +2337,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klaas Heijmans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michiel Vandenbussche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 63 (15), pp.5397 - 5404. </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3126,282 +3126,282 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02677983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Six putative two-component regulatory systems isolated from Lactococcus lactis subsp. cremoris MG1363</w:t>
+                <w:t xml:space="preserve">Recycler les solutions nutritives en culture de plantes en pot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mary O'Connell-Motherway</w:t>
+                <w:t xml:space="preserve">Martine Georget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Douwe van Sinderen</w:t>
+                <w:t xml:space="preserve">M. . Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francoise Morel Deville</w:t>
+                <w:t xml:space="preserve">S. Lepage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gerald F. Fitzgerald</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">M.L. Winocq</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbiology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">PHM Revue Horticole</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 413, pp.32-36</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02698158v1</w:t>
+                <w:t xml:space="preserve">hal-02694173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recycler les solutions nutritives en culture de plantes en pot</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Six putative two-component regulatory systems isolated from Lactococcus lactis subsp. cremoris MG1363</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mary O'Connell-Motherway</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Douwe van Sinderen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martine Georget</w:t>
+                <w:t xml:space="preserve">Francoise Morel Deville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. . Lefebvre</w:t>
+                <w:t xml:space="preserve">Gerald F. Fitzgerald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Lepage</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Dusko Ehrlich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PHM Revue Horticole</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 146 (Part 4), pp.935-947. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1099/00221287-146-4-935⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02694173v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02698158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The role of SOS and flap processing in microsatellite instability in Escherichia coli</w:t>
               </w:r>
@@ -3426,51 +3426,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Reverdy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dusko Ehrlich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Era Cassuto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3517,51 +3517,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Two-component signal-transducing systems involved in stress responses and vancomycin susceptibility in Lactobacillus sakei</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francoise Morel Deville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Fauvel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3732,243 +3732,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02684641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of length and location of heterologous sequences on recA-mediated strandexchange</w:t>
+                <w:t xml:space="preserve">Effect of lenght and location of heterologous sequences on RecA-mediated strand exchange</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrzej Stasiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Dusko Ehrlich</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanislav S. Ehrlich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Era Cassuto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1994, 269 (31), pp.19830-19835</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02711962v1</w:t>
+                <w:t xml:space="preserve">hal-02699707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of lenght and location of heterologous sequences on RecA-mediated strand exchange</w:t>
+                <w:t xml:space="preserve">Effect of length and location of heterologous sequences on recA-mediated strandexchange</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrzej Stasiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Stanislav S. Ehrlich</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dusko Ehrlich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Era Cassuto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1994, 269 (31), pp.19830-19835</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02699707v1</w:t>
+                <w:t xml:space="preserve">hal-02711962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antipairing and strand transferase activities of escherichia-coli helicase-II (UvrD)</w:t>
               </w:r>
@@ -3980,51 +3980,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James A. Hejna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dusko Ehrlich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Era Cassuto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4816,51 +4816,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enrico Costanzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suzanne Rodrigues Bento</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Chambrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5427,51 +5427,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863849v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Verni&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Rich" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tifenn Pellen" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Teyssier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Garrigues" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2408539121" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04232663v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Chopy" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Cavallini-Speisser" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chambrier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Morel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Just" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plcell/koad258" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03405556v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Monniaux" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2021.745507" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389739v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guowei Liu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Stirnemann" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian G&#252;beli" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Egloff" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Courty" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2019.06.024" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349131v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Boltz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophy Chamot" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Rozier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.19.00162" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628042v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Girardin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tongming Wang" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Ding" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Keller" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Buendia" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2019.11.038" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621796v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve de Bossoreille de Ribou" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Trehin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioan Negrutiu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2211-5463.12504" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389760v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaas Heijmans" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Ament" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.18.00425" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619249v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2211" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608198v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Zethof" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.17.00098" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641265v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michiel Vandenbussche" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Rodrigues Bento" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2016.00072" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640501v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aureliano Bombarely" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Moser" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avichai Amrad" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manzhu Bao" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bapaume" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nplants.2016.74" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315805v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Moreau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Th&#233;venon" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Blanvillain" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Lopez-Vidriero" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Manuel Franco-Zorrilla" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.127365" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635417v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Breuil-Broyer" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Sun" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcw023" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637619v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathanael Prunet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Champelovier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Thierry" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erv394" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633688v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie K Rich" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Schorderet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Falquet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.15.00310" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648883v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Berne Dedieu" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Emmanuel Faure" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.091868" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648602v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/ers233" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644581v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Galopin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Crespel" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Darmet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fillatre" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645330v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Ronse de Craene" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcr087" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00521457v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Negrutiu" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00412619v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Eshed" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Bowman" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00412622v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Breuil-Broyer" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677983v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Breuil Broyer" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janice de Almeida-Engler" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Coustham" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2004.02026.x" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698158v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary O'Connell-Motherway" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douwe van Sinderen" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Morel Deville" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald F. Fitzgerald" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dusko Ehrlich" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/00221287-146-4-935" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694173v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Georget" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. . Lefebvre" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lepage" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Winocq" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699096v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Reverdy" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Michel" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Era Cassuto" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.95.17.10003" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696540v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Fauvel" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/00221287-144-10-2873" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02684641v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Cherny" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislav S. Ehrlich" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.272.27.17091" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02711962v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrzej Stasiak" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699707v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02714836v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James A. Hejna" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02712534v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. S. Powell" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. I. Kado" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02714855v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong Huang" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bradford Powell" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarence I. Kado" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jb.172.2.1142-1144.1990" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02715621v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Rogowsky" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Shirasu" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. S. Lin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0147-619X(90)90028-B" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KSJZN5H1-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02711969v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.1990.tb00690.x" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02727766v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.1989.tb00274.x" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02725022v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. R. Steck" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/16.17.8736" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389878v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Costanzo" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-90698-0_2" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721380v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02857380v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02851765v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863849v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Verni&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Rich" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tifenn Pellen" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Teyssier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Garrigues" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2408539121" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04232663v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Chopy" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Cavallini-Speisser" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chambrier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Morel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Just" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plcell/koad258" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03405556v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Monniaux" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2021.745507" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628042v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Girardin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tongming Wang" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Ding" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Keller" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Buendia" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2019.11.038" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389739v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guowei Liu" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Stirnemann" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian G&#252;beli" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Egloff" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Emmanuel Courty" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2019.06.024" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349131v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Boltz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophy Chamot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Rozier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.19.00162" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621796v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve de Bossoreille de Ribou" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Trehin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioan Negrutiu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2211-5463.12504" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389760v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaas Heijmans" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Ament" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.18.00425" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619249v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2211" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608198v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Zethof" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.17.00098" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640501v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aureliano Bombarely" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Moser" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avichai Amrad" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manzhu Bao" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bapaume" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nplants.2016.74" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315805v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Moreau" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Th&#233;venon" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Blanvillain" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Lopez-Vidriero" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Manuel Franco-Zorrilla" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.127365" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641265v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michiel Vandenbussche" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Rodrigues Bento" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2016.00072" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635417v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Breuil-Broyer" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Sun" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcw023" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637619v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathanael Prunet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Champelovier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Thierry" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erv394" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633688v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie K Rich" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Schorderet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Falquet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.15.00310" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648883v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Berne Dedieu" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Emmanuel Faure" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.091868" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648602v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/ers233" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644581v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Galopin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Crespel" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Darmet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fillatre" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645330v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Ronse de Craene" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcr087" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00521457v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Negrutiu" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00412619v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Eshed" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Bowman" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00412622v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Breuil-Broyer" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677983v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Breuil Broyer" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janice de Almeida-Engler" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Coustham" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2004.02026.x" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694173v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Georget" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. . Lefebvre" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lepage" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Winocq" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698158v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary O'Connell-Motherway" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douwe van Sinderen" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Morel Deville" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald F. Fitzgerald" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dusko Ehrlich" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/00221287-146-4-935" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699096v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Reverdy" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Michel" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Era Cassuto" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.95.17.10003" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696540v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Fauvel" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/00221287-144-10-2873" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02684641v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dmitry Cherny" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislav S. Ehrlich" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.272.27.17091" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699707v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrzej Stasiak" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02711962v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02714836v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James A. Hejna" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02712534v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. S. Powell" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. I. Kado" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02714855v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yong Huang" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bradford Powell" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarence I. Kado" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jb.172.2.1142-1144.1990" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02715621v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Rogowsky" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Shirasu" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. S. Lin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0147-619X(90)90028-B" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KSJZN5H1-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02711969v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.1990.tb00690.x" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02727766v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.1989.tb00274.x" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02725022v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. R. Steck" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/16.17.8736" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02389878v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Costanzo" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-90698-0_2" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721380v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02857380v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02851765v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>