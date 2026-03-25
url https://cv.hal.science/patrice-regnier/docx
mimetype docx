--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1,6460 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
-<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-[...6409 lines deleted...]
-</w:document>
+<file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Patrice Régnier </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maître de conférences en STAPS (Sociologie) à l'Université Catholique de l'Ouest - Bretagne SudMembre du VIPS2 (UR 4636)Membre d'APCoSS</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La recherche a débuté pour moi au cours des années 2000/2001 à partir des mémoires de maîtrise et DEA s'intéressant particulièrement aux pratiques de combat asiatiques.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">A la suite de ces recherches encadrées successivement par Stéphane Héas puis Yvon Léziart et Jean-Manuel De Queiroz, j'ai souhaité aller plus loin dans mes thématiques de travail. Je me suis donc engagé en thèse, depuis 2009, sous la direction de Stéphane Héas - MCU HDR à l'Université de Rennes 2 Haute Bretagne - et la co-direction de Michel Calmet – docteur en Sciences de l'Éducation et MCU à l'université de Montpellier I.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">La thèse que j'ai soutenue propose une focale originale d'étude des pratiques équestres. En effet, en suivant l'étude socio-historique de l'activité, on constate une origine guerrière des pratiques, au même titre que les pratiques de combat actuelles. Percevoir l'équitation comme une pratique de combat transformée successivement en art puis en sport autorise l'étude de l'activité avec des critères similaires à ceux employés dans les recherches portant sur les arts de combat.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L’étude a été menée sur le terrain via trois méthodologies principales : les entretiens (N=50) menés auprès de professionnels de métiers liés au cheval, ainsi que l’observation participante à découvert et la participation observante de quatre centres équestres différents.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Les résultats permettent d’identifier les représentations corporelles et structurelles d’une activité aux visages multiples, dont les rapports corporels avec les arts de combat sont signifiants. Les représentations des pratiques autorise l’élaboration d’un continuum entre sport et art équestre, complexifié par les dimensions philosophiques sous tendues par les différents modes de pratiques.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ainsi, en paraphrasant Simone de Beauvoir on peut dire qu’on ne naît pas cavalier, on le devient. L’expérience individuelle, tant sociale que corporelle, fonde l’identité des pratiquants d’équitation. La rencontre du « maître » et des valeurs qu’il défend et dans lesquelles l’élève se reconnaît est la clé de la dynamique du pratiquant. Le processus d’apprentissage lié au triptyque moniteur-élève-cheval conduit à la reproduction corporelle du savoir-faire du maître et reflète la continuation historique d’une activité aux multiples usages.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre de l'AISLF</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Membre de l'IPRAZ</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (13)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand la technique permet la relation inter-espèces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Rieth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">e-Phaïstos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, XIII (2), </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/159pz⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05397099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peau du cheval, peau du cavalier. Entre corps et langage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Peaulogie - Revue de sciences sociales et humaines sur les peaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04849940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivre avec ou sans chevaux. Esquisse d’une étude d’un cas de dynamiques conjugales et familiales avec des relations anthropoéquines privilégiées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Héas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Héas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers critiques de thérapie familiale et de pratiques de réseaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, n° 72 (1), pp.97-115. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ctf.072.0097⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04650759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Art et/ou sport : le cas des pratiques équestres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">art-critique.com</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, https://www.art-critique.com/2024/04/art-et-ou-sport-le-cas-des-pratiques-equestres/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04624361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand l’émotion et la haine séparent partisans de l’équitation et ceux du bien-être animal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Héas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RUSCA </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 15</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05120388v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Héas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Peaulogie - Revue de sciences sociales et humaines sur les peaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04849936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enquêter à distance : une spécificité, une incongruité… ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Héas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Socio-anthropologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 45, pp.25-46. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/socio-anthropologie.11025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04412568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prolégomènes à une analyse des points de vue antispécistes et véganes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Héas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Homme et la Société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, n° 210 (2), pp.137-164. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/lhs.210.0137⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04275422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Équitation et violence(s) du Moyen Âge au XXIe siècle : évolution et situation des pratiques équestres en France du point de vue du processus de civilisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanina Deneux-Le Barh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 2020/2 (128), pp.81-96. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/sta.128.0081⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02960380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À son corps défendant ! Accompagner tous les élèves jusqu'à la réussite</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dossier EPS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 83, pp.114-116</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04504986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Horse-riding in the Light of the Civilising Process: An Example in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cambio. Rivista sulle Trasformazioni Sociali</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13128/cambio-19438⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04505182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le judo en Bretagne du point de vue de la théorie du processus de civilisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aspects sociologiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 1 (17), pp.86-98</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04505227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les arts martiaux étrangers/étranges en France…</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Héas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Braunstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bodin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Robène</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">한국체육교육학회지 (Journal de la Société coréenne d'éducation physique)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 12 (2), pp.101-113</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04505258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (42)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vulnérabilités potentielles en EPS : les usages de certificats médicaux et des mots parentaux aujourd’hui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Héas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vulnérabilité du sujet à tous les âges de la vie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Catholique de l'Ouest, Jan 2026, Angers (Université catholique de l'Ouest), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05491385v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violences sexuelles, sexistes & bien-être animal : un télescopage ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude "Les violences sexistes et sexuelles : un état des lieux pluridisciplinaire"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, HEIP, Mar 2026, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05554556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ma pratique est meilleure que la vôtre ?!</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Ramirez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JORRESCAM 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Catholique de l'Ouest - Bretagne Sud, Jun 2025, Vannes (Bretagne), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05106565v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Travailler avec les animaux : comment l’interprétation du bien-être animal produit du conflit social</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Héas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JE "Exploitation animale : la peine capitale ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Le CREAMA, Nov 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05381868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le corps dans l'équitation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le cheval en question</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Élèves de l'ENS de Paris, Oct 2025, Paris ENS Ulm, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05401680v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre mythe et représentations : comment pratiquent les judokas ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Calmet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JORRESCAM 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Catholique de l'Ouest - Bretagne Sud, Jun 2025, Vannes (Bretagne), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05106558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regard sur les stratégies numériques utilisées par les associations « pro Bien-être animal » pour mobiliser. Le cas du cheval à Questembert et des cétacés du Marineland d’Antibes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Héas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ludovia #22</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ludovia, Aug 2025, Ax-les-Thermes, Ariège, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05269300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Socialisation avec et par le cheval : une relation subtile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Relation humain-cheval, comment garantir bien-être et sécurité ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Équestre National d'Avenches, Nov 2024, Avenches, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04810528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les élèves « dispensés » en EPS : visibiliser les invisibles (1950 à nos jours)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Attali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présents partout, visibles nulle part ? Pour une histoire des élèves en EPS (années 1940 à nos jours)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, STAPS Lyon 1, Dec 2024, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04901677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Découvrir les incidences des différents types d’équitation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Boichot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Relation humain-cheval, comment garantir bien-être et sécurité ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Équestre National d'Avenches, Nov 2024, Avenches, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04810524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dispense familiale et certificat médical. Comment l'autonomisation des individus produit de l'esquive en EPS ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Héas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bouger plus : une affaire personnelle?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, VIPS2 (UR4636), université Rennes 2, Nov 2024, Rennes (FR), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04802731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entre culture commune et logique de singularisation, des espaces d’évitement de l’institution scolaire : le cas des stratégies de dispenses médicales en EPS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Héas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de la recherche 2024, Faire sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Rennes 2, Apr 2024, Rennes - Université Rennes 2, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05558423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structures fondamentales des sociétés humaines ou structures fondamentales des sociétés ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bleuenn Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Héas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIIe Congrès de l’AISLF. Sciences, savoirs et sociétés : faire connaissance avec les animaux [GT20]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AISLF (Association internationale des sociologues de langue française), Jul 2024, Ottawa, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04652170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perception et respect du bien-être animal dans les relations, une histoire de biais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Jaulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Relation humain-cheval, comment garantir bien-être et sécurité ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Équestre National d'Avenches, Nov 2024, Avenches, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04810535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Socio-histoire des relations humains-chevaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Relation humain-cheval, comment garantir bien-être et sécurité ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Équestre National d'Avenches, Nov 2024, Avenches, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04810521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Techniques of the body: A transversal social reality in different martial arts disciplines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bernard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque/Coloquio Martial Arts Studies &amp; 16 JORRESCAM Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Yannick Hernandez; Jean-François Loudcher, Jun 2023, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04412434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De l’homme de cheval au compétiteur : comment les activités équestres ont traversé l’entrée dans la modernité industrielle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Histoire des métiers de l'encadrement sportif. Des corporations aux professions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Olivier Hoibian, Oct 2023, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04412418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les sports équestres militaires : une spécificité française ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les sports de la Défense : de la cohésion des armées au rayonnement international</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ministère de la Défense, Nov 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05558419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Verbaliser les non-dits de la pratique équestre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIème Congrès International de la Société de Sociologie du Sport de Langue Française - Dire, faire et analyser. La sociologie du sport face au langage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, VIPS2 (UR4636), université Rennes 2, Jun 2022, Rennes (Campus Villejean), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04504758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conduite d’un projet transdisciplinaire en management du sport dirigé par un chercheur en sciences de la vie et une équipe en sciences humaines et sociales.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Servane Le Clinche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hauw</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Le Bars</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Phomsoupha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème Congrès de la Société Savante de Management du Sport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Savante de Management du Sport, Jun 2022, Corte (Corse), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04412660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre les relations anthropo-équines grâce aux travaux de Goffman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser l'action sociale avec Goffman</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jonathan Collin; HELMO, Nov 2022, Liège (Belgique), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04412589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human-horse interactions: a high potentiality of possibilities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Equine Cultures in Transition 2021 - Past, Present and Future Challenges</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Swedish university of Agricultural Sciences, Jun 2021, Uppsala, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04504854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antispécisme et développement des pratiques équestres : une incompréhension chronique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIe Congrès de l’AISLF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Tunis, Jul 2021, Tunis (Université de Tunis), Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04504816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Equestrian and violence(s): evolution and situation of equestrian practices in France from the perspective of the civilizing process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanina Deneux-Le Barh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Equine Cultures in Transition 2021 - Past, Present and Future Challenges</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Swedish university of Agricultural Sciences, Jun 2021, Uppsala, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04504846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interspecies communication as a global heritage: the case of Horse-riding in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IUAES 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Yucatan, Nov 2021, Merida, Mexico</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04504809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prolégomènes d'étude : les pratiquants de badminton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Servane Le Clinche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Phomsoupha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9ème Biennales de l'AFRAPS : les activités de raquette. Comprendre et intervenir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Calais, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04473293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The French situation of horse-riding with antispecism critics: a civilizing process explanation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanina Deneux-Le Barh</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Historical practices in horsemanship and equestrian sports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LASE Latvian Academy of Sport Education, Aug 2020, Riga, Lithuania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02982891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La participation observante : une méthodologie immersive pour l’anthropo-zoologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les animaux en ethnographie : quelles méthodes d’enquête, quelles postures éthiques ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Muséum national d'Histoire naturelle, Nov 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04504915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser du côté des animaux : une sociologie des animaux est-elle possible ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Roche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Penser du côté des animaux : 2. Croisements disciplinaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Jean Moulin Lyon 3, Mar 2019, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04504908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Création d’un MAP sécurité de la personne et du territoire : le corps et l’émotion au cœur de la formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La place du corps et de l’émotion dans l’éducation, où en sommes-nous ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université du Maine, May 2018, Le Mans - Université du Maine, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04504944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’empathie du moniteur et du pratiquant d’équitation : deux exemples</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eduquer à l’empathie : où en sommes-nous ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Maine, May 2017, Le Mans - Université du Maine, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04504978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le bien-être animal dans les milieux équestres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Héas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bien-être animal : de la théorie à la pratique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Agrocampus Ouest, Dec 2017, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04504973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Communications inter-espèces dans la relation humain-cheval : une question de distances ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Relations anthropozoologiques : Nouvelles approches et jeunes chercheurs en Sciences Humaines et Sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04505116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'équitation: pratique guerrière, sport, art, les répercussions d'une évolution historique sur les représentations contemporaines des pratiques de combat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Calmet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Héas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de Réflexions et de Recherches sur les Sports de Combat et les Arts Martiaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Toulon-La Garde, Apr 2014, Toulon-La Garde, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04505029v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les mondes équestres aujourd'hui: représentations sociales et pratiques actuelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6e biennale de l'AFRAPS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ENS, Mar 2014, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04505123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’équitation, un art guerrier devenu sport : des valeurs martiales dans le loisir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Héas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Calmet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Equimeeting Cheval, tourisme, loisir</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IFCE, May 2012, Saumur, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04505153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'ascendance guerrière de l'équitation, éthique de l'homme, éthique de l'animal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de Réflexions et de Recherches sur les Sports de Combat et les Arts Martiaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Toulouse 1 Capitole, Mar 2012, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04505180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Horse-riding by the light of the civilising process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Norbert Elias and Figurational Sociology: Prospects for the Future</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Norbert Elias Foundation, Apr 2012, Copenhague, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04505162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'équitation, un art corporel historique dans un monde contemporain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Héas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l'Association Française de Sociologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Campus de Saint Martin d'hères, Jul 2011, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04505185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du Bushido au code moral, une historiographe du judo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Calmet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10° Journées de Réflexions et de Recherches sur les Sports de Combat et les Arts Martiaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Campus Universitaire Montmuzard, Mar 2010, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04505209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'ascendance guerrière de l'équitation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Héas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Calmet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sport et Guerre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LARES - Université Rennes 2, Oct 2010, Rennes (Université Rennes 2), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04505214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution à une compréhension ethnosociologique des arts et des sports de combat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Héas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bodin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7° Journées de Réflexions et de Recherches sur les Sports de Combat et les Arts Martiaux.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2002, Toulon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00347109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques d’esquives des cours d’EPS par les élèves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Héas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum Nutrition Santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Nantes (H Arena), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04540172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le formateur EPS et la place de l’empathie dans la formation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eduquer à l’empathie : où en sommes-nous ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Le Mans - Université du Maine, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04504960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Horse-riding techniques as an interspecies communication tool</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Héas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISES 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Saumur, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04504995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'ascendance guerrière de l'équitation ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Héas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Calmet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">38e Journée de la Recherche Equine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04505169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dans la peau d’un cavalier. Un acteur communicationnel par excellence ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">L'Harmattan, 2016, 978-2-343-08943-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04505002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’usage du Smartphone lors d’un terrain équestre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Héas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">In Situ. Captures, traitements des données et situations d’enquête</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Effigi, pp.35-52, 2025, 9788855249447</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05120454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Techniques du corps et arts martiaux : une réalité sociale transversale au sein des sous-cultures de pratiquants.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bernard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arts martiaux et cultures. Évolution des pratiques et nouvelles formes sociales.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de l’Université Laval, pp. 7-34., 2025, L’univers social des arts martiaux</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04980578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les chevaux peuvent-ils perdre ou sauver la face ? Revisiter les interactions sociales à l'aide des concepts d'Erving Goffman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Roche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'animal désanthropotisé. Interroger et redéfinir les concepts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.227-238, 2021, 979-10-351-0659-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04504870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une sociologie des chevaux est-elle possible ? Obser vations conjointes d’un sociologue et d’une éthologue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Roche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Croiser les sciences pour lire les animaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions de la Sorbonne, pp.103-114, 2020, </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/books.psorbonne.89320⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04504890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'équitation : pratique guerrière, sport, art, les répercussions d'une évolution historique sur les représentations contemporaines des pratiques de combat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Santé, sports de combat et arts martiaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses de l'université de Toulouse 1 Capitole, pp.171-182, 2018, 978-2-36170-165-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04504928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sociology of Sport: France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Héas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sociology of Sport: A Global Subdiscipline in Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 9, Emerald Group Publishing Limited, pp.169-185, 2016, Research in the Sociology of Sport, </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/S1476-285420160000009014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04275534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Du Bushido au Code moral, une historiographie du judo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Calmet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Héas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dans Vocabulaire international de philosophie du sport, tome 2, Les nouvelles recherches</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.455-458, 2015, 978-2-336-30981-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04505016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sports et Peaux : des relations complexes. Prolégomènes d’une enquête</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonas Bellay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Héas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sport, genre et vulnérabilité au XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.535-548, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04505137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La place de l’ascendance guerrière de l’équitation aujourd’hui. Une question d’éthique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethique, sport de combat et arts martiaux</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUSS, pp.69-80, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04505143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les autocontraintes aujourd'hui : essai d'application à la relaxation, aux arts martiaux et au marathon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Bodin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Héas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. El Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Y. Bonny, J-M. De Queiroz &amp; E. Neveu (dir.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Norbert Elias et la théorie de la civilisation : lectures et critiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Pur, pp. 229-248, 2003, le sens social</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00342603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Lizet, Le cheval en robe de mariée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025, </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/13ani⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04980582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aux JO 2024, un dernier tour de piste pour les chevaux du pentathlon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04539015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Lardellier (dir.), Actualité d’Erving Goffman, Acte 2. Relations, identités, communautés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023, </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/lectures.62588⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04275425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les populations cavalières : comment les différencier et ouvrir le champ des possibles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Equ'idées</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04504789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structures fondamentales des sociétés humaines ou structures fondamentales des sociétés ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bleuenn Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Héas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05006346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Devenir cavalier : une expérience d’apprentissage par corps Essai de socio-anthropo-zoologie des pratiques et techniques équestres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sociologie. Université Rennes 2 Haute Bretagne, 2014. Français. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04505095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Son (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier - Pratiques d’esquives des cours d’éducation physique et sportive par les élèves. Stratégies, usages et mésusages des certificats médicaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Régnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Son</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04498433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId117"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -6594,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05397099v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice R&#233;gnier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Rieth" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/159pz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849940v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650759v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane H&#233;as" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne H&#233;as" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ctf.072.0097" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05120388v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624361v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849936v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412568v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-anthropologie.11025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04275422v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lhs.210.0137" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02960380v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanina Deneux-Le Barh" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.128.0081" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504986v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505182v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13128/cambio-19438" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505227v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505258v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Braunstein" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bodin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Rob&#232;ne" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491385v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05106565v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bernard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Ramirez" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05381868v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401680v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05106558v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Calmet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05269300v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810528v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901677v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Attali" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810524v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Boichot" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802731v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652170v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bleuenn Leroux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810535v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Jaulin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810521v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412434v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412418v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504758v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412660v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Servane Le Clinche" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hauw" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Le Bars" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Phomsoupha" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412589v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504854v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504816v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-04473293v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504809v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504846v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02982891v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504915v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504908v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Roche" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504944v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504978v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504973v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505116v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505029v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505123v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505153v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505162v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505180v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505185v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505209v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505214v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00347109v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04540172v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504960v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504995v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505169v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505002v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980578v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05120454v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504870v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504890v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psorbonne.89320" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504928v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04275534v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/S1476-285420160000009014" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505016v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505137v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Bellay" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505143v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00342603v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. El Ali" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980582v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13ani" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04539015v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04275425v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.62588" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504789v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006346v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04505095v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498433v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05397099v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice R&#233;gnier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Rieth" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/159pz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849940v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650759v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane H&#233;as" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne H&#233;as" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ctf.072.0097" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624361v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05120388v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849936v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412568v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-anthropologie.11025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04275422v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lhs.210.0137" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02960380v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanina Deneux-Le Barh" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.128.0081" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504986v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505182v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13128/cambio-19438" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505227v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505258v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Braunstein" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bodin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Rob&#232;ne" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491385v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554556v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05106565v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bernard" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Ramirez" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05381868v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401680v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05106558v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Calmet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05269300v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810528v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901677v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Attali" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810524v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Boichot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802731v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05558423v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652170v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bleuenn Leroux" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810535v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Jaulin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810521v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412434v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412418v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05558419v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504758v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412660v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Servane Le Clinche" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hauw" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Le Bars" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Phomsoupha" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412589v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504854v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504816v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504846v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504809v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-04473293v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02982891v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504915v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504908v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Roche" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504944v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504978v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504973v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505116v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505029v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505123v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505153v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505180v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505162v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505185v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505209v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505214v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00347109v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04540172v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504960v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504995v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505169v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505002v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05120454v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980578v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504870v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504890v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.psorbonne.89320" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504928v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04275534v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/S1476-285420160000009014" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505016v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505137v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Bellay" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505143v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00342603v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. El Ali" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980582v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13ani" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04539015v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04275425v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lectures.62588" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504789v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006346v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04505095v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04498433v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>