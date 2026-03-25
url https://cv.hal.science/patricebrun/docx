--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1945,230 +1945,230 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le renseignement, dimension manquante de l’historiographie française.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Production de cuivre en Europe à l’âge du Bronze : première estimation à large échelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Tomczyk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Emmanuelle Meunier; Jean-Marc Fabre; Eneko Hiriart; Stéphane Mauné; Călin Tămaş. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Renseignement et espionnage pendant l’Antiquité et le Moyen-Âge</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Mines et métallurgies anciennes. Mélanges en l'honneur de Béatrice Cauuet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ausonius Éditions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.71-82, 2023, DAN@ 9, 978-2-35613-539-1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46608/dana9.9782356135377.9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03952145v1</w:t>
+                <w:t xml:space="preserve">halshs-04265043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Production de cuivre en Europe à l’âge du Bronze : première estimation à large échelle</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le renseignement, dimension manquante de l’historiographie française.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...14 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Denécé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mines et métallurgies anciennes. Mélanges en l'honneur de Béatrice Cauuet</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Renseignement et espionnage pendant l’Antiquité et le Moyen-Âge</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ellipses, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ausonius Éditions</w:t>
-[...31 lines deleted...]
-                <w:t xml:space="preserve">halshs-04265043v1</w:t>
+                <w:t xml:space="preserve">hal-03952145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inequality during the Iron Age in France.</w:t>
               </w:r>
@@ -2428,217 +2428,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03477904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Late Bronze Age new statistical and archaeometallurgical artefacts surveys from France and Switzerland (950 to 800 BCE)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Kévin Costa</w:t>
+                <w:t xml:space="preserve">Synthetic study of the emergence of primary copper sulphide metallurgy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Tomczyk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Benoit Mille</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 5th International Conference " Archaeometallurgy in Europe "</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021</w:t>
+              <w:t xml:space="preserve">Proceedings of the 5th International Conference "Archaeometallurgy in Europe"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 73, Editions Mergoil, 2021, Monographies Instrumentum, 978-2-35518-121-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03575131v1</w:t>
+                <w:t xml:space="preserve">halshs-03477880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthetic study of the emergence of primary copper sulphide metallurgy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Céline Tomczyk</w:t>
+                <w:t xml:space="preserve">Late Bronze Age new statistical and archaeometallurgical artefacts surveys from France and Switzerland (950 to 800 BCE)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kévin Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christophe Petit</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Mille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 5th International Conference "Archaeometallurgy in Europe"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 73, Editions Mergoil, 2021, Monographies Instrumentum, 978-2-35518-121-4</w:t>
+              <w:t xml:space="preserve">Proceedings of the 5th International Conference " Archaeometallurgy in Europe "</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03477880v1</w:t>
+                <w:t xml:space="preserve">halshs-03575131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Signification sociale et implications des importations grecques et étrusques pour les sociétés “princières” nord-alpines du Premier âge du Fer</w:t>
               </w:r>
@@ -3240,51 +3240,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renseignement et espionnage pendant l’Antiquité et le Moyen-Âge.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Denécé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Renseignement et espionnage pendant l’Antiquité et le Moyen-Âge</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ellipses, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3303,315 +3303,315 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03952068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Préhistoire du renseignement en Europe.</w:t>
+                <w:t xml:space="preserve">Les dépôts non funéraires en France (2200-800 avant notre ère) : un bel exemple de polysémie sociale.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Brun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">INRAP. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Renseignement et espionnage pendant l’Antiquité et le Moyen-Âge.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ellipses, 2019</w:t>
+              <w:t xml:space="preserve">Les archéologues face à l’économie.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRAP, p. 24-26., 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03952161v1</w:t>
+                <w:t xml:space="preserve">hal-03952179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les dépôts non funéraires en France (2200-800 avant notre ère) : un bel exemple de polysémie sociale.</w:t>
+                <w:t xml:space="preserve">Préhistoire du renseignement en Europe.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Brun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les archéologues face à l’économie.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INRAP, p. 24-26., 2019</w:t>
+              <w:t xml:space="preserve">Renseignement et espionnage pendant l’Antiquité et le Moyen-Âge.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ellipses, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03952179v1</w:t>
+                <w:t xml:space="preserve">hal-03952161v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’évolution des inégalités au cours du IIe âge du Fer en France</w:t>
+                <w:t xml:space="preserve">Funerary practices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Brun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">HIRIART E., GENECHESI J., CICOLANI V., MARTIN S., NIETO-PELLETIER S., OLMER F. </w:t>
+              <w:t xml:space="preserve">HASELGROVE C., REBAY-SALISBURY K., WELLS P. S.,. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Monnaies et archéologie en Europe celtique.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Bibracte, p. 353-356, 2018</w:t>
+              <w:t xml:space="preserve">Oxford Handbook of the European Iron Age</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oxford University Press,, p. 1-23., 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03952005v1</w:t>
+                <w:t xml:space="preserve">hal-03952124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Funerary practices</w:t>
+                <w:t xml:space="preserve">L’évolution des inégalités au cours du IIe âge du Fer en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Brun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">HASELGROVE C., REBAY-SALISBURY K., WELLS P. S.,. </w:t>
+              <w:t xml:space="preserve">HIRIART E., GENECHESI J., CICOLANI V., MARTIN S., NIETO-PELLETIER S., OLMER F. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oxford Handbook of the European Iron Age</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oxford University Press,, p. 1-23., 2018</w:t>
+              <w:t xml:space="preserve">Monnaies et archéologie en Europe celtique.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bibracte, p. 353-356, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03952124v1</w:t>
+                <w:t xml:space="preserve">hal-03952005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les principautés celtiques du premier âge du Fer</w:t>
               </w:r>
@@ -5594,282 +5594,282 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02185122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Avant-propos</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bilan de la protohistoire ancienne en Picardie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Buchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Gaudefroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Talon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Le Goff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahier des thèmes transversaux ArScAn</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue archéologique de Picardie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 3 (1), pp.99-120. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/pica.2005.2460⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02185145v1</w:t>
+                <w:t xml:space="preserve">hal-03774312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bilan de la protohistoire ancienne en Picardie</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Avant-propos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Averbouh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudine Karlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Méry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre De Miroschedji</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue archéologique de Picardie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cahier des thèmes transversaux ArScAn</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, V, pp.115</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3406/pica.2005.2460⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03774312v1</w:t>
+                <w:t xml:space="preserve">hal-02185145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contrôle des ressources. Avant-propos</w:t>
               </w:r>
@@ -7053,51 +7053,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909830v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Costa" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Brun" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Baron" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Lachenal" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Mille" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03432266v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Chaume" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03885650v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Tomczyk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Petit" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03885651v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774372v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Buchez" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Le Guen" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Talon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04741870v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lafage" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Armbruster" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bauvais" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Brunet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/revues/ra-27-occupations-protohistoriques-a-changis-sur-marne-les-petreaux/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03477925v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Sachetti" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/DANA5.9782356133823" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952105v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Sacchetti" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://una-editions.fr/vix-et-le-phenomene-princier/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03047909v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Sanders" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bretagnolle" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Vic Ozouf-Marignier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Verdier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952084v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Verdier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03960906v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Brun" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marcigny" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vanmoerkerke" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02768320v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02353481v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Averbouh" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie M&#233;ry" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre de Miroschedji" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02768321v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02768338v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Lamboley" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Le Bohec" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02768342v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02768353v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Debord" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ender Varinlio&#487;lu" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Descat" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bresson" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02768363v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02768361v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952145v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Den&#233;c&#233;" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04265043v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://una-editions.fr/production-de-cuivre-en-europe-a-age-du-bronze/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/dana9.9782356135377.9" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952223v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03964729v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03477904v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Desachy" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03575131v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03477880v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03578406v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03578416v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03964709v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03964692v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03409934v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Capelle" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fr&#246;hlich" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Capdetrey" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03048235v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pufr-editions.fr/produit/le-temps-long-du-peuplement/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952068v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952161v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952179v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952005v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952124v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951989v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951963v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03964824v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902458v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Michelet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02768203v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038069v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Cathelinais" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chatillon" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Guichard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cths.fr/ed/edition.php?id=581" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02536969v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e-periodica.ch/digbib/view?pid=car-001:1992:57#4" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5169/seals-836166" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478172v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Destemberg" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Bayard" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589569v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03221736v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Giosa" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/bsgf/2021008" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03122015v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10426914.2020.1734618" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03056504v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952031v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952041v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02435533v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anca Dan" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Queyrel" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenz Baumer" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Coleman Carter" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dha.431.0295" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264534v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264046v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187978v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Guimier-Sorbets" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Soulier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187991v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Karlin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre De Miroschedji" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02188371v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02185122v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Guimier-Sorbet" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02185145v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774312v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gaudefroy" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Le Goff" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pica.2005.2460" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02115633v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100988v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100959v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095046v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074037v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561186v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Beeching" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P&#233;trequin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Richard" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges-No&#235;l Lambert" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03479088v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03885467v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02793472v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Marcigny" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Vanmoerkerke" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02792805v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909830v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Costa" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Brun" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Baron" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Lachenal" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Mille" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03432266v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Chaume" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03885650v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Tomczyk" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Petit" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03885651v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774372v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Buchez" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Le Guen" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Talon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04741870v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lafage" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Armbruster" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bauvais" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Brunet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/revues/ra-27-occupations-protohistoriques-a-changis-sur-marne-les-petreaux/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03477925v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Sachetti" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/DANA5.9782356133823" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952105v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Sacchetti" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://una-editions.fr/vix-et-le-phenomene-princier/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03047909v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Sanders" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bretagnolle" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Vic Ozouf-Marignier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Verdier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952084v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Verdier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03960906v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Brun" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marcigny" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vanmoerkerke" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02768320v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02353481v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Averbouh" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie M&#233;ry" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre de Miroschedji" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02768321v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02768338v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Lamboley" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Le Bohec" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02768342v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02768353v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Debord" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ender Varinlio&#487;lu" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Descat" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bresson" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02768363v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02768361v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04265043v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://una-editions.fr/production-de-cuivre-en-europe-a-age-du-bronze/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/dana9.9782356135377.9" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952145v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Den&#233;c&#233;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952223v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03964729v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03477904v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Desachy" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03477880v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03575131v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03578406v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03578416v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03964709v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03964692v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03409934v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Capelle" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fr&#246;hlich" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Capdetrey" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03048235v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pufr-editions.fr/produit/le-temps-long-du-peuplement/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952068v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952179v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952161v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952124v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952005v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951989v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951963v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03964824v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902458v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Michelet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02768203v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05038069v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Cathelinais" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Chatillon" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Guichard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cths.fr/ed/edition.php?id=581" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02536969v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.e-periodica.ch/digbib/view?pid=car-001:1992:57#4" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5169/seals-836166" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04478172v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Destemberg" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Bayard" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589569v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03221736v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Giosa" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/bsgf/2021008" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03122015v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10426914.2020.1734618" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03056504v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952031v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952041v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02435533v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anca Dan" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Queyrel" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenz Baumer" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Coleman Carter" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dha.431.0295" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264534v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264046v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187978v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Guimier-Sorbets" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Soulier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02187991v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Karlin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre De Miroschedji" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02188371v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02185122v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Guimier-Sorbet" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774312v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gaudefroy" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Le Goff" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/pica.2005.2460" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02185145v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02115633v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100988v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02100959v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095046v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02074037v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02561186v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Beeching" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P&#233;trequin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Richard" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges-No&#235;l Lambert" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03479088v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03885467v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02793472v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Marcigny" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Vanmoerkerke" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02792805v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>