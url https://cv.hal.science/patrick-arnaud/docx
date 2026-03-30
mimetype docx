--- v0 (2026-03-06)
+++ v1 (2026-03-30)
@@ -66,3135 +66,3217 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Poster de conférence (11)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">GRAFFAS: A Stochastic Space-Time Model for High-Resolution Hourly Rainfall Fields</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Cantet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Renard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SWGEN 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2025, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05404973v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A stochastic generator of continuous hourly areal rainfall series applied to a wide range of French catchments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Cantet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SWGEN 2025 - Conference on Stochastic Weather Generators</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2025, Grenoble, France. 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05547377v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un demi siècle de mesure hydrologique en milieu forestier méditerranéen au service de l'analyse rétrospective dans le contexte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Folton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Tolsa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SHF Sécheresse et étiages, «Avancées, valorisation et perspectives »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Paris, France. 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04542866v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Integrated nowcasting of flash floods and related socio-economic impacts: The French ANR PICS project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Payrastre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vazken Andréassian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Anquetin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Beaufils</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11th HyMeX workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Lecce, Italy. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04397034v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">THE “RHYTMME” PROJECT IN MOUNTAINOUS AREAS USING X-BAND WEATHER RADARS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Defrance</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Ecrepont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Javelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Fouchier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vazken Andréassian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4rd IMPRINTS Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2012, Bruxelles, Belgium</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01886155v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flash flood warning at ungauged locations: can proxy data be useful to calibrate the hydrological model used?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Defrance</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Javelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vazken Andréassian</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Geosciences Union General Assembly 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2012, Vienna, Austria. pp.1, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02606042v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flash flood warning methods: how to evaluate them? An application in the French Southern Alps using the AIGA warning method and different rainfall input data.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Defrance</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Javelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vazken Andréassian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Geosciences Union General Assembly 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2011, Vienna, Austria. pp.1, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02606048v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flash flood warning methods: how to evaluate them? An application in the French Southern Alps using the AIGA warning method and different rainfall input data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Defrance</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Javelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vazken Andréassian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EGU General Assembly 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2011, Vienna, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01886079v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Looking at catchments in colors: why not? But what if we can not even look at them?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Fouchier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Javelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Defrance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EGU Leonardo Topical Conference on the hydrological cycle “Looking at Catchments in Colors </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2010, Luxembourg, Luxembourg</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01827415v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Application of the AIGA flash flood warning method to the 15th of June 2010 event on the Nartuby and Argens rivers (South of France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Javelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Defrance</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Diss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Cantet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2nd EGU Leonardo Topical Conference on the hydrological cycle “Looking at Catchments in Colors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2010, Luxembourg, Luxembourg</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01827432v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monsters in flood forecasting: can we reduce the number of 'outlier' catchments by using two different model initialization strategies?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Javelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Berthet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Lavabre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Court of Miracles of Hydrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2008, Paris, France. pp.1, 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02591447v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (12)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving parameter regionalization learning for spatialized differentiable hydrological models by assimilation of satellite-based soil moisture data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouad Ettalbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-André Garambois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ngo-Nghi-Truyen Huynh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-André Garambois</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Patrick Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Hydrology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 660, pp.133300. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jhydrol.2025.133300⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05193409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using supervised machine learning for regional hydrological hazard estimation in metropolitan France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qifan Ding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Arnaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Hydrology: Regional Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 54, pp.101872. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ejrh.2024.101872⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04794012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cinquante ans de processus hydrologiques observés dans des petits bassins versants méditerranéens : vers une raréfaction de la ressource en eau ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Folton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Tolsa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Houille Blanche - Revue internationale de l'eau</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 5, pp.17-27. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/lhb/2020048⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03161125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Indicateurs sur la ressource en eau estimés par une modélisation pluie-débit régionalisée : la base de données Web LoiEau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Folton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Arnaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Houille Blanche - Revue internationale de l'eau</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 3, pp.22-29. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/lhb/2020034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03169645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the potential of variational calibration for a fully distributed hydrological model: application on a Mediterranean catchment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Jay-Allemand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Javelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Igor Gejadze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Malaterre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 24 (11), pp.5519-5538. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/hess-24-5519-2020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03085942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A 50-year analysis of hydrological trends and processes in a Mediterranean catchment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Folton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre L'Hermite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Tolsa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hydrology and Earth System Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 23 (6), pp.2699-2714. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/hess-23-2699-2019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02498681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">OZCAR : The French Network of Critical Zone Observatories</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Gaillardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Braud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatim Hankard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Anquetin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vadose Zone Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 17 (1), pp.1-24. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2136/vzj2018.04.0067⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">insu-01944414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of Flood Frequency Analysis Methods for Ungauged Catchments in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Odry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Arnaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geosciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 7 (3), 24 p. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/geosciences7030088⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01599951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using damage reports to assess different versions of a hydrological early warning system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Defrance</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Javelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Organde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Ecrepont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vazken Andréassian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hydrology and Earth System Sciences Discussions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 11, pp.4365-4401. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/hessd-11-4365-2014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01494238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extreme Rainfall Analysis at Ungauged Sites in the South of France : Comparison of Three Approaches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Carreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Neppel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Cantet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal de la Société Française de Statistique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01874232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing the high frequency quality of long rainfall series</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cong Tuan Hoang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ioulia Tchiguirinskaia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Schertzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lavabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Hydrology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 438-439, pp.39-51. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jhydrol.2012.01.044⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00697660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uncertainties of extreme rainfall quantiles estimated by a stochastic rainfall model and by a Generalized Pareto Distribution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Lang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lavabre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hydrological Sciences Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 54 (3), pp.417-429. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1623/hysj.54.3.417⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00590661v1</w:t>
-              </w:r>
-[...1169 lines deleted...]
-                <w:t xml:space="preserve">hal-02591447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Messages et enseignements du projet Explore2 - Analyse de l’hydrologie de surface selon les niveaux de réchauffement fixés par la TRACC</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Sauquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Torremocha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Evin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Siauve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">INRAE; BRGM; Météo France; EDF; CNRS; IRD. 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
-              <w:r>
-[...84 lines deleted...]
-            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05517697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Messages et enseignements du projet Explore2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Sauquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Evin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Siauve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Bornancin-Plantier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natacha Jacquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">INRAE; OiEau; OFB; MTECT; BRGM; CNRS; IRD; EDF; Météo-France. 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
-              <w:r>
-[...41 lines deleted...]
-            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04642698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A catalogue of European intermittent rivers and ephemeral streams</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Sauquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilja van Meerveld</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesc Gallart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Sefton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Parry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Technical Report] COST. 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
-              <w:r>
-[...71 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02914572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prise en compte de l’évolution de l’occupation du sol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reyhaneh Hashemi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Javelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrae. 2020, pp.5793-5816</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03972463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3204,758 +3286,758 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contrasted future scenarios for extreme rainfall and floods in Mediterranean basins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Tramblay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Sauquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paola Marson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Thirel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Strohmenger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th MedCLIVAR Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, MedCLIVAR-SISC, Sep 2024, Lecce, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04818280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Panorama des études hydrologiques sur de grands échantillons de bassins à INRAE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Branger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Lang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Sauquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée "Chroniques hydrométriques pour l'hydrologie"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SCHAPI; INRAE, Feb 2024, Villeurbanne (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04707935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Challenges in the quantification and management of future water resources</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Barreteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Caillouet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Graff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference Climate Change &amp; Water</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2018, Tours, France. pp.11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02607476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Améliorer la prévision immédiate des crues soudaines et de leurs impacts: le projet de recherche ANR PICS (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Payrastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vazken Andréassian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Anquetin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Beaufils</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">De la prévision des crues à la gestion de crise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Hydrotechnique de France, Nov 2018, Avignon, France. 7p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02608805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing forest influences on torrential hazards and risks: IRSTEA mission within the European H2020 project NAIAD</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Piton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Tacnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Curt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Curt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Geoscience Union General Assembly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Vienna, Austria. pp.2017 - 12155</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01983223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SHYREG, a national database of flood frequency estimation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Cantet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Odry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd European Conference on Flood Risk Management (FLOODrisk 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Lyon, France. pp.7, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/e3sconf/20160701004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01555795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3965,176 +4047,176 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapitre 4 : Risques et protection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Curt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Peyras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remy Tourment</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Guiot, J. (ed.); Mazurek, Hubert (ed.); Curt, T. (ed.); Raimbault, P. (ed.); Collange, L. (ed.); Thomas, S. (ed.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Marseille et l'environnement : bilan, qualité et enjeux : le développement durable d'une grande ville littorale face au changement climatique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses Universitaires de Provence</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.65-98, 2021, Sciences Technologies Santé, 979-10-320-0293-3. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/books.pup.41408⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03557427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4144,165 +4226,165 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deliverable 6.3 DEMO Insurance Value Assessment - PART 7: FRANCE - Brague</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Gnonlonfin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Piton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roxane Marchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhammad Badar Munir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z.X. Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019, pp.267-428</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre de rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
-              <w:r>
-[...84 lines deleted...]
-            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03027263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId130"/>
+      <w:footerReference w:type="default" r:id="rId131"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4449,51 +4531,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05193409v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouad Ettalbi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Andr&#233; Garambois" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngo-Nghi-Truyen Huynh" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Arnaud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Ferreira" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2025.133300" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04794012v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qifan Ding" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejrh.2024.101872" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03161125v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Folton" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Martin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Tolsa" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/2020048" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03169645v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/2020034" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03085942v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Jay-Allemand" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Javelle" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Gejadze" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Malaterre" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-24-5519-2020" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02498681v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre L'Hermite" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-23-2699-2019" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01944414v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gaillardet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Braud" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatim Hankard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Anquetin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bour" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2136/vzj2018.04.0067" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599951v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Odry" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/geosciences7030088" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01494238v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Defrance" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Organde" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ecrepont" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vazken Andr&#233;assian" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hessd-11-4365-2014" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874232v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Carreau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Neppel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cantet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00697660v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cong Tuan Hoang" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioulia Tchiguirinskaia" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Schertzer" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lavabre" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2012.01.044" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QDNGSGPG-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00590661v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Muller" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lang" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1623/hysj.54.3.417" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05404973v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Renard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04542866v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04397034v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Payrastre" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Beaufils" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886155v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Fouchier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606042v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886079v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Moreau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606048v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827415v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827432v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Aubert" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Diss" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591447v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Berthet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517697v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Sauquet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Torremocha" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Evin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Siauve" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04642698v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bornancin-Plantier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Jacquin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914572v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilja van Meerveld" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesc Gallart" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Sefton" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Parry" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03972463v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reyhaneh Hashemi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04818280v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Tramblay" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Marson" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Thirel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Strohmenger" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04707935v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Perrin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Branger" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Vidal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607476v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Barreteau" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Caillouet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Graff" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608805v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983223v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Piton" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Tacnet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Berger" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Curt" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Curt" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01555795v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/20160701004" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03557427v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Peyras" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Tourment" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bellier" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/node" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pup.41408" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03027263v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Gnonlonfin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Marchal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Badar Munir" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z.X. Wang" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05404973v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cantet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Arnaud" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Renard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05547377v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04542866v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Folton" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Tolsa" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04397034v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Payrastre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vazken Andr&#233;assian" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Anquetin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Beaufils" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886155v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Defrance" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ecrepont" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Javelle" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Fouchier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606042v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606048v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Moreau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886079v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827415v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827432v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Aubert" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Diss" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02591447v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Berthet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lavabre" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05193409v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouad Ettalbi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Andr&#233; Garambois" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngo-Nghi-Truyen Huynh" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Ferreira" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2025.133300" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04794012v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qifan Ding" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejrh.2024.101872" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03161125v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Martin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/2020048" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03169645v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/2020034" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03085942v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Jay-Allemand" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Gejadze" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Malaterre" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-24-5519-2020" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02498681v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre L'Hermite" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-23-2699-2019" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01944414v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gaillardet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Braud" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatim Hankard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bour" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2136/vzj2018.04.0067" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599951v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Odry" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/geosciences7030088" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01494238v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Organde" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hessd-11-4365-2014" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874232v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Carreau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Neppel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-00697660v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cong Tuan Hoang" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioulia Tchiguirinskaia" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Schertzer" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2012.01.044" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QDNGSGPG-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00590661v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Muller" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lang" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1623/hysj.54.3.417" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517697v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Sauquet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Torremocha" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Evin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Siauve" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04642698v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bornancin-Plantier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Jacquin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914572v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilja van Meerveld" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesc Gallart" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Sefton" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Parry" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03972463v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reyhaneh Hashemi" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04818280v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Tramblay" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Marson" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Thirel" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Strohmenger" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04707935v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Perrin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Branger" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Vidal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607476v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Barreteau" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Caillouet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Graff" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608805v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983223v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Piton" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Tacnet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Berger" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Curt" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Curt" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01555795v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/20160701004" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03557427v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Peyras" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Tourment" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bellier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/node" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pup.41408" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03027263v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Gnonlonfin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Marchal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Badar Munir" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z.X. Wang" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>