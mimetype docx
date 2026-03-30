--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (9)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -351,800 +351,718 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02971492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Durée passée en carrière et durée de vie en retraite : quel partage des gains d’espérance de vie ?</w:t>
+                <w:t xml:space="preserve">French Retirement Reforms and Intragenerational Equity in Retirement Duration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Rabaté</w:t>
+                <w:t xml:space="preserve">Cindy Duc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Ducoudré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Economie et Statistique / Economics and Statistics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Economist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 161, pp.277 - 305. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10645-013-9212-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01510315v1</w:t>
+                <w:t xml:space="preserve">halshs-01435711v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">French Retirement Reforms and Intragenerational Equity in Retirement Duration</w:t>
+                <w:t xml:space="preserve">Projeter l’impact des réformes des retraites sur les sorties d’activité : Une illustration par le modèle PROMESS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cindy Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Ducoudré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Economist</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue française des affaires sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, L’âge dans les régimes de retraite, 2012/4 (4), pp.84-105</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01435711v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01435750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impacts directs et indirects des systèmes de retraite sur l'emploi des seniors : Résultats récents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Aubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française des affaires sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 2012/4 (n°4), p. 14 à 39</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01435760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projeter l’impact des réformes des retraites sur les sorties d’activité : Une illustration par le modèle PROMESS</w:t>
+                <w:t xml:space="preserve">New technologies, organisation and age: firm level evidence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cindy Duc</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Caroli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bruno Ducoudré</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Roger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue française des affaires sociales</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Economic Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 116 (509), pp.F73-F93. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1468-0297.2006.01065.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01435750v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00754173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouvelles technologies et nouvelles formes d'organisation du travail : Quelles conséquences pour l'emploi des salariés âgés ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Caroli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Roger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Economique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 57 (6), pp.1329-1349. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/reco.576.1329⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/reco.576.1329⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">halshs-00754123v1</w:t>
-              </w:r>
-[...114 lines deleted...]
-                <w:t xml:space="preserve">halshs-00754173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Autonomix-Kappa : un nouveau modèle de micro-simulation pour l’évaluation des politiques de l’autonomie »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Culioli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Octave de Brouwer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Roy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque retraite et vieillissement 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Caisse des dépots, Oct 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05423212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La retraite des personnes handicapées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Aubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque retraite et vieillissement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Caisse des dépôts, Oct 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05423179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1154,98 +1072,98 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les salaires des seniors sont-ils un obstacle à leur emploi ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Aubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les salaires en France - Édition 2005</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, Insee Références, 2-11-068322-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01429390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1255,809 +1173,871 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le système français de retraite fait dépendre l’âge de départ de la durée de carrière : est-ce justifié ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Aubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05042508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les âges de départ à la retraite depuis 2010 : quels enseignements pour la réforme à venir ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Aubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04083339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les personnes souffrant d'incapacités quittent le marché du travail plus jeunes mais liquident leur retraite plus tard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Aubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02970637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (6)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Règles de réversion : effectivité et implications. Synthèse des principaux enseignements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Bonnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (working paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05415418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modalités d’application des réformes des retraites et prévisibilité du montant de pension</w:t>
+                <w:t xml:space="preserve">Les évolutions de niveaux de pension de retraite par génération</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Aubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2014</w:t>
+              <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01429388v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05565609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modalités d'application des réformes des retraites et prévisibilité du montant de pension</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Aubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (working paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05458329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Durée passée en carrière et durée de vie en retraite : quel partage des gains d'espérance de vie ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Rabaté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (working paper)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05450407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New technologies, workplace organisation and the age structure of the workforce: Firm-level evidence</w:t>
+                <w:t xml:space="preserve">Modalités d’application des réformes des retraites et prévisibilité du montant de pension</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Aubert</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">2005</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00590805v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01429388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouvelles technologies et nouvelles formes d'organisation du travail : quelles conséquences pour l'emploi des salariés âgés ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eve Caroli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Roger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00590793v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...2 lines deleted...]
-                <w:t xml:space="preserve">halshs-00590793v1</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">New technologies, workplace organisation and the age structure of the workforce: Firm-level evidence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Caroli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Roger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00590805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rapport (5)</w:t>
+        <w:t xml:space="preserve">Rapport (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Appariement de l’échantillon interrégimes de retraités (EIR), l’échantillon interrégimes de cotisants (EIC), et l’Échantillon national interrégimes d’allocataires de compléments de revenus d’activité et de minima sociaux (Eniacrams)</w:t>
+                <w:t xml:space="preserve">L’appariement de l’EIR de 2016 et des RI-APA-ASH de 2017</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Aubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">DREES Méthodes N° 21, Drees. 2025</w:t>
+              <w:t xml:space="preserve">DREES Méthodes N° 20, Drees. 2025, https://drees.solidarites-sante.gouv.fr/publications-communique-de-presse/drees-methodes/250219_DM_appariement-EIR-2016-APA-et-ASH-2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05148665v1</w:t>
+                <w:t xml:space="preserve">hal-05148807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minima sociaux : plus d’un bénéficiaire en cours de carrière sur trois l’est encore après son départ à la retraite</w:t>
               </w:r>
@@ -2103,207 +2083,308 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05148497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’appariement de l’EIR de 2016 et des RI-APA-ASH de 2017</w:t>
+                <w:t xml:space="preserve">Allocation personnalisée d’autonomie : les retraités à plus basse pension commencent à la percevoir en moyenne cinq ans plus jeunes que les plus aisés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Aubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">DREES Méthodes N° 20, Drees. 2025, https://drees.solidarites-sante.gouv.fr/publications-communique-de-presse/drees-methodes/250219_DM_appariement-EIR-2016-APA-et-ASH-2017</w:t>
+              <w:t xml:space="preserve">1327, Drees. 2025, https://drees.solidarites-sante.gouv.fr/publications-communique-de-presse/etudes-et-resultats/250219_ER_allocation-personnalisee-dautonomie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05148807v1</w:t>
+                <w:t xml:space="preserve">hal-05148639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Allocation personnalisée d’autonomie : les retraités à plus basse pension commencent à la percevoir en moyenne cinq ans plus jeunes que les plus aisés</w:t>
+                <w:t xml:space="preserve">Appariement de l’échantillon interrégimes de retraités (EIR), l’échantillon interrégimes de cotisants (EIC), et l’Échantillon national interrégimes d’allocataires de compléments de revenus d’activité et de minima sociaux (Eniacrams)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Aubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">1327, Drees. 2025, https://drees.solidarites-sante.gouv.fr/publications-communique-de-presse/etudes-et-resultats/250219_ER_allocation-personnalisee-dautonomie</w:t>
+              <w:t xml:space="preserve">DREES Méthodes N° 21, Drees. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05148639v1</w:t>
+                <w:t xml:space="preserve">hal-05148665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Impact de la réforme des retraites de 2010 sur l’équilibre financier de l’assurance chômage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Bozio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maïlys Pedrono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Tô</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Institut des politiques publiques (IPP). 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05545826v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Mieux prendre en compte la réalité des personnes défavorisées dans les règles de retraite : constats et pistes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Aubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Institut des politiques publiques (IPP). 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05309777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2313,114 +2394,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'emploi des salariés âgés : le rôle des salaires et de la productivité dans la demande de travail des entreprises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Aubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de l'Homme et Société. Paris X - Nanterre, 2007. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pastel-00003780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId53"/>
+      <w:footerReference w:type="default" r:id="rId57"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2567,51 +2648,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insee.hal.science/hal-05302171v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Aubert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24187/ecostat.2025.546.2132" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insee.hal.science/hal-05506445v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Plouhinec" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24187/ecostat.2017.491d.1903" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971492v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Benallah" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01510315v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Rabat&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435711v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Duc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Ducoudr&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10645-013-9212-6" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435760v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435750v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pjse.hal.science/halshs-00754123v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Caroli" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Roger" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.576.1329" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pjse.hal.science/halshs-00754173v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1468-0297.2006.01065.x" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-NSC48P1J-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423212v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Culioli" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Octave de Brouwer" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Roy" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423179v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429390v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05042508v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04083339v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970637v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05415418v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Bonnet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429388v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insee.hal.science/hal-05458329v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insee.hal.science/hal-05450407v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00590805v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00590793v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148665v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148497v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148807v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148639v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05309777v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00003780v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insee.hal.science/hal-05302171v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Aubert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24187/ecostat.2025.546.2132" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insee.hal.science/hal-05506445v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Plouhinec" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24187/ecostat.2017.491d.1903" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971492v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Benallah" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435711v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Duc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Ducoudr&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10645-013-9212-6" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435750v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01435760v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pjse.hal.science/halshs-00754173v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Caroli" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Roger" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1468-0297.2006.01065.x" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-NSC48P1J-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pjse.hal.science/halshs-00754123v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/reco.576.1329" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423212v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Culioli" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Octave de Brouwer" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Roy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423179v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429390v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05042508v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04083339v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970637v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05415418v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Bonnet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05565609v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insee.hal.science/hal-05458329v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insee.hal.science/hal-05450407v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Rabat&#233;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01429388v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00590793v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00590805v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148807v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148497v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148639v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05148665v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05545826v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bozio" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;lys Pedrono" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime T&#244;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05309777v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00003780v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>