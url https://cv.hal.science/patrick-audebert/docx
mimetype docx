--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -2212,286 +2212,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01561863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hot Electrons Transverse Refluxing in Ultraintense Laser-Solid Interactions</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Isochoric heating of solids by laser-accelerated protons: Experimental characterization and self-consistent hydrodynamic modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Psikal</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">M. Nakatsutsumi</w:t>
+                <w:t xml:space="preserve">A. Mancic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Romagnani</w:t>
+                <w:t xml:space="preserve">J. Robiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Antici</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Audebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Andreev</w:t>
+                <w:t xml:space="preserve">C. Blancard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">High Energy Density Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 6 (1), pp.21-28</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">in2p3-00525616v1</w:t>
+                <w:t xml:space="preserve">hal-01561866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isochoric heating of solids by laser-accelerated protons: Experimental characterization and self-consistent hydrodynamic modeling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hot Electrons Transverse Refluxing in Ultraintense Laser-Solid Interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Buffechoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Psikal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Nakatsutsumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Mancic</w:t>
+                <w:t xml:space="preserve">L. Romagnani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Robiche</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">C. Blancard</w:t>
+                <w:t xml:space="preserve">A. Andreev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">High Energy Density Physics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 105, pp.015005. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.105.015005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01561866v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">in2p3-00525616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Focusing of millijoule picosecond K-alpha radiation from 100 TW laser-solid interaction</w:t>
               </w:r>
@@ -2602,51 +2602,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Picosecond Short-Range Disordering in Isochorically Heated Aluminum at Solid Density</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Mancic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Levy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3528,286 +3528,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00152506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High dynamic range streak camera for subpicosecond time-resolved x-ray spectroscopy</w:t>
+                <w:t xml:space="preserve">Plasma mirrors for ultrahigh-intensity optics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Bonte</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">F. Dorchies</w:t>
+                <w:t xml:space="preserve">Cédric Thaury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Magnan</w:t>
+                <w:t xml:space="preserve">F. Quéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Pitre</w:t>
+                <w:t xml:space="preserve">J.-P. Geindre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Levy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Ceccotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Review of Scientific Instruments</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nature Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 3 (6), pp.424-429. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nphys595⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01561887v1</w:t>
+                <w:t xml:space="preserve">hal-01166802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasma mirrors for ultrahigh-intensity optics</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">High dynamic range streak camera for subpicosecond time-resolved x-ray spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.-P. Geindre</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A. Levy</w:t>
+                <w:t xml:space="preserve">C. Bonte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Harmand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Dorchies</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Ceccotti</w:t>
+                <w:t xml:space="preserve">S. Magnan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Pitre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Physics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Review of Scientific Instruments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 78 (4)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01166802v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01561887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prospects for nuclear physics with lasers</w:t>
               </w:r>
@@ -4069,64 +4069,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coherent Wake Emission of High-Order Harmonics from Overdense Plasmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Quéré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Thaury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Monot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8551,51 +8551,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Levy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Fuchs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Mancic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Fournier, K. B. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atomic Processes in Plasmas</w:t>
@@ -8993,51 +8993,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8BB842F7"/>
+    <w:nsid w:val="80151399"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9141,51 +9141,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="30B303D9"/>
+    <w:nsid w:val="5EB4047C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9375,51 +9375,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/patrick-audebert" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1330-3946" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/ABG-1351-2020" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05348462v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lebegue" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Froidevaux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Benjamin Ohland" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Rapeneau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doina Badarau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.574715" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05348479v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Nourry-Martin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fermon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Le Blanc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Meignien" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Audebert" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OPTICA.533492" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05348518v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elio Thellier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.575169" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05348528v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna de Sousa" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Rapenau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Andrieu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/hpl.2024.84" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756390v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Humblot" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna De Sousa" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. D. Baton" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Audebert" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.530119" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01741518v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gareth O. Williams" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. K&#252;nzel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Daboussi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Iwan" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gonzalez" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.97.023414" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01881052v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Nakatsutsumi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Sentoku" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Korzhimanov" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chen" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Buffechoux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-017-02436-w" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01763846v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Papadopoulos" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Zou" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cheriaux" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Georges" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/hpl.2016.34" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321640v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bourgaux" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bastiani-Ceccotti" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Audebert" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-R. Marques" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vassura" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/688/1/012039" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01245572v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Levy" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Shepherd" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dunn" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Cammarata" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4916103" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01306154v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-P Zou" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Papadopoulos" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Ch&#233;riaux" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/hpl.2014.41" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01245475v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gauthier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. N. Chen" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Levy" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Blancard" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.110.135003" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00853633v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Borot" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Malvache" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaowei Chen" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Jullien" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Geindre" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nphys2269" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00724940v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Antici" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Albertazzi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hannachi" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/14/6/063023" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561863v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Renaudin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dorchies" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Harmand" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Peyrusse" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00525616v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Psikal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Romagnani" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Andreev" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.105.015005" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561866v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mancic" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Robiche" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Blancard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561869v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chalupsky" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. H&#225;jkov&#225;" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561864v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.104.035002" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00830401v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Bastiani-Ceccotti" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Renaudin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Dorchies" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Harmand" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Peyrusse" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hedp.2009.05.018" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JMW6LGWX-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561878v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rassuchine" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. d'Humieres" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Guillou" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Koenig" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561872v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fourment" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hulin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00414503v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Malka" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nicolai" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Brambrink" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Santos" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.M. Al&#233;onard" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjst/e2009-01132-5" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00260265v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Nicola&#238;" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.77.026408" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00152506v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Schlegel" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. U. Amthor" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M. Al&#233;onard" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.75.065401" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561887v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bonte" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Magnan" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Pitre" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166802v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Thaury" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Geindre" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ceccotti" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nphys595" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00206185v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gerbaux" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gobet" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0741-3335/49/12B/S06" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-CBD6T7MB-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097211v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Bonvalet" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Darmon" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Lambry" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Martin" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.31.002753" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166798v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Monot" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dobosz" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Martin" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.96.125004" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-00502703v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fuchs" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. d'Humi&#232;res" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lefebvre" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Borghesi" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nphys199" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-00508687v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Manclossi" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Batani" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Piazza" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Baton" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Amiranoff" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10420150500492941" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-00526398v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Forget" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Cotel" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Brambrink" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.30.002921" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561901v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chenais-Popovics" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Nagels" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Geindre" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-00570540v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Cochet" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fritzler" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Malka" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-M. Aleonard" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0029-5515/43/7/317" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-CXM205XQ-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561904v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-00523521v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Rousse" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Rischel" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fourmaux" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Uschmann" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Sebban" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/35065045" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-00523529v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E F&#246;rster" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-0233/12/11/312" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-5RVBLQMX-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561930v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. R. Marques" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cros" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Matthieussent" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Courtois" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561933v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Gauthier" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-00465609v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gibbon" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Altenbernd" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Teubner" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. F&#246;rster" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.55.R6352" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561934v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-00465612v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. A. Gizzi" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danilo Giulietti" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Giulietti" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bastiani" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.76.2278" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561935v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Antonetti" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bernard" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-00465614v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. C. Mancini" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. S. Schlyaptseva" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.54.4147" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01586407v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Le Garrec" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios N. Papadopoulos" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Le Blanc" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Zou" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ch&#233;riaux" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2265182" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01589320v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Leblanc" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Freneaux" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_SI.2017.SF1K.3" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01578706v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01581892v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01359586v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Ramirez" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Pellegrina" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lebas" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01370913v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01374585v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ji-Ping Zou" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01370981v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01371558v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Cheriaux" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00903672v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.S. Paradkar" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Davoine" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chanc&#233;" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.G. Desforges" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2013.10.090" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KHM9GXCS-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01370492v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ASSL.2013.ATu3A.43" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01367680v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Mennerat" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01366135v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00600930v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dennetiere" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Troussel" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudolph Rosch" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Reverdin" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Hartmann" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/uvx/2011027" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00129137v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tarisien" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Claverie" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561882v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561831v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. C. Bourgaux" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561870v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561898v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-01079769v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Sintes" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/patrick-audebert" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1330-3946" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/ABG-1351-2020" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05348462v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lebegue" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Froidevaux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Benjamin Ohland" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Rapeneau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doina Badarau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.574715" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05348479v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Nourry-Martin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fermon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Le Blanc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Meignien" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Audebert" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OPTICA.533492" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05348518v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elio Thellier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.575169" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05348528v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna de Sousa" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Rapenau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Andrieu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/hpl.2024.84" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756390v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Humblot" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna De Sousa" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. D. Baton" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Audebert" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.530119" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01741518v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gareth O. Williams" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. K&#252;nzel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Daboussi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Iwan" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gonzalez" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.97.023414" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01881052v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Nakatsutsumi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Sentoku" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Korzhimanov" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chen" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Buffechoux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-017-02436-w" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01763846v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Papadopoulos" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Zou" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cheriaux" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Georges" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/hpl.2016.34" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02321640v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bourgaux" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bastiani-Ceccotti" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Audebert" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-R. Marques" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vassura" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/688/1/012039" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01245572v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Levy" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Shepherd" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dunn" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Cammarata" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4916103" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01306154v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-P Zou" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Papadopoulos" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Ch&#233;riaux" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/hpl.2014.41" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01245475v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gauthier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. N. Chen" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Levy" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Blancard" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.110.135003" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00853633v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Borot" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Malvache" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaowei Chen" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Jullien" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Geindre" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nphys2269" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00724940v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Antici" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Albertazzi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hannachi" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1367-2630/14/6/063023" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561863v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Renaudin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dorchies" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Harmand" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Peyrusse" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561866v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mancic" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Robiche" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Blancard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00525616v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Psikal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Romagnani" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Andreev" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.105.015005" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561869v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chalupsky" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. H&#225;jkov&#225;" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561864v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.104.035002" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00830401v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Bastiani-Ceccotti" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Renaudin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Dorchies" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Harmand" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Peyrusse" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hedp.2009.05.018" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JMW6LGWX-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561878v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rassuchine" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. d'Humieres" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Guillou" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Koenig" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561872v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fourment" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hulin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00414503v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Malka" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Nicolai" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Brambrink" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Santos" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.M. Al&#233;onard" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjst/e2009-01132-5" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00260265v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Nicola&#238;" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.77.026408" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00152506v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Schlegel" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. U. Amthor" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M. Al&#233;onard" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.75.065401" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166802v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Thaury" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Geindre" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Ceccotti" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nphys595" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561887v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bonte" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Magnan" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Pitre" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00206185v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gerbaux" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Gobet" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0741-3335/49/12B/S06" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-CBD6T7MB-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00097211v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Bonvalet" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Darmon" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Lambry" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Martin" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.31.002753" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01166798v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Monot" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dobosz" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Martin" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.96.125004" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-00502703v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fuchs" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. d'Humi&#232;res" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lefebvre" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Borghesi" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nphys199" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-00508687v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Manclossi" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Batani" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Piazza" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Baton" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Amiranoff" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10420150500492941" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-00526398v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Forget" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Cotel" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Brambrink" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.30.002921" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561901v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chenais-Popovics" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Nagels" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Geindre" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-00570540v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Cochet" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fritzler" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Malka" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-M. Aleonard" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0029-5515/43/7/317" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-CXM205XQ-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561904v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-00523521v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Rousse" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Rischel" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fourmaux" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Uschmann" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Sebban" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/35065045" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-00523529v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E F&#246;rster" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-0233/12/11/312" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-5RVBLQMX-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561930v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. R. Marques" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cros" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Matthieussent" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Courtois" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561933v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Gauthier" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-00465609v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gibbon" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Altenbernd" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Teubner" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. F&#246;rster" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.55.R6352" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561934v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-00465612v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. A. Gizzi" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danilo Giulietti" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Giulietti" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bastiani" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.76.2278" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561935v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Antonetti" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bernard" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-00465614v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. C. Mancini" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. S. Schlyaptseva" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.54.4147" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01586407v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Le Garrec" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios N. Papadopoulos" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Le Blanc" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Zou" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ch&#233;riaux" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2265182" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01589320v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Leblanc" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Freneaux" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_SI.2017.SF1K.3" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01578706v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01581892v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01359586v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Ramirez" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Pellegrina" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lebas" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01370913v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01374585v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ji-Ping Zou" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01370981v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01371558v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Cheriaux" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00903672v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.S. Paradkar" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Davoine" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chanc&#233;" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.G. Desforges" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nima.2013.10.090" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KHM9GXCS-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01370492v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ASSL.2013.ATu3A.43" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01367680v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Mennerat" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-01366135v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iogs.hal.science/hal-00600930v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dennetiere" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Troussel" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudolph Rosch" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Reverdin" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Hartmann" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/uvx/2011027" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/in2p3-00129137v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tarisien" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Claverie" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561882v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561831v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. C. Bourgaux" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561870v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561898v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://polytechnique.hal.science/hal-01079769v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Sintes" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>