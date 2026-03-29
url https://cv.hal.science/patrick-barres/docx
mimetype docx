--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -66,3854 +66,3923 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (28)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Histoire de Monsieur Vieux Bois de Lortac et Cavé : zigzag et saccade</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bande dessinée et cinéma d'animation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Les Impressions Nouvelles, 2026, 978-2-39070-274-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05569923v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le diable se cache dans la boîte noire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pour des recherches diaboliques. Théorie et création interartistiques en laboratoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Pratiques et théories, 079 1 0370 3916 3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04744127v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Ville rouge de Michael Matthys. Portrait de ville, une logique du fragmentaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Universitaires de Rennes. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Portraits de pays. Textes, images, sons</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses Universitaires de Rennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 978-2-7535-9315-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04744079v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Design blanc et &amp;quot;blind design&amp;quot;. Couleur émergente, expérience du lieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Design(s) blanc(s). L'invention de la couleur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Harmattan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Logiques sociales / série Etudes culturelles, 9 782140 203763</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04744268v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Black Box de William Kentridge, la traversée du chaos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Du noir dont procèdent les figures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses Universitaires de Strasbourg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Formes cinématographiques, 9791034401574</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04744416v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blanc sur blanc, blanc de blanc. Des espaces singuliers dans les films de Youri Norstein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Design(s) blanc(s). L'invention de la couleur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Harmattan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Logiques sociales / Série Etudes culturelles, 9 782140 203763</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04744357v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les livres d'artistes et les films d'animations de Stefano Ricci, à l'épreuve du spectacle de danse Humus Vertebra de Karine Ponties. L'exploration de la face cachée de la boîte noire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Liens entre films animés, bandes dessinées et livres illustrés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Harmattan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Cinémas d'animations, 978-2-14-030576-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04744244v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Lapoujade au Service de la Recherche de la RTF/ORTF : expériences de recherche et de création &amp;quot;en bras de chemise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Des mondes possibles. Le Service de la Recherche de la télévision française et le cinéma d'animation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">INA</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Médias et Humanités, 9 782869 382886</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04744398v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'esthétique textile dans le générique de fin du film Les désastreuses aventures des orphelins Baudelaire de Brad Silberling : papiers peints, papiers découpés et tableaux de théâtre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'art des génériques (cinéma)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 30, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Harmattan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Cahiers Interdisciplinaires de la Recherche en Communication Audio Visuelle (CIRCAV), 978-2-343-24864-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04744182v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les portraits à traits tirés de Gilles Pandel : à visage découvert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Université Toulouse Jean Jaurès. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ce que je vis. Gilles Pandel, une rétrospective, 1981-2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 978-2-95113832-3-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04300291v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adaptation littéraire et court métrage d’animation, poïétiques de la circularité et de l’écart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jérôme Dutel. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Adaptation littéraire et courts métrages d'animation. Au milieu de l'image coulent les textes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Harmattan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Cinémas d'animation, 978-2-343-19756-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02566388v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fluidité et flexibilité dans l’exercice du dessin, une plasticité émergente.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Xavier Lambert. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Action, énaction : l'émergence de l'œuvre d'art.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Harmattan, coll. Ouverture philosophique</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 978-2-343-11403-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01972126v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les topographies de la frontière dans le film &amp;quot;Qu’ils reposent en révolte&amp;quot; de Sylvain George, une poétique des « lieux mêlés »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Corinne Maury; Philippe Ragel. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Filmer les frontières</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses Universitaires de Vincennes, coll. Esthétiques hors cadre.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 9782842924591</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01972155v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les traits d'invention du dessin d'animation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les expériences du dessin dans le cinéma d'animation.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Harmattan, coll. Cinémas d'animation</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 978-2-343-08162-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02291376v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spatialité chromatique et esthétique graphique dans Persepolis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ragel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Barbara Laborde. Persepolis, Vincent Paronnaud et Marjane Satrapi, dessin de vie, Le bord de l'eau, coll Cinéfocale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01972088v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cartografías sensibles y experiencia del lugar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Lécole Solnychkine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Universidad Autónoma Metropolitana. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arte, entorno y comunidad</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05011495v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spatialité chromatique et esthétique graphique dans Persepolis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ragel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Persepolis. Marjane Satrapi et Vincent Paronnaud, Dessin de vie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Le bord de l'eau, pp.87-103, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02199630v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cartografías sensibles y experiencia del lugar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Lécole Solnychkine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mónica Francisca Benítez Dávila. Arte, entorno y comunidad.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Universidad Autónoma Metropolitana (UAM Lerma), 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01972387v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Œuvres de chaos » du land art, paysages de l’extrême</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Marc Jimenez. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'art dans tous ses extrêmes.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Klincksieck, coll. L'Université des arts, 2012, 225203842X</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01972114v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des territoires de l’intime dans les sites du land art</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Eliane Chiron; Anaïs Lelièvre. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’intime, le privé, le public dans l’art contemporain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Publications de la Sorbonne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 12687723</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01961686v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Œuvres de chaos » du land art</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Guy Lecerf. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les jeux de l’art et du chaos.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, , 2012, 978-2-8066-0211-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01972142v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Fard et la Cendre : la Jeune Fille et les nuages de Georges Schwizgebel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Georges Schwizgebel, peintre et cinéaste d'animation.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Harmattan, coll. Cinémas d'animation</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 978-2-296-55841-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02291380v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une poïétique de l'esquisse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Simone Dompeyre. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'art proxime. Catalogue du festival Traverse Vidéo. Edition 14, 16 mars-2 avril 2011.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01974372v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Livres d’artistes, poïétique de l’altération et dessin de surface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Maryline Maigron, Marie-Odile Salati. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La surface, accidents et altérations.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions de l'Université de Savoie, coll. Ecriture et représentation</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 2-915797-63-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01972234v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Livres d'artistes : poïétique de l'altération et dessin de surface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Maryline Maigron, Marie-Odile Salati. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La surface, accidents et altérations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éditions de l’université de Savoie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 2-915797-63-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01950377v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le flux et le lieu : les &amp;quot;plis sur plis&amp;quot; de l’architecture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Carole Hoffmann; Xavier Lambert. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Corps en mutations.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Pleins Feux, 2010, 9782847290875</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01972243v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’image couleur-mouvement dans les pratiques du cinéma d’animation, scénarios poïétiques et esthétique de la fluidité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Raphaëlle Costa de Beauregard. Cinéma et couleur. Michel Houdiard éditeur.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 2356920072</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01972220v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ethique et esthétique du cadre de vie : design et architecture fluides, développement durable, nouvelles rationnalités</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ethique et esthétique du cadre de vie : le paysage du futur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01950371v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Terrain de Roger Rousseau, un chemin pour le corps.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Barres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04795246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Labyrinthes, observatoires et chemins de pierre du Land art : références et irrévérences au sacré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Barres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02306525v1</w:t>
-              </w:r>
-[...2205 lines deleted...]
-                <w:t xml:space="preserve">hal-01950371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (20)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Lapoujade, une esthétique de la défaillance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Barres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Robert Lapoujade et le cinéma de marionnettes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Toulouse Jean Jaurès // LLA-CREATIS; Eidos Cinéma, Oct 2024, Bressols, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04794831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La ville rouge de Michael Matthys : portrait de ville, une logique du fragmentaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Barres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Portraits de pays. Textes, images, sons</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Les colloques Cerisy; Université Rennes 2; Université de Louvain; Université Toulouse Jean Jaurès, Jul 2019, Cerisy-la-Salle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04795103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Foules en délire, les ressorts d'une &amp;quot;animation cassée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Barres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Robert Lapoujade et la peinture animée</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Toulouse Jean Jaurès / LLA-CREATIS; Eidos Cinéma, Oct 2023, Bressols, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04794860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design olfactif situé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Barres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Création-recherche en olfaction, pratiques et métiers en mutation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Anne-Charlotte Baudequin; Emilie Bonnard, Oct 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04794881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les livres d'artistes et les films d'animation de Stefano Ricci, à l'épreuve du spectacle Humus Vertebra de Karine Ponties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Barres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Images fixes et images animées : livres illustrés, bandes dessinées et courts métrages d'animation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Jean Monnet Saint-Etienne; CELEC; Nef Animation, Mar 2020, Roanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04795033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Défier le film</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Barres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les expériences cinématographiques de Robert Breer : arythmies, anti-continuités et autres "dérives à perte".</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Toulouse Jean Jaurès, Jun 2021, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04794939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La part expérimentale de l'animation, le cinéma de Robert Breer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Barres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animation &amp; expérimentation, expérimentation &amp; animation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Jean Monnet Saint-Etienne; ECCLA, May 2021, Roanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04794968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Histoire de Monsieur Vieux Bois de Lortac et Cavé : poïétiques du zigzag et de la saccade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Barres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cinéma d'animation et bande dessinée, variations intermédiaires ou soubresauts identitaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Pascal Vimenet; Xavier Kawa-Topor, Apr 2021, Angoulême, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04794912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude du générique du film Le Petit Nicolas (2009) de Laurent Tirard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Barres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le générique de film : clair-obscur, entre-deux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Toulouse Jean Jaurès, Jun 2018, Castres, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04795144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude d'alliages Co-Ni à durcissement γ′</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Locq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Q. Barrès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Ramusat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Franchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Sallot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées Annuelles SF2M (JA 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Albi, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Locq</w:t>
-[...70 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2016, Albi, France</w:t>
+                <w:t xml:space="preserve">hal-01411853v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Petit Hérisson dans le brouillard de Youri Norstein : des matériologies aux météorologies, une esthétique du « petit cliché ».</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international "Le défilement, et après ? L’analyse des films d’animation" </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Paris, France</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01862571v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La boîte noire, une &amp;quot;scène d'invention totale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Espace, perspective et fragmentation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Grégory Bled, Mar 2015, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Grégory Bled, Mar 2015, Toulouse, France</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01181311v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse du film Le Désert rouge de Michelangelo Antonioni. Désert rouge, désert rose, l'invention de la couleur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Désert rouge, une invention de la couleur, dir. Patrick Barrès, Sophie Lécole Solnychkine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2014, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2014, Toulouse, France</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02309968v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enseigner le cinéma d'animation, l'articulation entre théorie et pratique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Archives et acteurs des cinémas d’animation en France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2013, Paris, France</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01973251v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Design blanc et blind design : couleur émergente, expérience du lieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'étude "Utopies blanches, propositions paysagères"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2012, TOULOUSE, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01950433v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Motifs sonores dans les pratiques du land art, motifs d'invention du « paysage dialectique »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Barres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le paysage sonore, échographie du monde</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2012, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01863592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2012, TOULOUSE, France</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des territoires de l'intime en milieu urbain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’intime, le privé, le public. Déphasage et coïncidence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, May 2012, Paris, France</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01961793v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Autopoïèse et conception en architecture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">« Poïèse/autopoïèse, art &amp; systèmes », Université Toulouse - Jean Jaurès, LARA/SEPPIA, 16-18 octobre 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Xavier Lambert, Oct 2012, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Xavier Lambert, Oct 2012, Toulouse, France</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01177558v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pratiques corporelles, pratiques scénographiques et architecturales : du corps « contraint » au corps « contrainte »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'étude "Corps contraint, espace de liberté". Direction Carole Hoffmann</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, TOULOUSE, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, May 2011, TOULOUSE, France</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01973629v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les fictions construites du land art. Pratiques paysagères, expériences du lieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Image, Phantasia et Création</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2010, Gabès, Tunisie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02306529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3923,1487 +3992,1487 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La cinéface, une problématique du mouvement, à l'extrême de la pensée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Barres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transcr(é)ation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, De la toile à l’écran : de multiples « manières d’être », 5 (1)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04744428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Petit Hérisson dans le brouillard (1975) de Youri Norstein : le puisatier, le taupier et le randonneur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Barres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Textimage : revue d'étude du dialogue texte-image </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Le conférencier, http://www.revue-textimage.com/conferencier/sommaire/11_sommaire.html</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04300375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scénarios poïétiques et processus narratifs dans les films de Youri Norstein, une dialectique de l'invention</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Barres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Slovo</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, À l'Est de Pixar : le film d'animation russe et soviétique, 48-49, pp.225-242. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46298/slovo.2019.5233⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.46298/slovo.2019.5233⟩</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">hal-02053365v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béla Tarr, l’invention de la couleur, une poétique du coloris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Débordements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, http://www.debordements.fr/spip.php?article401</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2015, http://www.debordements.fr/spip.php?article401</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01190585v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paysages dialectiques de la frontière, « petit roman de poche ». Guy Lecerf, Sophie Lécole Solnychkine. L’invention du singulier : hommage à Marc Ferniot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Entrelacs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2014</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01972426v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’animation en volume selon le studio Double Mètre Animation, une philosophie de la création</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La lettre de l'AFCA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2013</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01972470v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haïku et land art, des expériences du lieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’écho de l’étroit chemin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 3, pp.7-18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 3, pp.7-18</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01974939v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pratique du site, écologie du lieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Marges - Revue d’art contemporain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Au-delà du Land Art, 14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2012, Au-delà du Land Art, 14</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01961623v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les tableaux de sable de La femme des sables de Hiroshi Teshigahara. Foyers d'esquisses paysagères</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cadrage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2009</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02306524v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Décor de surface et couleur-fard : &amp;quot;La bataille de Kerjenets&amp;quot; de Youri Norstein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SEPPIA Couleur et Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Décor de surface et couleur-fard : &amp;quot;La bataille de Kerjenets&amp;quot; de Youri Norstein</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01973170v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'espace architectural en pli : Pratiques du lieu et du flux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Communication &amp; Organisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02306827v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les petits fruits rouges d'Andy Goldsworthy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Barres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SEPPIA Couleur et Design</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008</w:t>
+              <w:t xml:space="preserve">, 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2007</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01973598v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'errance, du toucher de l'espace au toucher du lieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recherches en esthétique : revue du CEREAP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">L'errance, du toucher de l'espace au toucher du lieu</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01950186v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La scénographie, science et art de la scène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kairos : revue de la Faculté de philosophie de l'Université de Toulouse-Le Mirail </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01950039v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les friches construites du jardinier Gilles Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Art Présence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01950246v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Art et pensée systémique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Barres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherches en esthétique : revue du CEREAP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2003</w:t>
+              <w:t xml:space="preserve">, 1999</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2003</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01950191v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La mise au carreau, figure d'un art de l'installation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Figures de l'art - Revue d'études esthétiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2001</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01950195v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Motifs et modèles spatiaux dans l'oeuvre de Franz Kafka</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Alliage : Culture - Science - Technique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Les friches construites du jardinier Gilles Clément</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01950020v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Buren sur la Promenade des Lices à Rabastens : Au niveau : horizontales pour des platanes, travail in situ, Rabastens, 1997</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Barres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Art Présence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2000</w:t>
+              <w:t xml:space="preserve">, 1997</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 1999</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01950228v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Habiter l'espace selon ses goûts et ses couleurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Empan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, Vivre la ville, aujourd'hui, 28, pp.45-48</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 1998</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01974006v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude de Porte-fenêtre à Collioure de Matisse : structuration de l'espace, schème plastique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ligeia, dossiers sur l'art</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...275 lines deleted...]
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01949893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5413,640 +5482,640 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du noir dont procèdent les figures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Barres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Lécole Solnychkine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses Universitaires de Strasbourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Formes cinématographiques, Benjamin Thomas, 9791034401574</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04744408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Défier le film. Le cinéma d'animation de Robert Breer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Barres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Somme toute</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 128 p., 2022, collection Nitrate, Ralph Elawani, 978-2-89794-308-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Somme toute</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">, 128 p., 2022, collection Nitrate, Ralph Elawani, 978-2-89794-308-0</w:t>
+                <w:t xml:space="preserve">hal-03810539v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Fabrique de l’animation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérénice Bonhomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Vimenet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L'Harmattan, 2021, collection Cinémas d'animations, 978-2-343-23380-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bérénice Bonhomme</w:t>
+                <w:t xml:space="preserve">hal-03987468v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faire le noir, Cinéma et plasticité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Lécole Solnychkine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Barres</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses universitaires de Strasbourg, A paraître, Formes cinématographiques</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02306452v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les expériences du dessin dans le cinéma d'animation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">L'Harmattan, 2021, collection Cinémas d'animations, 978-2-343-23380-2</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Verny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Harmattan, coll. Cinémas d'animation</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 978-2-343-08162-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...62 lines deleted...]
-              <w:t xml:space="preserve">Presses universitaires de Strasbourg, A paraître, Formes cinématographiques</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01972189v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Schwizgebel, peintre et cinéaste d'animation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L'Harmattan, coll. Cinémas d'animation., 2012, 978-2-296-55841-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...71 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 978-2-343-08162-5</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01972199v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Expériences du lieu : architecture, paysage, design.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Archibooks, 2008, 235733018X</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">L'Harmattan, coll. Cinémas d'animation., 2012, 978-2-296-55841-0</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01972485v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le cinéma d'animation, un cinéma d'expériences plastiques.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Barres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Harmattan, coll. Champs visuels.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 2-296-01661-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...108 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01972212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId113"/>
+      <w:footerReference w:type="default" r:id="rId114"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6193,51 +6262,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795246v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Barres" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02306525v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744079v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744127v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-hermann.fr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744268v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/collection/logiques-sociales/224" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744416v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pus.unistra.fr/ouvrage/9791034401574/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744357v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744244v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/collection/cinemas-danimations/106" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744398v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inatheque.fr/publications-evenements/publications-editions-ina-liste.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744182v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/revue/cahiers-du-circav/158" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300291v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02566388v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=65675" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01972126v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=52829" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01972155v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puv-editions.fr/nouveautes/filmer-les-frontieres-9782842924591-0-626.html" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02291376v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=50136" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01972088v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ragel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02199630v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011495v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie L&#233;cole Solnychkine" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01972387v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01972114v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01961686v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lcdpu.fr/livre/?GCOI=27000100450110&amp;amp;fa=description" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01972142v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01974372v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02291380v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=36036" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01972234v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.llseti.univ-smb.fr/web/llseti/445-la-surface-accidents-et-alterations.php" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950377v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01972243v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01972220v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950371v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794831v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795103v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794860v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794881v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795033v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794939v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794968v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794912v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795144v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01411853v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Locq" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Barr&#232;s" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ramusat" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Franchet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sallot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01862571v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01181311v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02309968v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01973251v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01863592v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950433v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961793v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01177558v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01973629v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02306529v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744428v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300375v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02053365v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/slovo.2019.5233" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01190585v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01972426v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01972470v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01974939v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01961623v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02306524v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01973170v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02306827v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950186v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01973598v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950039v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950246v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950191v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950195v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950228v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950020v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01974006v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01949893v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744408v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03810539v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editionssommetoute.com/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987468v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Bonhomme" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Vimenet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306452v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01972189v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Verny" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01972199v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01972485v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01972212v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=22697" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05569923v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Barres" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744127v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-hermann.fr" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744079v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744268v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/collection/logiques-sociales/224" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744416v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pus.unistra.fr/ouvrage/9791034401574/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744357v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744244v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/collection/cinemas-danimations/106" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744398v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.inatheque.fr/publications-evenements/publications-editions-ina-liste.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744182v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/revue/cahiers-du-circav/158" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300291v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02566388v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=65675" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01972126v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=52829" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01972155v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puv-editions.fr/nouveautes/filmer-les-frontieres-9782842924591-0-626.html" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02291376v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=50136" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01972088v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ragel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011495v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie L&#233;cole Solnychkine" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02199630v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01972387v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01972114v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01961686v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lcdpu.fr/livre/?GCOI=27000100450110&amp;amp;fa=description" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01972142v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02291380v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=36036" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01974372v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01972234v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.llseti.univ-smb.fr/web/llseti/445-la-surface-accidents-et-alterations.php" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950377v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01972243v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01972220v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950371v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795246v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02306525v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794831v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795103v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794860v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794881v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795033v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794939v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794968v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794912v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04795144v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01411853v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Locq" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Barr&#232;s" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ramusat" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Franchet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sallot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01862571v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01181311v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02309968v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01973251v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950433v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01863592v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01961793v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01177558v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01973629v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02306529v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744428v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300375v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02053365v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/slovo.2019.5233" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01190585v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01972426v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01972470v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01974939v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01961623v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02306524v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01973170v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-02306827v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01973598v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950186v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950039v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950246v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950191v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950195v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950020v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950228v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01974006v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01949893v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744408v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03810539v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editionssommetoute.com/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987468v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Bonhomme" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Vimenet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02306452v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01972189v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Verny" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01972199v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01972485v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01972212v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/index.asp?navig=catalogue&amp;amp;obj=livre&amp;amp;no=22697" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>