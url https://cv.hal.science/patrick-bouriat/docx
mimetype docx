--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -1470,429 +1470,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02024167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Help from a Hindrance: Using Astigmatism in Round Capillaries To Study Contact Angles and Wetting Layers</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Characterization of Crude Oil Interfacial Material Isolated by the Wet Silica Method. Part 2: Dilatational and Shear Interfacial Properties.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ross Brown</w:t>
+                <w:t xml:space="preserve">Leticia M. Ligiero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Dicharry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Passade-Boupat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Bouyssière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscila M. Lalli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Langmuir</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.langmuir.7b01025⟩</w:t>
+              <w:t xml:space="preserve">Energy &amp; Fuels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 31 (2), pp.1072--1081. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.energyfuels.6b02897⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01530947v1</w:t>
+                <w:t xml:space="preserve">hal-01515457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of Crude Oil Interfacial Material Isolated by the Wet Silica Method. Part 1: Gel Permeation Chromatography Inductively Coupled Plasma High-Resolution Mass Spectrometry Analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">L.M. Ligiero</w:t>
+                <w:t xml:space="preserve">Help from a Hindrance: Using Astigmatism in Round Capillaries To Study Contact Angles and Wetting Layers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nelly Hobeika</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bouriat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">P.M. Lalli</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelhafid Touil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Broseta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ross Brown</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy &amp; Fuels</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.energyfuels.6b02899⟩</w:t>
+              <w:t xml:space="preserve">Langmuir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 33, pp.5179-5187. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.langmuir.7b01025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01504389v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01530947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of Crude Oil Interfacial Material Isolated by the Wet Silica Method. Part 2: Dilatational and Shear Interfacial Properties.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Leticia M. Ligiero</w:t>
+                <w:t xml:space="preserve">Characterization of Crude Oil Interfacial Material Isolated by the Wet Silica Method. Part 1: Gel Permeation Chromatography Inductively Coupled Plasma High-Resolution Mass Spectrometry Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L.M. Ligiero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Bouriat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Dicharry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brice Bouyssière</w:t>
+                <w:t xml:space="preserve">N. Passade-Boupat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Priscila M. Lalli</w:t>
+                <w:t xml:space="preserve">P.M. Lalli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Energy &amp; Fuels</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 31 (2), pp.1072--1081. </w:t>
+              <w:t xml:space="preserve">, 2017, 31 (2), pp.1065-1071. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.energyfuels.6b02897⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.energyfuels.6b02899⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01515457v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01504389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How do gas hydrates spread on a substrate?</w:t>
               </w:r>
@@ -4216,77 +4216,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of the water-soluble indigenous crude oil surfactants on the w/o interfacial properties and emulsion stability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L.M. Ligiero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Dicharry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Bouyssière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Loriau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4518,51 +4518,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bouriat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Broseta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ross Brown</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th International Conference on Gas Hydrates, Denver, USA, 2017.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Denver, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4859,51 +4859,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Ildefonso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Broseta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ross Brown</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CRYSPOM 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Toulouse, France. pp.40</w:t>
@@ -4984,51 +4984,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bouriat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Broseta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ross Brown</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th International Workshop on Crystallization in Porous Media, Toulouse, 6-8 juin 2016.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5226,51 +5226,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bouriat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Broseta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ross Brown</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées "Hydrates" SFT, Paris, janvier 2016.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5289,333 +5289,333 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01815887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of crude oil interfacial material isolated by the wet silica method</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Highlighting gas hydrate formation by high resolution optical microscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria-Lourdes Martinez De Baños</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nelly Hobeika</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Bouriat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Broseta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. M. Ligiero</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">P.M. Lalli</w:t>
+                <w:t xml:space="preserve">Franck Clement</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Petrophase, Elsinore, Danemark</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Elsinore, Denmark</w:t>
+              <w:t xml:space="preserve">Journées "Hydrates" de la SFGP et SGF, 1-2 décembre 2016.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01815886v1</w:t>
+                <w:t xml:space="preserve">hal-01815901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Highlighting gas hydrate formation by high resolution optical microscopy</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Characterization of crude oil interfacial material isolated by the wet silica method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Clement</w:t>
+                <w:t xml:space="preserve">L. M. Ligiero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Dicharry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Bouyssière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Passade-Boupat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.M. Lalli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées "Hydrates" de la SFGP et SGF, 1-2 décembre 2016.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Pau, France</w:t>
+              <w:t xml:space="preserve">Petrophase, Elsinore, Danemark</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Elsinore, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01815901v1</w:t>
+                <w:t xml:space="preserve">hal-01815886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of petroleum contact water by DART/ESI FT MS and interfacial rheology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L.M. Ligiero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bouriat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Bouyssière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Loriau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5772,269 +5772,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01815944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A simple millifluidic method to study hydrate crystallization insights into the memory effect</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maria-Lourdes Martinez De Baños</w:t>
+                <w:t xml:space="preserve">Study of the mechanisms of formation and dissociation of hydrates by means of millifluidic method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Martinez de Baños</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Bouriat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Broseta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Carrier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Daniel Broseta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Ildefonso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISIC19</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, Unknown, Unknown Region. pp.616</w:t>
+              <w:t xml:space="preserve">, 2014, Unknown, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01815945v1</w:t>
+                <w:t xml:space="preserve">hal-01815935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of the mechanisms of formation and dissociation of hydrates by means of millifluidic method</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">L. Martinez de Baños</w:t>
+                <w:t xml:space="preserve">A simple millifluidic method to study hydrate crystallization insights into the memory effect</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria-Lourdes Martinez De Baños</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Carrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bouriat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Broseta</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">O. Carrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Ildefonso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISIC19</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, Unknown, Unknown Region</w:t>
+              <w:t xml:space="preserve">, 2014, Unknown, Unknown Region. pp.616</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01815935v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01815945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrate crystallization in water drops.</w:t>
               </w:r>
@@ -6670,51 +6670,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bouriat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Broseta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ross Brown</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gas Hydrates 1: Fundamentals, Characterization and Modeling, 1</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, John Wiley &amp; Sons, Inc., pp.113--144, 2017, 978-1-848-21969-4. </w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7067,51 +7067,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862480v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shweta Jatav" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Rondelez" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bouriat" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Anaclet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvong Hung" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.energyfuels.4c00062" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04079793v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saphir Venet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subahong Yusufujiang" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Monge-Daug&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Broseta" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.2c01313" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03143971v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Anton" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pierrat" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Brou" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Gbassi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziad Omran" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.0c03046" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920572v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kedi Zhou" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Hobeika" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhafid Touil" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Ranchou-Peyruse" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18280/i2m.190307" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02991839v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Devailly" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dicharry" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Risso" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Ondar&#231;uhu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/aba786" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466305v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidy Mouhamed Dieng" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumar Thioune" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Papa Mady Sy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9sm90212k" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466298v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9sm01283d" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02145904v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.8b03000" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02004116v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marfa Nazarova" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Creux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02073856v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Atig" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Touil" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Ildefonso" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Marlin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02024167v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boussad Arroua" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Grimaud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Hirschler-R&#233;a" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Magot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijsem.0.003048" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01530947v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ross Brown" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.7b01025" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01504389v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.M. Ligiero" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Passade-Boupat" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.M. Lalli" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.energyfuels.6b02899" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515457v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia M. Ligiero" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Passade-Boupat" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Bouyssi&#232;re" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscila M. Lalli" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.energyfuels.6b02897" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01498748v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L.M. de Banos" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Hobeika" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Enciso" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.6b00471" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01279563v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Lourdes Martinez de Banos" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Carrier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2014.11.018" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VDS9SBL7-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00904288v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Lebeau" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry F. Vandamme" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3SM51688A" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00834139v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2sm27161c" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00683702v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Arla" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Flesinski" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ef1015022" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682162v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Klein" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Goulas" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bit.22577" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-46QW90P9-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00610566v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Pauchard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sj&#246;blom" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kokal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682108v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Rondon Anton" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lachaise" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Salager" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ef900221z" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00336027v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Klein" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Grossi" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Goulas" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Grimaud" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00340881v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la700698d" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-FXPRNDC6-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00340865v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Rondon" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Pereira" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Graciaa" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ef7003877" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-F29BX530-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00340868v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2007.11.013" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CPS6D4G7-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00342800v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Salager" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ef060017o" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-B5K7CTDL-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00342861v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Arla" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sinquin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2005.10.069" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-13L9HLC5-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00685725v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.E. Kerri" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la049017b" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-F7KD6BJV-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466307v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Saulnier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Brochette" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Graciaa" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lachaise" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jcis.1998.5902" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JW2F4N0B-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466310v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Morel" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jcis.1997.5361" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-72FLS9V8-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816739v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Perez" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Velasquez" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sykora" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815867v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Loriau" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Giusti" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816755v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815881v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Lourdes Martinez De Ba&#241;os" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803225v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Brown" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816743v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816761v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815882v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816763v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Desmedt" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815887v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815886v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. M. Ligiero" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815901v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Clement" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815912v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815944v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Carrier" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815945v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815935v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Martinez de Ba&#241;os" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815947v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815946v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361922v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361910v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03505138v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-46455-4_207" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815872v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119332688.ch3" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01735437v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Siegert" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Marlin" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Morel" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862480v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shweta Jatav" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Rondelez" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bouriat" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Anaclet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvong Hung" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.energyfuels.4c00062" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04079793v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saphir Venet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subahong Yusufujiang" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Monge-Daug&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Broseta" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.2c01313" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03143971v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Anton" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pierrat" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germain Brou" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Gbassi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziad Omran" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.0c03046" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920572v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kedi Zhou" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Hobeika" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhafid Touil" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Ranchou-Peyruse" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18280/i2m.190307" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02991839v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Devailly" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Dicharry" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Risso" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Ondar&#231;uhu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/aba786" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466305v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidy Mouhamed Dieng" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumar Thioune" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Papa Mady Sy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9sm90212k" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466298v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9sm01283d" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02145904v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.8b03000" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-02004116v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marfa Nazarova" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Creux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02073856v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Atig" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Touil" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Ildefonso" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Marlin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02024167v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boussad Arroua" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Grimaud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Hirschler-R&#233;a" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Magot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/ijsem.0.003048" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01515457v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia M. Ligiero" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Passade-Boupat" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Bouyssi&#232;re" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscila M. Lalli" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.energyfuels.6b02897" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01530947v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ross Brown" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.7b01025" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01504389v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.M. Ligiero" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Passade-Boupat" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.M. Lalli" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.energyfuels.6b02899" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01498748v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L.M. de Banos" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Hobeika" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Enciso" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.6b00471" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01279563v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Lourdes Martinez de Banos" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Carrier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2014.11.018" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VDS9SBL7-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00904288v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Lebeau" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry F. Vandamme" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C3SM51688A" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00834139v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2sm27161c" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00683702v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Arla" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Flesinski" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ef1015022" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682162v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Klein" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Goulas" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bit.22577" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-46QW90P9-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00610566v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Pauchard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sj&#246;blom" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kokal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682108v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Rondon Anton" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lachaise" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Salager" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ef900221z" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00336027v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Klein" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Grossi" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Goulas" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Grimaud" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00340881v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la700698d" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-FXPRNDC6-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00340865v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Rondon" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Pereira" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Graciaa" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ef7003877" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-F29BX530-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00340868v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2007.11.013" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CPS6D4G7-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00342800v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Salager" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ef060017o" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-B5K7CTDL-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00342861v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Arla" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sinquin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2005.10.069" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-13L9HLC5-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00685725v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.E. Kerri" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la049017b" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-F7KD6BJV-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466307v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Saulnier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Brochette" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Graciaa" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lachaise" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jcis.1998.5902" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JW2F4N0B-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466310v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Morel" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jcis.1997.5361" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-72FLS9V8-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816739v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Perez" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Velasquez" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sykora" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815867v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Loriau" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Giusti" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816755v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815881v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Lourdes Martinez De Ba&#241;os" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803225v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Brown" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816743v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816761v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815882v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816763v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Desmedt" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815887v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815901v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Clement" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815886v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. M. Ligiero" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815912v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815944v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Carrier" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815935v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Martinez de Ba&#241;os" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815945v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815947v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815946v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361922v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00361910v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03505138v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-46455-4_207" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815872v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119332688.ch3" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01735437v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Siegert" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Marlin" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Morel" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>