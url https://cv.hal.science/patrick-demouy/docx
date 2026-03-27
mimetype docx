--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -345,50 +345,214 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05423710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le monastère des Clarisses de Reims au Moyen Âge : Fonder et réguler une communauté</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Beaulande-Barraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Etudes franciscaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Sœurs pauvres, 1220-2020 : huit siècles de vie clarisse à Reims : actes du colloque de Cormontreuil, 9-10 octobre 2020, 15/1, pp.25-44</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04317292v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Blomme, Quand les cathédrales se mesuraient entre elles. L'incidence des questions hiérarchiques sur l'architecture des cathédrales en France (XII e -XV e siècles), Pessac (Ausonius Éditions) 2022, 280 p. (Scripta mediaevalia, 45), ISBN 978-2-35613-438-7, EUR 19,00. rezensiert von | compte rendu rédigé par</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Francia-Recensio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 3, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.11588/frrec.2022.3.90441⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03831837v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le monastère de clarisses de Reims au Moyen Âge : Fonder et réguler une communauté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Beaulande-Barraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -397,3270 +561,3106 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Etudes franciscaines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 115, pp.25-44</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03881613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'œuvre architecturale des archevêques de Reims aux Xe et XIe siècles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Demouy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de la cathédrale de Strasbourg</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, L’évêque Werner de Strasbourg et la cathédrale ottonienne, Actes du colloque de Strasbourg, 18-20 mars 2015, XXXV, pp.197-206</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04317343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Véronique Beaulande-Barraud</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La restauration de l'archevêché de Reims</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers de la Nouvelle Société des Études sur la Restauration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, XX, pp.95-102</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04317253v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les cathédrales de Reims et de Metz. Regards croisés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Renaissance du Vieux Metz et des Pays Lorrains, Bulletin de l'association pour la </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 800 ans de la cathédrale de Metz numéro spécial 2/2, 196-197, pp.1-11</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03205059v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reims, de la guerre à la Paix, de Jules César à Charles de Gaulle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Travaux de l'Académie nationale de Reims</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Mélanges académiques, 186, pp.261-290</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03205043v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le programme iconographique de la façade de Notre-Dame de Reims et les origines bibliques de la royauté sacrée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Travaux de l'Académie nationale de Reims</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Hors-série Les sacres des rois à Reims, État des lieux et perspectives, 1, pp.5-20 ; 185-187</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03205032v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le sacre des rois à Reims. Etat des lieux et perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Travaux de l'Académie nationale de Reims</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, hors-série n° 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03316605v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La vie monastique dans le diocèse de Reims aux XIe et XII siècles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cîteaux Commentarii Cistercienses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Guillaume de Saint-Thierry, de Liège au Mont-Dieu. Actes du colloque "Guillaume de Saint-Thierry : histoire, théologie, spiritualité" (4-7 juin 2018), 69 (fasc. 1-4), pp.37-49</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03204801v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Années rémoises : école épiscopale, formation monastique à Saint-Nicaise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cîteaux Commentarii Cistercienses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Guillaume de Saint-Thierry, de Liège au Mont-Dieu. Actes du colloque "Guillaume de Saint-Thierry : histoire, théologie, spiritualité" (4-7 juin 2018), 69 (fasc. 1-4), pp.51-60</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03204806v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reims. Renaissance de la Maison des Musiciens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin Monumental</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 176 (4), pp.336-337</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03205072v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les foires dans la topographie rémoise au Moyen Age</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La vie en Champagne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Foires et Topographie urbaine au Moyen Age, 95, pp.20-25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03204203v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaissance de la Maison des Musiciens de Reims</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Monuments et mémoires de la Fondation Eugène Piot</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 96, pp.77-117</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03204197v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La guerre des deux Henri. Henri de France, archevêque de Reims, Henri le Libéral, comte de Champagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mémoires de la Société académique du département de l'Aube </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, CXL, pp.529-537</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03204167v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un homme, un livre au XIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Corbet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Demouy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Etudes franciscaines</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Sœurs pauvres, 1220-2020 : huit siècles de vie clarisse à Reims : actes du colloque de Cormontreuil, 9-10 octobre 2020, 15/1, pp.25-44</w:t>
+              <w:t xml:space="preserve">Travaux de l'Académie nationale de Reims</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 182, 226 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03316606v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La liturgie du sacre de Charles VII</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annales de l'Est</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 2 (Jeanne d'Arc en histoire et en musique, actes du colloque de Domrémy (2 juin 2014 et 25 avril 2015)), pp.113-121</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...63 lines deleted...]
-              <w:t xml:space="preserve">, 2021, XX, pp.95-102</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03316604v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le vin de Champagne pendant l'Empire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Histoire des sciences médicales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 48 (3), pp.297-300</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 800 ans de la cathédrale de Metz numéro spécial 2/2, 196-197, pp.1-11</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04181786v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qu'est-ce qu'un métropolitain ? L'exemple de Reims au Moyen Age</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annales de l'Est</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, n°2-2013. Réalités provinciales en histoire religieuse. Autour de la Lorraine, XIIe-XVIIIe siècles, pp.19-30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Le programme iconographique de la façade de Notre-Dame de Reims et les origines bibliques de la royauté sacrée</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03316004v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vin, vignes, abbayes et chapitres en Champagne médiévale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Cahiers de la Villa Bissinger</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 1, pp.77-95</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03314648v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tilpin historique et Turpin littéraire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Compostelle : Cahiers du Centre d'Etudes et de Recherches d'Histoire Compostellane</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 13, p. 7-25</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03314645v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le sourire de Reims</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comptes-rendus des séances de l'Académie des inscriptions et belles-lettres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 153-4, pp.1609-1627</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03314639v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reims, Tappa sulla via francigena</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Via francigena</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 24, pp.32-35</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04318117v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le culte de saint Jacques dans le diocèse de Reims et en Champagne septentrionale au Moyen Age</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Compostelle : Cahiers d'Etudes, de Recherches et d'Histoire compostellannes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 8, pp.57-68</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03310016v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dans le &amp;quot;Quarrel Saint-Michel&amp;quot;, ancien quartier du chapitre de Reims</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Regards sur notre patrimoine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 17, pp.4-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04318062v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le culte de saint Jacques dans le diocèse de Reims et en Champagne septentrionale au Moyen Âge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Compostelle, Cahiers d’Études de recherche et d’Histoire compostellanes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 8, pp.57-68</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04256440v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The sculptures of Notre-Dame Cathedral at Reims</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Athena Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 4/2. The flowering of the Gothic in Northern France, AD 1140-1350, p.77-86</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03307640v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaud le chansonnier, féodalité et fidélité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lou champaignat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 27, pp.8-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04318089v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les origines du vin de Champagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cadmos : revue culturelle et scientifique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 5, pp.29-42</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04317999v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno et la réforme de l'Eglise de Reims</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Analecta Cartusiana</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 189. Saint Bruno et sa post\'erit\'e spirituelle, p.13--20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03291480v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saint Jacques et la sainte parenté dans les tapisseries rémoises</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Compostelle, Cahiers d’Études de recherche et d’Histoire compostellanes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, NS n°3, pp.20-23</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04317910v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La quête des racines. Mythes et réalités des origines de la France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Liberté politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 3, p. 51--54</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03299792v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reims, ville de sacre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dossiers d'Archéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1993, 186, p. 3--27</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03294444v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compte-rendu de la soutenance de thèse de Michel Sot, &amp;quot;Un historien et son église au Xe siècle : Flodoard de Reims</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'histoire de l'Église de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1992, LXXVIII (201 (juillet-décembre)), pp.472-478</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04317898v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Héloïse et Abélard dans le comté de Champagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La vie en Champagne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1992, mai (431), pp.16-21</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04317889v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les réformes monastiques dans le diocèse de Reims au Xe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CAHMER</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1991, 3. L'\'Eglise du IXe au XIe si\`ecle, p. 95--100</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03294449v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une cité dans la cité, le cloître de Notre-Dame de Reims au Moyen Âge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La vie en Champagne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1990, mai (410), pp.5-16</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04324000v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une cité dans la cité, le clo\ⁱtre de Notre-Dame de Reims au Moyen Âge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La vie en Champagne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1990, 410, p. 5--16</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03294184v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un érudit oublié, Povillon-Piérard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Bibliophile rémois</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1986, 2, pp.35-41</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04318519v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Histoire des Jacobins de Reims</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annuaire-bulletin de la Société des amis du vieux Reims</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1986, 1984-1985, pp.63-81</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04318461v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un érudit oublié, Povillon-Piérard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Bibliophile rémois</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1986, 1, pp.5-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04318517v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les sociétés savantes de Champagne-Ardenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de la Société Historique et Archéologique de Langres </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1986, XVIII (285), pp.548-554</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04317792v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moines et moniales de l'ancien diocèse de Reims devant l'opinion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Monuments historiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1986, 145, p 6-11</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04323884v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les voyages des archevêques de Reims aux XIe-XIIe siècles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Demouy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Travaux de l'Académie nationale de Reims</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, Hors-série Les sacres des rois à Reims, État des lieux et perspectives, 1, pp.5-20 ; 185-187</w:t>
+              <w:t xml:space="preserve">, 1985, 164, p. 49-68</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Reims, de la guerre à la Paix, de Jules César à Charles de Gaulle</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04218567v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saint Remi et Saint Benoît</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Demouy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Travaux de l'Académie nationale de Reims</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, Mélanges académiques, 186, pp.261-290</w:t>
+              <w:t xml:space="preserve">, 1981, La Champagne bénédictine, 160, p. 9-15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2019, hors-série n° 1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04218259v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'empereur Charles IV et les reliques de saint Nicaise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annales de l'Est</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1980, n° 2, p.115-132</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2018, Foires et Topographie urbaine au Moyen Age, 95, pp.20-25</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03310019v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Empereur Charles IV et les reliques de Saint Nicaise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annales de l'Est</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1980, 2, p. 115-132</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...2496 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04218191v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03310019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bibliographie des revues intéressant l'histoire de Champagne</w:t>
               </w:r>
@@ -4206,6624 +4206,6624 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03204798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Être archevêque de Reims au XIIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Patrick Demouy. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La cathédrale de Reims</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PUPS, pp.39-51, 2017, Art'hist, ISSN 1953-9266, 979-10-231-0514-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03204192v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’Académie Nationale de Reims, une institution de mémoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hurel, Arnaud. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La France savante</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions du Comité des travaux historiques et scientifiques, pp.43-49, 2017, 9782735508754. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.cths.2589⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03203127v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Reims</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Demouy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Wieviorka, Olivier; Winock, Michel. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les lieux de l'histoire de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, p. 103-119, 2017, 978-2-262-06432-7. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/perri.wievi.2017.02.0103⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03204037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...39 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reims, ville des sacres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Steffen Patzold; Florian Bock. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gott handhaben: Religiöses Wissen im Konflikt um Mythisierung und Rationalisierung / Managing God: Religious Knowledge and the Conflict between Mythologization and Rationalization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, De Gruyter, pp.227-238, 2016, 9783110410969. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/9783110410969-014⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...70 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03204050v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’idée de paix au Moyen Age</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jean-Luc Liez; Thomas Nicklas. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Imaginer la paix : de la pax romana à l'Union européenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions et presses universitaires de Reims, pp.63-69, 2016, 9782374960258</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03204117v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mémoire du salut et mémoire de la nation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Demouy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Françoise Michaud-Fréjaville. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Faire mémoire : les arts sacrés face au temps. Actes du colloque de Chartres, 3-5 octobre 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 32, Rencontre avec le patrimoine religieux, pp.100-111, 2016, Art sacré : Cahiers de Rencontre avec le patrimoine religieux, 978-2-911948-46-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03204162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...48 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odalric et l'Église de Reims</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Un homme, un livre au XIe siècle. Le prévôt Odalric et le manuscrit 15 de la Bibliothèque municipale de Reims</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Travaux de l'Académie Nationale de Reims, pp.29-36, 2015</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Editions et presses universitaires de Reims, pp.63-69, 2016, 9782374960258</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03316001v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La liturgie rémoise au temps du cardinal de Lorraine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bruno Restif; Jean Balsamo; Thomas Nicklas. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Un prélat français de la Renaissance. Le cardinal de Lorraine entre Reims et l’Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Droz, pp.59-73, 2015, 978-2-600-01889-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Travaux de l'Académie Nationale de Reims, pp.29-36, 2015</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04301184v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chartreuse du Mont-Dieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Monasticon Cartusiense, vol.1, pars V, Provinciae Picardiae</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.14-29, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...61 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03316000v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La fondation du bourg de la Couture par l’archevêque de Reims Guillaume de Champagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Maïté Billoré et Johan Picot (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dans le secret des archives : Justice, ville et culture au Moyen Âge</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.209-220, 2014, Histoire (Rennes), 9782753559493. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pur.49223⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, pp.14-29, 2015</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04156185v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le sacre de saint Louis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Saint Louis : [exposition, Paris, Conciergerie, 8 octobre 2014 - 11 janvier 2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions du Patrimoine, pp.59-65, 2014, 978-2-7577-0472-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...70 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03316003v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deux sources germaniques de l'histoire de Reims au XIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Dumiche, Béatrice (Dir.); Heinen, Armin (Dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Textes et Contextes = Text und Kontext : In Memoriam Pierre-André Bois</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Romanisticher Verlag; Bonn, pp.7-12, 2014, Abhandlungen zur Sprache und Literatur ; 192, 978-3-86143-212-8</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Editions du Patrimoine, pp.59-65, 2014, 978-2-7577-0472-1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03316002v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les boulangers à Reims au Moyen Âge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">textes réunis par Véronique Beaulande-Barraud ; avec la contribution de Benoît Roux. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Église, mémoire(s), éducation : mélanges offerts à Jean-François Boulanger</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ÉPURE - Éditions et presses universitaires de Reims, pp.393-399, 2014, 978-2-915271-85-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Romanisticher Verlag; Bonn, pp.7-12, 2014, Abhandlungen zur Sprache und Literatur ; 192, 978-3-86143-212-8</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04156182v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Usage du vin, images de la vigne à Notre-Dame de Reims au Moyen Age</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Demouy, Patrick (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">De la vigne en Champagne au vin de Champagne : de l'âge du Bronze à l'âge industriel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions universitaires de Dijon, 238 p., 2013, Histoires (Dijon), ISSN 2269-8000, 978-2-36441-072-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, ÉPURE - Éditions et presses universitaires de Reims, pp.393-399, 2014, 978-2-915271-85-0</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04301109v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Témoins de la viticulture et viniculture en Champagne aux époques romaine et médiévales : restes carpologiques et structures archéologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Bonnaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Zech-Matterne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morell Marie-Hélène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">De la vigne en Champagne au vin de Champagne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions Universitaires de Dijon, pp.13-36, 2013, CERHIC/Chaire UNESCO Culture et tradition du vin, 978-2-36441-072-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03581424v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vin des moines et des chanoines en pays rémois au Moyen Age</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Claire Desbois-Thibault, Werner Paravicini, Jean-Pierre Poussou (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Champagne, une histoire franco-allemande</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 53, PUPS, pp.79-92, 2013, Collection Roland Mousnier, 978-2-84050-785-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03316007v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blanche de Castille et les sacres de Reims</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Royautés de France et d'Espagne : actes de la XIXe session du 12 au 15 juillet 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre d'études historiques, pp.179-192, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04300402v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le sourire de Reims</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Demouy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Filliozat, Pierre-Syvain (dir.); Zink, Michel (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sourires d'Orient et d'Occident</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Académie des inscriptions et belles-lettres, pp.147-164, 2013, 978-2-87754-282-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04298559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les templiers et la papauté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Demouy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">la vie en Champagne. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les templiers dans l'Aube : cycle de conférences organisé dans le cadre de l'exposition "Templiers. Une histoire, notre trésor", du 22 mars au 17 octobre 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions Champagne historique, pp.305-328, 2013, 978-2-9546058-0-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03316008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Usage du vin, images de la vigne à Notre-Dame de Reims au Moyen Age</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les templiers et la papauté</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Arnaud Baudin; Ghislain Brunel; Nicolas Dohrmann. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Templiers : de Jérusalem aux commanderies de Champagne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Somogy, p. 62-67, 2012, 978-2-7572-0529-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04217879v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La défense spirituelle de la ville et du diocèse de Reims au Moyen Age</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Demouy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Demouy, Patrick (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">De la vigne en Champagne au vin de Champagne : de l'âge du Bronze à l'âge industriel</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Éditions universitaires de Dijon, 238 p., 2013, Histoires (Dijon), ISSN 2269-8000, 978-2-36441-072-5</w:t>
+              <w:t xml:space="preserve">Se défendre en Champagne Ardenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, D. Guéniot, pp.299-310, 2012, 978-2-87825-471-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Bonnaire</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03316011v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le dernier voyage de Merolilan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Magali Coumert; Marie-Céline Isaïa; Klaus Krönert. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rerum gestarum scriptor : histoire et historiographie au Moyen Âge : mélanges Michel Sot</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 58, PUPS, pp.345-351, 2012, Cultures et civilisations médiévales, 978-2-84050-846-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04300371v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Histoires des vins de Champagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Richard Marchal. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Champagne, le vin secret</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Édition et presses universitaires de Reims, p. 25-54, 2011, 978-2-915271-41-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04217862v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Das kathedralkapitel von Reims, seine Schulen und seine Verbindungen zur Abtei Saint-Remi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hartmut Krohm; Holger Kunde. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Der Naumburger Meister : Bildhauer und Architekt im Europa der Kathedralen : Naumburg, 29. Juni 2011 bis 02. November 2011, Dom, Schlösschen und Stadtmuseum Hohe Lilie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Imhof, pp.341-345, 2011, 978-3-86568-600-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04329536v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Notre-Dame de Reims</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Paysages et patrimoines viticoles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre Georges Chevrier, pp.209-218, 2010, 978-2-918173-09-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04279797v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dom Guillaume Marlot, moine de saint-Nicaise de Reims et historien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jean Leclant; André Vauchez; Daniel-Odon Hurel. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dom Jean Mabillon, figure majeure de l'Europe des lettres : actes des deux colloques du tricentenaire de la mort de dom Mabillon, abbaye de Solesmes, 18-19 mai 2007, Palais de l'Institut, Paris, 7-8 décembre 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Académie des inscriptions et belles-lettres, pp.549-565, 2010, 978-2-87754-237-1 (erroné)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04329388v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conclusions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Le Bourgeois, Roselyne; Massoni, Anne; Montaubin, Pascal. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les collégiales et la ville dans la province ecclésiastique de Reims (IXe-XVIe siècles) : actes du colloque de Beauvais, 3-5 juillet 2009 : organisé en l'honneur d'Hélène Millet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, C.A.H.M.E.R., pp.213-218, 2010, Histoire médiévale et archéologie ; 23, 978-2-9532898-4-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03314646v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les écoles de Reims aux XIe et XIIe siècles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Écoles et universités à Reims du IXe au XVIIIe siècles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, C.R.D.P., pp.9-13, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04329434v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour Dieu et pour le roi : les déplacements des archevêques de Reims aux XIe-XIIe siècles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Se déplacer du Moyen âge à nos jours : actes du 6e colloque européen de Calais (2006-2007)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Les amis du vieux Calais, pp.51-57, 2009, 2-9517462-4-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03314650v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La cathédrale, fruit de la terre et du travail des hommes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Corbet, Patrick; Lusse, Jackie. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ex Animo : mélanges d'histoire médiévale offerts à Michel Bur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dominique Guéniot, pp.229-276, 2009, 978-2-87825-451-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03314649v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reims et les Normands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Maison du Patrimoine de l'Agglomération Troyenne. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Europe des Vikings : mythe et réalités en Champagne, livret du visiteur, exposition 19 juin - 5 octobre 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, D. Guéniot, pp.5-8, 2008, 9782878254303</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04318155v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vocables, reliques et processions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nouveaux regards sur la cathédrale de Reims : actes du colloque international des 1er et 2 octobre 2004</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, D. Guéniot, pp.107-114, 2008, 978-2-87825-432-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04279718v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La peinture murale du &amp;quot; trésor &amp;quot; et l'iconographie de l'Immaculée Conception en Champagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Notre-Dame de l'Epine,1406-2006 : actes du colloque international, L'Epine-Châlons-en-Champagne, 13-14 septembre 2006 ; T 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société d'agriculture, commerce, sciences et arts du département de la Marne, p. 281-293, 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03311270v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sanctuaires des bois et sanctuaires des champs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dévotions populaires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, D. Guéniot, pp.163-180, 2008, 978-2-87825-424-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03311267v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un préalable indispensable : la carte historique du vignoble champenois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bernard Grunberg (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Champagne, regards croisés sur une identité en mutation ; actes de la journée d'études internationale, 20 octobre 2006, Aÿ-Champagne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Epure, pp.13-22, 2007, 978-2-915271-19-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03311271v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reims, la Rome du Nord entre mythes et ecclésiologie (VIIIe-XIIe siècles)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Passion de la découverte, culture de l'échange : mélanges offerts à Nicole Moine et Claire Prévotat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, D. Guéniot, pp.72-78, 2006, 978-2-87825-351-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04256601v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reims, la Rome du Nord entre mythes et ecclésiologie (VIIIè-XIIè siècles)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Passion de la découverte, culture de l'échange. Mélanges offerts à Nicole Moine et Claire Prévotat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Guéniot, p.72-78, 2006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03310014v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'image des archevêques de Reims dans l'abbatiale Saint-Remi de Reims au XIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Architektur und Monumentalskulptur des 12.-14. Jahrhunderts : Produktion und Rezeption : Festschrift für Peter Kurmann zum 65. Geburtstag = Architecture et sculpture monumentale du 12e au 14e siècle : production et réception : mélanges offerts à Peter Kurmann à l'occasion de son soixante-cinquième anniversaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, P. Lang, pp.627-639, 2006, 978-3-03910-679-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04258009v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saint Remi et la jeune fille de Toulouse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Famille, violence et christianisation au Moyen Âge. Mélanges offerts à Michel Rouche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PUPS, p.163-169, 2005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03310018v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">textquotedblleftAmiens\textquotedblright,\textquotedblleftCambrai\textquotedblright,\textquotedblleftChÂlons\textquotedblright,\textquotedblleftLaon\textquotedblright,\textquotedblleftNoyon\textquotedblright,\textquotedblleftReims\textquotedblright,\textquotedblleftSenlis\textquotedblright,\textquotedblleftSoissons\textquotedblright,\textquotedblleftThérouanne\textquotedblright, \textquotedblleftTournai\textquotedblright.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The international Encyclopaedia for the Middle Ages-Online</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UCLA Center for Medieval and Renaissance Studies et Brepols Publishers, 2005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03310012v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une abbaye épiscopale à la lumière de son légendier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Écrire son histoire : les communautés régulières face à leur passé : actes du 5e colloque international du CERCOR, Saint-Étienne, 6-8 novembre 2002</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Publications de l'Université de Saint-Etienne, pp.573-581, 2005, Travaux et recherches - CERCOR, ISSN 1242-8043 ; 18, 2-86272-358-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04256560v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une abbaye épiscopale à la lumière de son légendier : Saint-Nicaise de Reims</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">écrire son histoire. Les communautés régulières face à leur passé Actes du 5ème colloque international du CERCOR, Saint-Etienne, 6-8 novembre 2002</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CERCOR, p.573-581., 2005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03310015v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerbert, archevêque de Reims</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gerberto d'Aurillac-Silvestro II : linee per una sintesi : atti del convegno internazionale, Bobbio, Auditorium di S. Chiara, 11 settembre 2004</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, V, Associazione culturale amici di Archivum Bobiense, pp.125-142, 2005, Archivum Bobiense. Studia, ISSN 1722-9189</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04256258v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerbert, archevêque de Reims</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gerberto d'Aurillac-Silvestro II, linee per une sintesi Atti del Convegno Internazionale, Bobbio, 11 settembre 2004</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Archivum Bobiense, Studia V, p.125-142, 2005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03310020v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saint Remi et la jeune fille de Toulouse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Martin Aurell; Thomas Deswarte. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Famille, violence et christianisation au Moyen Âge : mélanges offerts à Michel Rouche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cultures et civilisations médiévales (Paris), ISSN 0760-7113 (31), Presses de l'Université Paris-Sorbonne, pp.163-169, 2005, 2-84050-360-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04181773v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La hache et le goupillon : règlement de comptes à Oiry-sur-Marne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Retour aux sources - textes, études et documents d'histoire médiévale offerts à Michel Parisse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Picard, p.615-619, 2004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03310021v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La hache et le goupillon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Retour aux sources : textes, études et documents d'histoire médiévale offerts à Michel Parisse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Picard, pp.615-619, 2004, 2-7084-0704-X</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04255176v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Opus Dei: l'oeuvre de louange dans la cathédrale médiévale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Maîtrise de la cathédrale de Reims des origines à Henri Hardouin (XIIIè-XVIIIè s.)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Direction du livre et de la lecture, p.7-35, 2003, Musiques et patrimoines</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03308568v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno et la réforme de l'Église de Reims</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Saint Bruno et sa postérité spirituelle : actes du colloque international des 8 et 9 octobre 2001 à l'Institut catholique de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Universität Salzburg, pp.13-20, 2003, Analecta Cartusiana ; 189, 3-901995-96-X</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04255084v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La cathédrale de Reims et le cloître Notre-Dame au temps de Guillaume Fillastre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Humanisme et culture géographique à l'époque du concile de Constance : autour de Guillaume Fillastre : actes du colloque de l'Université de Reims, 18-19 novembre 1999</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Brepols, pp.25-39, 2002, Terrarum Orbis ; 3, 2-503-51122-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04255037v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La cathédrale de Reims et le cloître Notre-Dame au temps de Guillaume Fillastre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Humanisme et culture géographique à l'époque du Concile de Constance. Autour de Guillaume Fillastre Actes du Colloque de Reims, 18-19 novembre 1999</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 3, Brepols, p.25-39, 2002, Terrarum Orbis</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03308565v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les sources de l'histoire de saint Remi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Centre d'études médiévales de la Région Champagne-Ardenne. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mémoires de Champagne : Tome I : actes du 2e mois médiéval</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, D. Guéniot, pp.85-93, 2000, 2-87825-184-9‎</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04317977v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La voix des anges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Centre d'études médiévales de la Région Champagne-Ardenne. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mémoires de Champagne : Tome II : actes du 3e mois médiéval</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, D. Guéniot, pp.99-103, 2000, 2-87825-194-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04317984v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Champagne-Ardenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Des universitaires en Champagne-Ardenne : quelques études régionales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Reims, pp.63-77, 1999, 2-904835-63-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04254768v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri de France et Louis VII. L'évêque cistercien et son frère le roi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les serviteurs de l'État au Moyen Âge Actes du 29e congrès de la SHMESP, Pau, 1998</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Publications de la Sorbonne, pp.57--61, 1999</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03299790v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri de France et Louis VII</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les serviteurs de l'État au Moyen Âge : XXIXe Congrès de la S.H.M.E.S (Pau, mai 1998)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Publications de la Sorbonne, pp.47-61, 1999, Série Histoire Ancienne et Médiévale ; 57, 2-85944-381-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04254965v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recherche d'une comptabilité de l'au-delà</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Compter les Champenois</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Reims, pp.95-105, 1998, 2-904835-46-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04254392v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le baptême de Clovis dans les monuments rémois (XIIIe-XVIe s.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Clovis. Histoire et mémoire. Le baptême de Clovis, son écho à travers l'histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses de l'Université de Paris-Sorbonne, pp.805--819, 1998</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03299795v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une source inédite de l'histoire des maîtrises</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Symphonies lorraines : compositeurs, exécutants, destinataires : actes du colloque de Lunéville, 20 novembre 1998</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Klincksieck, pp.169-183, 1998, 2-252-03229-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04254699v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une source inédite de l'histoire des maîtrises : le règlement des enfants de choeur de Notre-Dame de Reims (XVIe siècle)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Symphonies lorraines. Compositeurs, exécutants, destinataires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Klincksieck, pp.169--183, 1998</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03299797v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la loyauté germanique à la royauté sacrée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Acculturation - inculturation du christianisme en Europe : actes de la Journée d'études du 4 avril 1997</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Didier-Erudition, pp.1-21, 1998, 2-86460-343-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04254653v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contribution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fasti Ecclesiae Gallicanae, répertoire prosopographique des évêques dignitaires et chanoines des diocèses de France de 1200 à 1500, 3, Diocèse de Reims</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Brepols, 1998</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03299204v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recherche d'une comptabilité de l'au-delà : le catalogue des morts de Saint-Remi de Reims (945-1232)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Compter les Champenois</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Reims, pp.95--105, 1998</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03294187v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le baptême de Clovis dans les monuments rémois (XIIIe-XVIe siècles)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Clovis, histoire et mémoire, 2, Le baptême de Clovis., son écho à travers l'histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses de l'Université Paris-Sorbonne, pp.805-819, 1997, 2-84050-079-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04254411v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Bourg Saint-Remi de Reims. Un acte faux de l'archevêque Arnoul (Reims, 989)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Autour de Gerbert d'Aurillac, le pape de l'an Mil. Album de documents commentés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, École des Chartes, pp.44--69, 1996</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03299794v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Bourg Saint-Remi de Reims</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Olivier Guyotjeannin; Emmanuel Poulle. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Autour de Gerbert d'Aurillac, le pape de l'an mil : album de documents commentés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, Ecole des Chartes, pp.44-49, 1996, Matériaux pour l'histoire, 2-900791-18-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04251668v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Présentation historique de la Champagne, du Moyen Âge à nos jours</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jean-Marie Pérouse de Montclos. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Champagne-Ardenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Hachette, pp.33-46, 1995, Le guide du patrimoine, 2-01-020987-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04322980v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathédrale Notre-Dame [de Reims]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jean-Marie Pérouse de Montclos. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Champagne-Ardenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Hachette, pp.268-283, 1995, Le guide du patrimoine, 2-01-020987-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04323132v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chancellerie archiépiscopale et province ecclésiastique : l'exemple de Reims (997-1175)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La diplomatie épiscopale avant 1250-Die Diplomatik der Bischofsurkunde vor 1250</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 243--254, 1995</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03299793v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Présentation historique de la Champagne du Moyen Âge à nos jours &amp;quot;&amp;quot; , et &amp;quot;&amp;quot; Cathédrale Notre-Dame de Reims</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Guide du patrimoine. Champagne-Ardenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.33--46 et 268--283, 1995</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03294185v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chancellerie archiépiscopale et province ecclésiastique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Christoph Haidacher; Werner Köfler. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Die Diplomatik der Bischofsurkunde vor 1250 = La diplomatique épiscopale avant 1250 : Referate zum VIII Internationalen Kongress für Diplomatik, Innsbruck, 27. September-3. Oktober 1993</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Tiroler Landesarchiv, pp.243-254, 1995, 3-901464-04-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04324689v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des Anglais à Reims au XIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Champagne, terre d'accueil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 175--187, 1994</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03299791v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des Anglais à Reims au XIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Centre d'études champenoises, [3e Colloque d'histoire régionale, Reims, 27-28 mai 1993]; Sylvette Guilbert. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Champagne, terre d'accueil : de l'Antiquité à nos jours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Nancy, pp.175-187, 1994, Collection Études champenoises, 2-86480-871-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04251619v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les pueri chori de Notre-Dame de Reims, contribution à l'histoire des clergeons au Moyen Âge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le clerc séculier au Moyen Âge Actes du 22e congrès de la SHMESP, Amiens, 1991</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Publications de la Sorbonne, pp.135--149, 1993</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03299789v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les pueri chori de Notre-Dame de Reims</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">XXIIe Congrès de la SHMES, Société des historiens médiévistes de l'enseignement supérieur public (Amiens, juin 1991). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le clerc séculier au Moyen Âge</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 27, Publications de la Sorbonne, pp.135-149, 1993, Publications de la Sorbonne. Histoire ancienne et médiévale, 2-85944-231-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04251560v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le banquet du sacre des rois de France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fêtes et politique en Champagne à travers les siècles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Nancy, pp.119-129, 1992, Collection Études champenoises, 2-86480-533-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04251533v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les archevêques de Reims et les foires (XIe-XVe siècles)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[XIXe congrès de la] Société des historiens médiévistes de l'enseignement supérieur public, [Reims, juin 1988]. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le marchand au Moyen Âge</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SHMES, pp.81-94, 1992</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04251423v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les archevêques de Reims et les foires (XIe-XVe siècle)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le marchand au Moyen Âge Actes du 19e congrès de la SHMESP, Reims, 1988</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CID, pp.81--94, 1992</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03294446v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le banquet du sacre des rois de France. Du symbole au simulacre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fêtes et politique en Champagne à travers les siècles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses de l'Université, pp.119--129, 1992</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03299796v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une charte inédite de l'archevêque de Reims Samson (1146)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A propos des actes d'évêques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Nancy, pp.157-160, 1991, 2-86480-540-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04251163v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une charte inédite de l'archevêque de Reims Samson (1146)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">À propos des actes d'évêques, hommage à Lucie Fossier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Nancy, pp.157--160, 1991</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03294181v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les anges de Reims</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Marie-Claude Rousseau. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A ciel ouvert : sur les ailes de l'ange</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université catholique de l'Ouest, p 91-99, 1991, Cahiers du centre de linguistique et de littérature religieuses</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04323791v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les anges de Reims</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">À ciel ouvert : sur les ailes de l'ange</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UCO, pp.91--99, 1991</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03294447v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les réformes monastiques dans le diocèse de Reims au Xe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Centre d'archéologie et d'histoire médiévales des établissements religieux (Amiens). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Église du IXe au XIe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 3, C.A.H.M.E.R., pp.95-100, 1991, Histoire médiévale et archéologie</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04324361v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reims, ville d'art et d'histoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...46 lines deleted...]
-              <w:t xml:space="preserve">, Editions Universitaires de Dijon, pp.13-36, 2013, CERHIC/Chaire UNESCO Culture et tradition du vin, 978-2-36441-072-5</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurice Crubellier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Reims</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions Bonneton, p. 39-82, 1990, Encyclopédies des villes, 2-86253-000-2 (erroné)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, 53, PUPS, pp.79-92, 2013, Collection Roland Mousnier, 978-2-84050-785-7</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04215994v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Synodes diocésains et conciles provinciaux à Reims et en Belgique seconde aux XIe-XIIIe siècles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Champagne et ses administrations à travers le temps</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, La Manufacture, pp.93-112, 1990, L'Histoire partagée, 2-7377-0161-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Centre d'études historiques, pp.179-192, 2013</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04251095v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">l'Église de Reims et la croisade aux XIe-XIIe siècles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yvonne Bellenger; Danielle Quéruel. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Champenois et la croisade : actes des quatrièmes journées rémoises, 27-28 novembre 1987</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aux amateurs de livres, p. 19-38, 1989, 2-905053-99-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Somogy, p. 62-67, 2012, 978-2-7572-0529-7</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04323926v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les temps forts de la Champagne médiévale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Champagne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, p. 15-29, 1988, Echappées belles en France, 2-86260-265-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, 58, PUPS, pp.345-351, 2012, Cultures et civilisations médiévales, 978-2-84050-846-5</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04215986v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Histoire et art</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Champagne-Ardenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Christine Bonneton, pp.13-49, 1987, Encyclopédies régionales, 2-862253-026-3 (erroné)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, D. Guéniot, pp.299-310, 2012, 978-2-87825-471-6</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04480301v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le patrimoine monumental champenois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le paysage monumental de la France autour de l'an mil : avec un appendice Catalogne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Picard, pp.297-320, 1987, La France de l'an mil, 2-7084-0337-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Imhof, pp.341-345, 2011, 978-3-86568-600-8</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04250194v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'incendie de la cathédrale de Reims devant l'opinion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La bataille de la Marne : septembre 1914 : actes de la séance solennelle de commémoration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Académie Nationale de Reims, pp.57-88, 1985</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Édition et presses universitaires de Reims, p. 25-54, 2011, 978-2-915271-41-6</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04250172v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les sceaux des archevêques de Reims des origines à la fin du XIIIè siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actes du 109ème Congrès National des Sociétés Savantes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CTHS, pp.687-720, 1985</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...4707 lines deleted...]
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03310022v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04250172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">N°spécial de revue/special issue (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -11821,51 +11821,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un homme, un livre au XIème siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Corbet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Demouy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11952,1612 +11952,1612 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04480084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Encyclopédie des caves de Champagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Michel Guillard; Pierre-Marie Tricaud. Yvelinédition, 2014, Inventaire des teriitoires, 978-2-84668-480-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04323472v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Reims, une métropole dans l'histoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Demouy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Neiss</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Feuvrier-Prévotat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Moine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">D. Guéniot, 249 p., 2014, 978-2-87825-665-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robert Neiss</w:t>
+                <w:t xml:space="preserve">hal-03315999v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la vigne en Champagne au vin de Champagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morell Marie-Hélène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Éditions universitaires de Dijon, 238 p., 2013, (Histoires, ISSN 2269-8000), 978-2-36441-072-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04215179v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Se défendre en Champagne-Ardenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">D. Guéniot, 351 p., 2012, 978-2-87825-471-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04215130v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ecoles et Université à Reims du IXe au XVIIIe siècles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CRDP, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03314647v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reims. La grâce d'une cathédrale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Jordan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Chabaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Guerlin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Patrick Demouy. La Nuée Bleue, 2 (2), 543 p., 2010, La Grâce d'une cathédrale, ISSN 2114-3412, 978-2-7165-0769-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03314651v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'enfant et la cathédrale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Larousse, 284 p., 2009, L'Histoire comme un roman, 978-2-03585041-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04214716v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Notre-Dame de Reims, sanctuaire de la royauté sacrée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Etchecopar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS, 157 p., 2008, Patrimoine, 978-2-271-06594-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04188475v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Notre-Dame de Reims</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CRNS Editions, 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00447770v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le palais du Tau et le trésor de Notre-Dame de Reims</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Éditions du patrimoine, 47 p., 2008, Itinéraires, 978-2-85822-203-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04214664v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les laïcs dans les villes de la France du Nord au XIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Brepols, 8, 200 p., 2008, Rencontres médiévales européennes, 978-2-503-52908-0. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1484/M.RME-EB.6.09070802050003050209000800⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03311272v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouveaux regards sur la cathédrale de Reims</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Decrock</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">D. Guéniot, 226 p., 2008, 978-2-87825-432-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04215024v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les cathédrales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">PUF, 2007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03310024v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Botschaft der Steine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monika Bugs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wolfgang Kraus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Legat Verlag, 399 p., 2007, 978-3-932942-26-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03311269v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les cathédrales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses universitaires de France, 3644, 128 p., 2007, Que sais-je ?, 978-2-13-052983-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04320402v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genèse d'une cathédrale. Les archevêques de Reims et leur Eglise aux XIè et XIIè siècles.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Guéniot, 2005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03310023v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genèse d'une cathédrale : les archevêques de Reims et leur église aux XIe et XIIe siècles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Dominique Guéniot, 814 p., 2005, 2-87825-313-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04187189v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La maîtrise de la cathédrale de Reims</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Goudesenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Gester</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Fédération française pour la coopération des bibliothèques, des métiers du livre et de la documentation, 75, 103 p., 2003, Re-découvertes, 2-915327-05-X</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04216026v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sceaux et usages de sceaux. Images de la Champagne médiévale.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Somogy, 2003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03310013v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reims, Die Kathedrale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Schnell-Steiner, 2001</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03308569v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reims</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Zodiaque, 3, 385 p., 2000, Le ciel et la pierre, 2-7369-0265-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04215013v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reims,la cathédrale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Zodiaque, 2000, Le Ciel et la Pierre</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03308567v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reims, la cathédrale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Demouy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
-              <w:r>
-[...1527 lines deleted...]
-            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Neiss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Berry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14752,51 +14752,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1BF657AE"/>
+    <w:nsid w:val="16931D0F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14983,51 +14983,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/patrick-demouy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/026823632" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/115327101" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000121484516" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-05423710v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Demouy" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11588/frrec.2025.4.114404" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881613v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Beaulande-Barraud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317343v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317292v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03831837v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11588/frrec.2022.3.90441" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04317253v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03205059v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03205032v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03205043v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03316605v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03204203v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03204801v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03205072v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03204806v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03204197v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03204167v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03316604v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03316606v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Corbet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03316004v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04181786v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314645v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314648v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314639v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318117v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318089v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03310016v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318062v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04256440v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03307640v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04317999v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03291480v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317910v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03299792v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294444v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317898v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317889v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294449v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324000v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294184v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318519v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318461v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318517v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317792v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04323884v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04218567v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04218259v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04218191v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03310019v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318510v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318491v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04127387v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.191380" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317644v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04323694v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://books.openedition.org/pur/191531" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.191531" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317393v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03204798v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03204037v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/les-lieux-de-l-histoire-de-france--9782262064327-page-103.htm" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/perri.wievi.2017.02.0103" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03204192v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03203127v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cths.2589" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03204162v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03204050v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110410969-014" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03204117v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03316001v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04301184v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03316000v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04156185v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.49223" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03316003v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03316002v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04156182v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298559v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03316008v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04301109v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03581424v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Bonnaire" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Zech-Matterne" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morell Marie-H&#233;l&#232;ne" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03316007v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04300402v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04217879v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04300371v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03316011v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04329536v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04217862v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04279797v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04329388v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314646v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04329434v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314650v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314649v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03311267v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318155v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04279718v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03311270v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03311271v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04256601v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03310014v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04258009v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04256258v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04256560v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03310012v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03310018v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03310015v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03310020v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04181773v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03310021v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04255176v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03308568v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04255084v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04255037v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03308565v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317977v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317984v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04254965v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04254768v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03299790v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294187v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04254392v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03299795v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03299797v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04254699v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04254653v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03299204v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254411v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03299794v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04251668v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04324689v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294185v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04322980v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04323132v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03299793v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04251619v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03299791v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03299789v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04251560v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03299796v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294446v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04251533v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04251423v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04251163v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294181v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04323791v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294447v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04324361v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04251095v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04215994v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Crubellier" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04323926v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04215986v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04480301v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04250194v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03310022v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04250172v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03204028v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04329045v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04322726v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03205086v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-04318416v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318395v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318398v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317873v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318475v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03204012v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04181733v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04218295v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03204000v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01490515v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04480084v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03315999v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Neiss" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Feuvrier-Pr&#233;votat" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Moine" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04323472v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04215179v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04215130v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314651v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Jordan" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Chabaud" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Guerlin" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314647v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04214716v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04215024v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Decrock" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04188475v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Etchecopar" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00447770v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04214664v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03311272v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/M.RME-EB.6.09070802050003050209000800" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03311269v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Bugs" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Kraus" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03310024v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04320402v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03310023v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04187189v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04216026v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Goudesenne" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gester" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03310013v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03308569v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04215013v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03308567v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04321846v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Berry" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Sauvageot" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04323247v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Desportes" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bony" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Bouy&#233;" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04321547v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03299798v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294445v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dricot" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Grassin" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04216021v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dricot" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janine Grassin" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04216020v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Clausse" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Blin" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04188460v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294186v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04187382v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04187357v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04187326v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04215971v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pomar&#232;de" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Laslier" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01776272v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2000NAN21023" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01776355v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1982NAN21006" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/patrick-demouy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/026823632" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/115327101" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000121484516" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-05423710v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Demouy" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11588/frrec.2025.4.114404" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317292v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Beaulande-Barraud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03831837v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11588/frrec.2022.3.90441" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03881613v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317343v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04317253v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03205059v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03205043v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03205032v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03316605v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03204801v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03204806v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03205072v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03204203v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03204197v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03204167v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03316606v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Corbet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03316604v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04181786v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03316004v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314648v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314645v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314639v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318117v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03310016v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318062v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04256440v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03307640v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318089v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04317999v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03291480v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317910v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03299792v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294444v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317898v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317889v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294449v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04324000v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294184v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318519v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318461v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318517v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317792v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04323884v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04218567v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04218259v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03310019v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04218191v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318510v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318491v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04127387v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.191380" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317644v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04323694v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://books.openedition.org/pur/191531" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.191531" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317393v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03204798v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03204192v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03203127v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cths.2589" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03204037v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/les-lieux-de-l-histoire-de-france--9782262064327-page-103.htm" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/perri.wievi.2017.02.0103" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03204050v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110410969-014" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03204117v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03204162v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03316001v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04301184v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03316000v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04156185v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.49223" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03316003v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03316002v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04156182v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04301109v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03581424v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Bonnaire" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Zech-Matterne" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morell Marie-H&#233;l&#232;ne" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03316007v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04300402v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298559v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03316008v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04217879v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03316011v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04300371v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04217862v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04329536v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04279797v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04329388v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314646v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04329434v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314650v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314649v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318155v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04279718v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03311270v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03311267v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03311271v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04256601v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03310014v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04258009v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03310018v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03310012v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04256560v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03310015v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04256258v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03310020v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04181773v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03310021v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04255176v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03308568v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04255084v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04255037v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03308565v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317977v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317984v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04254768v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03299790v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04254965v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04254392v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03299795v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04254699v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03299797v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04254653v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03299204v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294187v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254411v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03299794v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04251668v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04322980v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04323132v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03299793v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294185v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04324689v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03299791v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04251619v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03299789v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04251560v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04251533v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04251423v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294446v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03299796v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04251163v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294181v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04323791v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294447v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04324361v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04215994v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Crubellier" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04251095v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04323926v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04215986v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04480301v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04250194v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04250172v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03310022v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03204028v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04329045v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04322726v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03205086v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-artois.hal.science/hal-04318416v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318395v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318398v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317873v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318475v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03204012v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04181733v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04218295v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-03204000v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01490515v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04480084v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04323472v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03315999v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Neiss" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Feuvrier-Pr&#233;votat" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Moine" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04215179v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04215130v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314647v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314651v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Jordan" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Chabaud" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Guerlin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04214716v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04188475v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Etchecopar" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00447770v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04214664v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03311272v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/M.RME-EB.6.09070802050003050209000800" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04215024v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Decrock" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03310024v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03311269v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Bugs" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wolfgang Kraus" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04320402v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03310023v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04187189v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04216026v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Goudesenne" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Gester" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03310013v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03308569v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04215013v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03308567v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04321846v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Berry" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Sauvageot" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04323247v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Desportes" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bony" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Bouy&#233;" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04321547v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03299798v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294445v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dricot" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Grassin" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04216021v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dricot" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janine Grassin" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04216020v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Clausse" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Blin" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04188460v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294186v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04187382v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04187357v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04187326v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04215971v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pomar&#232;de" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Laslier" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01776272v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2000NAN21023" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01776355v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1982NAN21006" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>