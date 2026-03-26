--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1902,217 +1902,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03643064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modes de représentation et de circulation de « l’information verte », le cas de l’architecture</w:t>
+                <w:t xml:space="preserve">Modes de représentation et de circulation de &amp;quot; l'information verte &amp;quot; : le cas de l'architecture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Lehmans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Fraysse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Liquète</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’organisation des connaissances : dynamisme et stabilité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012</w:t>
+              <w:t xml:space="preserve">L'organisation des connaissances : dynamisme et stabilité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Widad Mustapha El Hadi, pp.367-379, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01925951v1</w:t>
+                <w:t xml:space="preserve">hal-00841943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modes de représentation et de circulation de &amp;quot; l'information verte &amp;quot; : le cas de l'architecture</w:t>
+                <w:t xml:space="preserve">Modes de représentation et de circulation de « l’information verte », le cas de l’architecture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Lehmans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Fraysse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Liquète</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'organisation des connaissances : dynamisme et stabilité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Widad Mustapha El Hadi, pp.367-379, 2012</w:t>
+              <w:t xml:space="preserve">L’organisation des connaissances : dynamisme et stabilité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00841943v1</w:t>
+                <w:t xml:space="preserve">hal-01925951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (14)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4895,51 +4895,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02470107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">N°spécial de revue/special issue (2)</w:t>
+        <w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -4974,427 +4974,339 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Deramond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Fraysse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr/>
-[...86 lines deleted...]
-            <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Communication &amp; langages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1 (211), pp.180, 2022</w:t>
+              <w:t xml:space="preserve">, 211, pp.180, 2022, Communication &amp; Langages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03669231v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04315600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude comparative de systèmes de diffusion des recherches: moteurs de recherches et archives ouvertes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viviane Couzinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josiane Senie-Demeurisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Josiane Senie-Demeurisse</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Bruno Amman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Carrère-Saucède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Fraysse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">LERASS; LGCO. 2012, 63p;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04862011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sociétés savantes et publications numériques : aspects sociaux, techniques et juridiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viviane Couzinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Fraysse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Courbieres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Courbieres</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Michèle Caria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josiane Senie-Demeurisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Laboratoire d'études et de recherches en sciences sociales (LERASS); Centre d'étude et de traitement de l'informatique juridique (CETIJ). 2008, pp.vol.1 : 452 ; vol. 2 : 62</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04862056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5404,51 +5316,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Signes et formes dans la revalorisation d'un modèle urbain du Sud-Ouest de la France : quand les bastides se refont une beauté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Fraysse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5457,65 +5369,65 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Régimbeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00606370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId122"/>
+      <w:footerReference w:type="default" r:id="rId121"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5662,51 +5574,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973014v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debora T S Menezes" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regina Marteleto" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Fraysse" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04348647v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Molinier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810060v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Silva Saldanha" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Couzinet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834060v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04988743v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Lambert" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05047019v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica de Bideran" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04077991v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Sagnes" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04784488v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Carr&#232;re-Sauc&#232;de" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03669530v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Hemery" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Ugaglia" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ocim.fr/ouvrage/mediations-culturelles-innovantes-observations-croisee-dans-deux-musee-toulousains/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04348736v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.efr.28427" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03669579v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Deramond" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eua.hypotheses.org/3955" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03642489v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cepadues.com/livres/sciences/information-communication/1287-le-dispositif-en-questions-le-prisme-des-sciences-de-l-education-et-de-la-formation-et-des-sciences-de-l-information-et-de-la-c-9782364937093.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813760v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03642994v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ocim.fr/ouvrage/construire-le-patrimoine-de-demain-avec-et-pour-qui/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03643399v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gardies" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fabre" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cepadues.com/livres/sciences/information-communication/1127-le-document-dialogue-entre-sciences-de-l-information-et-de-la-communication-et-histoire-idc-9782364935785.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03643201v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02476838v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sudoc.fr/20421579X" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03643231v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03643064v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eud.u-bourgogne.fr/museologie/548-les-mediations-de-l-archeologie-9782111518421.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925951v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lehmans" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Liqu&#232;te" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00841943v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859701v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidelia Teixeira" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862695v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03668955v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/comla1.211.0021" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03669152v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/peme.24767" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03669021v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Ch&#226;telet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Couralet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pds.5258" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03669135v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Chante" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03640172v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.5602" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03656588v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6092/issn.2283-9364/8943" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03640190v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Barthet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03639731v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/comla.191.0029" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01855816v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/LCN.9.1.25-38" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470098v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sds.5238" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399492v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00795184v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gardi&#232;s" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Courbi&#232;res" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384355v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debora Teixeira dos Santos E Menezes" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regina Maria Marteleto" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813732v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie S&#233;jalon-Delmas" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399484v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399356v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849333v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Volant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01234371v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00605212v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard R&#233;gimbeau" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00607126v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878104v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04077994v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulm.fr/index.php/default/vivre-et-faire-vivre-le-moyen-age.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13kbi" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04315606v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/revue-communication-et-langages-2022-1.htm?contenu=presentation" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.eua.7033" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03669923v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03008364v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/eua/4450" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.eua.4450" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03640501v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pum.univ-tlse2.fr/~no-99-Memoire-histoire-et~.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03640382v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cepadues.com/livres/sciences/information-communication/1160-sur-les-sciences-de-l-information-et-de-la-communication-contributions-hybrides-autour-des-travaux-de-viviane-couzinet-idc-9782364936003.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470107v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cepadues.com/livres/le-document-dialogue-entre-sciences-information-communication-histoire-idc-9782364935785.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04315600v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03669231v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862011v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Senie-Demeurisse" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Amman" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862056v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Courbieres" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Caria" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00606370v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973014v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debora T S Menezes" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regina Marteleto" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Fraysse" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04348647v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Molinier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810060v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Silva Saldanha" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Couzinet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834060v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04988743v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Lambert" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05047019v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica de Bideran" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04077991v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Sagnes" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04784488v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Carr&#232;re-Sauc&#232;de" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03669530v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Hemery" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Ugaglia" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ocim.fr/ouvrage/mediations-culturelles-innovantes-observations-croisee-dans-deux-musee-toulousains/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04348736v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.efr.28427" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03669579v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Deramond" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eua.hypotheses.org/3955" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03642489v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cepadues.com/livres/sciences/information-communication/1287-le-dispositif-en-questions-le-prisme-des-sciences-de-l-education-et-de-la-formation-et-des-sciences-de-l-information-et-de-la-c-9782364937093.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813760v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03642994v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ocim.fr/ouvrage/construire-le-patrimoine-de-demain-avec-et-pour-qui/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03643399v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gardies" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fabre" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cepadues.com/livres/sciences/information-communication/1127-le-document-dialogue-entre-sciences-de-l-information-et-de-la-communication-et-histoire-idc-9782364935785.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03643201v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02476838v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sudoc.fr/20421579X" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03643231v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03643064v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eud.u-bourgogne.fr/museologie/548-les-mediations-de-l-archeologie-9782111518421.html" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00841943v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lehmans" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Liqu&#232;te" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925951v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859701v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidelia Teixeira" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862695v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03668955v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/comla1.211.0021" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03669152v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/peme.24767" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03669021v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Ch&#226;telet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Couralet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pds.5258" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03669135v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Chante" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03640172v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfsic.5602" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03656588v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.6092/issn.2283-9364/8943" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03640190v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Barthet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03639731v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/comla.191.0029" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01855816v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/LCN.9.1.25-38" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470098v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sds.5238" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399492v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00795184v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gardi&#232;s" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Courbi&#232;res" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384355v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debora Teixeira dos Santos E Menezes" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regina Maria Marteleto" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03813732v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie S&#233;jalon-Delmas" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399484v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01399356v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849333v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Volant" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01234371v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00605212v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard R&#233;gimbeau" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00607126v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878104v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04077994v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pulm.fr/index.php/default/vivre-et-faire-vivre-le-moyen-age.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13kbi" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04315606v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn.info/revue-communication-et-langages-2022-1.htm?contenu=presentation" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.eua.7033" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03669923v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03008364v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/eua/4450" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.eua.4450" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03640501v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pum.univ-tlse2.fr/~no-99-Memoire-histoire-et~.html" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03640382v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cepadues.com/livres/sciences/information-communication/1160-sur-les-sciences-de-l-information-et-de-la-communication-contributions-hybrides-autour-des-travaux-de-viviane-couzinet-idc-9782364936003.html" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470107v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cepadues.com/livres/le-document-dialogue-entre-sciences-information-communication-histoire-idc-9782364935785.html" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04315600v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862011v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Senie-Demeurisse" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Amman" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862056v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Courbieres" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Caria" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00606370v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>