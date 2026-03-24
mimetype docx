--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -118,832 +118,832 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Degradation study of δ-hexachlorocyclohexane by iron sulfide nanoparticles: Elucidation of reaction pathway using compound specific isotope analysis and pH variation</w:t>
+                <w:t xml:space="preserve">Stable carbon and hydrogen isotope analysis applied to follow the anaerobic biodegradation of trimethylbenzenes in groundwater</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silviu-Laurentiu Badea</w:t>
+                <w:t xml:space="preserve">Ouassim Boukaroum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolae-Ionut Cristea</w:t>
+                <w:t xml:space="preserve">Carine Demelas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Violeta-Carolina Niculescu</w:t>
+                <w:t xml:space="preserve">Laurent Vassalo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yevheniia Korolova</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Patrick Höhener</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Pollution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.envpol.2024.125278⟩</w:t>
+              <w:t xml:space="preserve">Journal of Contaminant Hydrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 274, pp.104666. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jconhyd.2025.104666⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04795116v1</w:t>
+                <w:t xml:space="preserve">hal-05144759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From Legacy to Emerging Groundwater Contaminants: Combining Advanced Monitoring Tools to Assess Sources and In Situ (Bio)Transformation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Degradation study of δ-hexachlorocyclohexane by iron sulfide nanoparticles: Elucidation of reaction pathway using compound specific isotope analysis and pH variation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silviu-Laurentiu Badea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Prieto-Espinoza</w:t>
+                <w:t xml:space="preserve">Nicolae-Ionut Cristea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Höhener</w:t>
+                <w:t xml:space="preserve">Violeta-Carolina Niculescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwenaël Imfeld</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Yevheniia Korolova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanica Enache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS ES&amp;T Water</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsestwater.5c00552⟩</w:t>
+              <w:t xml:space="preserve">Environmental Pollution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 364, pp.125278. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envpol.2024.125278⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05388624v1</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04795116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stable carbon and hydrogen isotope analysis applied to follow the anaerobic biodegradation of trimethylbenzenes in groundwater</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">From Legacy to Emerging Groundwater Contaminants: Combining Advanced Monitoring Tools to Assess Sources and In Situ (Bio)Transformation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carine Demelas</w:t>
+                <w:t xml:space="preserve">Maria Prieto-Espinoza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Höhener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Vassalo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Patrick Höhener</w:t>
+                <w:t xml:space="preserve">Gwenaël Imfeld</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Contaminant Hydrology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 274, pp.104666. </w:t>
+              <w:t xml:space="preserve">ACS ES&amp;T Water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 5 (12), pp.7088-7104. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jconhyd.2025.104666⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsestwater.5c00552⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05144759v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05388624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elucidating the Fate of the Organochlorine Pesticide Chlordecone under Abiotic Reductive and Oxidative Processes: Kinetics, Transformation Products, and C vs Cl Isotope Fractionation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Stable isotope composition of pesticides in commercial formulations: The ISOTOPEST database</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Malleret</w:t>
+                <w:t xml:space="preserve">Jérémy Masbou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Höhener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Durand</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Patrick Höhener</w:t>
+                <w:t xml:space="preserve">Sylvain Payraudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Martin-Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaël Imfeld</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.est.4c04912⟩</w:t>
+              <w:t xml:space="preserve">Chemosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 352, pp.141488. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2024.141488⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04740845v1</w:t>
+                <w:t xml:space="preserve">hal-04472826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insights from multiple stable isotopes (C, N, Cl) into the photodegradation of herbicides atrazine and metolachlor</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Matias Levesque-Vargas</w:t>
+                <w:t xml:space="preserve">Elucidating the Fate of the Organochlorine Pesticide Chlordecone under Abiotic Reductive and Oxidative Processes: Kinetics, Transformation Products, and C vs Cl Isotope Fractionation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Prieto-Espinoza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leanne Ohlund</w:t>
+                <w:t xml:space="preserve">Laure Malleret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lekha Sleno</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Amandine Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Höhener</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemosphere</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2024.144010⟩</w:t>
+              <w:t xml:space="preserve">Environmental Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.est.4c04912⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04869845v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04740845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stable isotope composition of pesticides in commercial formulations: The ISOTOPEST database</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Insights from multiple stable isotopes (C, N, Cl) into the photodegradation of herbicides atrazine and metolachlor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matias Levesque-Vargas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémy Masbou</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Leanne Ohlund</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lekha Sleno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Gélinas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Höhener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemosphere</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 352, pp.141488. </w:t>
+              <w:t xml:space="preserve">, 2024, 370, pp.144010. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2024.141488⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2024.144010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04472826v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04869845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Novel Multi-ion Evaluation Scheme to Determine Stable Chlorine Isotope Ratios ( 37 Cl/ 35 Cl) of Chlordecone by LC-QTOF</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Prieto-Espinoza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Malleret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Ravier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Höhener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of The American Society for Mass Spectrometry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1016,51 +1016,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gregory Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elicia Verardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Höhener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Guiserix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1105,1732 +1105,1732 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04071563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Treatment of Sewage Sludge Compost Leachates on a Green Waste Biopile: A Case Study for an On-Site Application</w:t>
+                <w:t xml:space="preserve">Underestimation of Anthropogenic Bromoform Released into the Environment?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chaher Ibrahim Irka</w:t>
+                <w:t xml:space="preserve">Etienne Quivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Höhener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascale Prudent</w:t>
+                <w:t xml:space="preserve">Brice Temime-Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Théraulaz</w:t>
+                <w:t xml:space="preserve">Julien Dron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Marie Farnet da Silva</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurence Asia</w:t>
+                <w:t xml:space="preserve">Gautier Revenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Processes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/pr10061196⟩</w:t>
+              <w:t xml:space="preserve">Environmental Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 56 (3), pp.1522-1533. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.est.1c05073⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03946183v1</w:t>
+                <w:t xml:space="preserve">hal-03566366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-elemental compound-specific isotope analysis of pesticides for source identification and monitoring of degradation in soil: a review</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Passive sampling of chlorinated paraffins by silicone: Focus on diffusion and silicone-water partition coefficients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Godere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Malleret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Höhener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Guers</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pierre Doumenq</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Chemistry Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 20 (3927–3942), </w:t>
+              <w:t xml:space="preserve">Chemosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10311-022-01489-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2021.132201⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03760066v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03592542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using 1,1,1-Trichloroethane degradation data to understand NAPL dissolution and solute transport at real sites</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Treatment of Sewage Sludge Compost Leachates on a Green Waste Biopile: A Case Study for an On-Site Application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gregory J.V. Cohen</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Guiserix</w:t>
+                <w:t xml:space="preserve">Chaher Ibrahim Irka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Prudent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Théraulaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Marie Farnet da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Asia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Contaminant Hydrology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jconhyd.2021.103934⟩</w:t>
+              <w:t xml:space="preserve">Processes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10 (6), pp.1196. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/pr10061196⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03588166v1</w:t>
+                <w:t xml:space="preserve">hal-03946183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Passive sampling of chlorinated paraffins by silicone: Focus on diffusion and silicone-water partition coefficients</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Using 1,1,1-Trichloroethane degradation data to understand NAPL dissolution and solute transport at real sites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valeureux Illy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory J.V. Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elicia Verardo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Höhener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Guiserix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemosphere</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2021.132201⟩</w:t>
+              <w:t xml:space="preserve">Journal of Contaminant Hydrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 245, pp.103934. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jconhyd.2021.103934⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03592542v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03588166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Underestimation of Anthropogenic Bromoform Released into the Environment?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Multi-elemental compound-specific isotope analysis of pesticides for source identification and monitoring of degradation in soil: a review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Höhener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gautier Revenko</w:t>
+                <w:t xml:space="preserve">Delphine Guers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ouassim Boukaroum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Malleret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Martin-Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 56 (3), pp.1522-1533. </w:t>
+              <w:t xml:space="preserve">Environmental Chemistry Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 20 (3927–3942), </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.est.1c05073⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10311-022-01489-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03566366v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03760066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of MNA in A Chlorinated Solvents-Contaminated Aquifer Using Reactive Transport Modeling Coupled with Isotopic Fractionation Analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quantification of Lambda (Λ) in multi-elemental compound-specific isotope analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Höhener</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matteo Antelmi</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Luca Alberti</w:t>
+                <w:t xml:space="preserve">Gwenael Imfeld</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Water</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/w13212945⟩</w:t>
+              <w:t xml:space="preserve">Chemosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 267, pp.129232. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2020.129232⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03402236v1</w:t>
+                <w:t xml:space="preserve">hal-03082804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dehalogenation of α-hexachlorocyclohexane by iron sulfide nanoparticles: Study of reaction mechanism with stable carbon isotopes and pH variations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Silviu-Laurentiu Badea</w:t>
+                <w:t xml:space="preserve">Evaluation of MNA in A Chlorinated Solvents-Contaminated Aquifer Using Reactive Transport Modeling Coupled with Isotopic Fractionation Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Antelmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pietro Mazzon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Höhener</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Massimo Marchesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diana-Ionela Stegarus</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Luca Alberti</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2021.149672⟩</w:t>
+              <w:t xml:space="preserve">Water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (21), pp.2945. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/w13212945⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03338842v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03402236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soil carbon dioxide fluxes to atmosphere: the role of rainfall over CO2 transport</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dehalogenation of α-hexachlorocyclohexane by iron sulfide nanoparticles: Study of reaction mechanism with stable carbon isotopes and pH variations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silviu-Laurentiu Badea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diana-Ionela Stegarus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violeta-Carolina Niculescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanica Enache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Delsarte</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Amalia Soare</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Geochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apgeochem.2020.104854⟩</w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 801, pp.149672. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2021.149672⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03087039v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03338842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of NAPL mixture and alteration on 222Rn partitioning coefficients: Implications for NAPL subsurface contamination quantification</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Soil carbon dioxide fluxes to atmosphere: the role of rainfall over CO2 transport</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Delsarte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marian Momtbrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Höhener</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Atteia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2021.148210⟩</w:t>
+              <w:t xml:space="preserve">Applied Geochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 127, pp.104854. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apgeochem.2020.104854⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03338821v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03087039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intramolecular non-covalent isotope effects at natural abundance associated with the migration of paracetamol in solid matrices during liquid chromatography</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of NAPL mixture and alteration on 222Rn partitioning coefficients: Implications for NAPL subsurface contamination quantification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Le Meur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory J.V. Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Julien</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Mélissa Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Höhener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Gérald Remaud</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Atteia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chromatography A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chroma.2021.461932⟩</w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 791, pp.148210. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2021.148210⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03128287v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03338821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantification of Lambda (Λ) in multi-elemental compound-specific isotope analysis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Intramolecular non-covalent isotope effects at natural abundance associated with the migration of paracetamol in solid matrices during liquid chromatography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Julien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Liégeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Höhener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Piotr Paneth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwenael Imfeld</w:t>
+                <w:t xml:space="preserve">Gérald Remaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemosphere</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 267, pp.129232. </w:t>
+              <w:t xml:space="preserve">Journal of Chromatography A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 1639, pp.461932. </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2020.129232⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.chroma.2021.461932⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03082804v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03128287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intramolecular isotope effects during permanganate oxidation and acid hydrolysis of methyl tert-butyl ether</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Multistep partitioning causes significant stable carbon and hydrogen isotope effects during volatilization of toluene and propan-2-ol from unsaturated sandy aquifer sediment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Sarah Zamane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Didier Gori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Höhener</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gérald Remaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemosphere</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, In press, 248, pp.125975. </w:t>
+              <w:t xml:space="preserve">, 2020, 251, pp.126345. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2020.125975⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2020.126345⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02466621v1</w:t>
+                <w:t xml:space="preserve">hal-02505844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multistep partitioning causes significant stable carbon and hydrogen isotope effects during volatilization of toluene and propan-2-ol from unsaturated sandy aquifer sediment</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Intramolecular isotope effects during permanganate oxidation and acid hydrolysis of methyl tert-butyl ether</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Julien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Gori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Höhener</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Zamane</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Patrick Höhener</w:t>
+                <w:t xml:space="preserve">Richard Robins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald Remaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemosphere</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 251, pp.126345. </w:t>
+              <w:t xml:space="preserve">, In press, 248, pp.125975. </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2020.126345⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2020.125975⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02505844v1</w:t>
+                <w:t xml:space="preserve">hal-02466621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laboratory-scale experimental and modelling investigations of 222Rn profiles in chemically heterogeneous LNAPL contaminated vadose zones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory J.V. Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Bernachot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danyang Su</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Höhener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Ulrich Mayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2881,51 +2881,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expanded uncertainty associated with determination of isotope enrichment factors: Comparison of two point calculation and Rayleigh-plot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Gilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2933,51 +2933,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Keita Yamada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard J. Robins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Höhener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Talanta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 176, pp.367-373. </w:t>
@@ -3015,77 +3015,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulating compound-specific isotope ratios in plumes of groundwater pollutants with BIOSCREEN-AT-ISO</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Höhener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhi M Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Nun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3162,77 +3162,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Removal of NAPL from columns by oxidation, sparging, surfactant and thermal treatment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florie Jousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Atteia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Höhener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Cohen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemosphere</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 188, pp.182-189. </w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3266,90 +3266,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of residual NAPL source removal techniques in 3D metric scale experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Atteia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florie Jousse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Höhener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Contaminant Hydrology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 202, pp.23-32. </w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3383,103 +3383,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Position-Specific 13C Fractionation during Liquid−Vapor Transition Correlated to the Strength of Intermolecular Interaction in the Liquid Phase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Höhener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard J. Robins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Parinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald Remaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 121, pp.5810−5817. </w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3507,424 +3507,424 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01541392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced forensic discrimination of pollutants by position-specific isotope analysis using isotope ratio monitoring by C-13 nuclear magnetic resonance spectrometry</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Simulating stable carbon and chlorine isotope ratios in dissolved chlorinated groundwater pollutants with BIOCHLOR-ISO</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Höhener</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Talanta</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 147, pp.383-389. </w:t>
+              <w:t xml:space="preserve">Journal of Contaminant Hydrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 195, pp.52-61. </w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.talanta.2015.10.010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jconhyd.2016.11.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01436741v1</w:t>
+                <w:t xml:space="preserve">hal-01436754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LNAPL source zone delineation using soil gases in a heterogeneous silty-sand aquifer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory J. V. Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florie Jousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gregory J. V. Cohen</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Nicolas Luze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Höhener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Atteia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Contaminant Hydrology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 192, pp.20-34. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jconhyd.2016.06.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01436756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulating stable carbon and chlorine isotope ratios in dissolved chlorinated groundwater pollutants with BIOCHLOR-ISO</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Enhanced forensic discrimination of pollutants by position-specific isotope analysis using isotope ratio monitoring by C-13 nuclear magnetic resonance spectrometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Julien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Nun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Höhener</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Parinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard J. Robins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Contaminant Hydrology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Talanta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 147, pp.383-389. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.talanta.2015.10.010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jconhyd.2016.11.002⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01436754v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01436741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isotopic Fingerprints of Iron Cyanide Complexes in the Environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tim Mansfeldt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Höhener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 50 (14), pp.7382-7388. </w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3952,652 +3952,644 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01436757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insights into Mechanistic Models for Evaporation of Organic Liquids in the Environment Obtained by Position-Specific Carbon Isotope Analysis</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">An Unstructured Numerical Model to Study Wind-Driven Circulation Patterns in a Managed Coastal Mediterranean Wetland: The Vaccares Lagoon System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gérald S. Remaud</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Julien Parinet</w:t>
+                <w:t xml:space="preserve">Olivier Boutron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Fiandrino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Höhener</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Sandoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.est.5b03280⟩</w:t>
+              <w:t xml:space="preserve">Water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 7 (11), pp.5986-6016. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/w7115986⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01436876v1</w:t>
+                <w:t xml:space="preserve">hal-01436877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Predicting equilibrium vapour pressure isotope effects by using artificial neural networks or multi-linear regression - A quantitative structure property relationship approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Parinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Nun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard J. Robins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerald Remaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemosphere</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 134, pp.521-527. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2014.10.079⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
-              <w:r>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01436878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Documentation of time-scales for onset of natural attenuation in an aquifer treated by a crude-oil recovery system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violaine Ponsin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joachim Maier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Guelorget</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Hunkeler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Bouchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science of the Total Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 512, pp.62-73. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2015.01.033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01436883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">222Rn as Natural Tracer for LNAPL Recovery in a Crude Oil-Contaminated Aquifer</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Insights into Mechanistic Models for Evaporation of Organic Liquids in the Environment Obtained by Position-Specific Carbon Isotope Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Julien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Nun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard J. Robins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald S. Remaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Parinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ground Water Monitoring and Remediation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/gwmr.12091⟩</w:t>
+              <w:t xml:space="preserve">Environmental Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 49 (21), pp.12782-12788. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.est.5b03280⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01295604v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01436876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improved constraints on in situ rates and on quantification of complete chloroethene degradation from stable carbon isotope mass balances in groundwater plumes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Höhener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Elsner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heinrich Eisenmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Atteia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Contaminant Hydrology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 182, pp.173-182. </w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4625,1989 +4617,2009 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01436874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of organic pollutants on metal and As uptake by helophyte species and consequences for constructed wetlands design and management</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">222Rn as Natural Tracer for LNAPL Recovery in a Crude Oil-Contaminated Aquifer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violaine Ponsin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anna Guittonny-Philippe</w:t>
+                <w:t xml:space="preserve">Amelie Chablais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Masotti</w:t>
+                <w:t xml:space="preserve">Julien Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magalie Claeys-Bruno</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Olivier Radakovitch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Höhener</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Water Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Ground Water Monitoring and Remediation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 35 (2), pp.30-38. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/gwmr.12091⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.watres.2014.10.014⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01436860v1</w:t>
+                <w:t xml:space="preserve">hal-01295604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fractionation in position-specific isotope composition during vaporization of environmental pollutants measured with isotope ratio monitoring by C-13 nuclear magnetic resonance spectrometry</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Impact of organic pollutants on metal and As uptake by helophyte species and consequences for constructed wetlands design and management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin Bayle</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Patrick Höhener</w:t>
+                <w:t xml:space="preserve">Anna Guittonny-Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Masotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magalie Claeys-Bruno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Malleret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Coulomb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Pollution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.envpol.2015.05.047⟩</w:t>
+              <w:t xml:space="preserve">Water Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 68, pp.328-341. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.watres.2014.10.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01436869v1</w:t>
+                <w:t xml:space="preserve">hal-01436860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Unstructured Numerical Model to Study Wind-Driven Circulation Patterns in a Managed Coastal Mediterranean Wetland: The Vaccares Lagoon System</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Fractionation in position-specific isotope composition during vaporization of environmental pollutants measured with isotope ratio monitoring by C-13 nuclear magnetic resonance spectrometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Julien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Parinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Nun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Bayle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Höhener</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alain Sandoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Water</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 7 (11), pp.5986-6016. </w:t>
+              <w:t xml:space="preserve">Environmental Pollution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 205, pp.299-306. </w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/w7115986⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.envpol.2015.05.047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01436877v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01436869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ vadose zone bioremediation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Does phosphate enhance the natural attenuation of crude oil in groundwater under defined redox conditions?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violaine Ponsin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olsen Rainness Mouloubou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Prudent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Höhener</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Violaine Ponsin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Opinion in Biotechnology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Contaminant Hydrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 169 (SI), pp.4-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jconhyd.2014.04.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.copbio.2013.08.018⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01456415v1</w:t>
+                <w:t xml:space="preserve">hal-01456419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of agricultural practices on properties and metal content in urban garden soils in a tropical metropolitan area</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">In situ biostimulation of petroleum hydrocarbon degradation by nitrate and phosphate injection using a dipole well configuration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violaine Ponsin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Coulomb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Guelorget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joachim Maier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Höhener</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean Aubin Ondo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Serbian Chemical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2298/JSC130121068O⟩</w:t>
+              <w:t xml:space="preserve">Journal of Contaminant Hydrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 171, pp.22-31. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jconhyd.2014.10.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01318963v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01456421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rayleigh-Based Concept to Tackle Strong Hydrogen Fractionation in Dual Isotope Analysis-The Example of Ethylbenzene Degradation by Aromatoleum aromaticum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conrad Dorer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Höhener</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conrad Dorer</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Patrick Höhener</w:t>
+                <w:t xml:space="preserve">Normen Hedwig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Normen Hedwig</w:t>
+                <w:t xml:space="preserve">Hans-Hermann Richnow</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carsten Vogt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 48 (10), pp.5788-5797. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/es404837g⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01456409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ biostimulation of petroleum hydrocarbon degradation by nitrate and phosphate injection using a dipole well configuration</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Rayleigh equation for evolution of stable isotope ratios in contaminant decay chains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Höhener</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Atteia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Contaminant Hydrology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jconhyd.2014.10.003⟩</w:t>
+              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 126, pp.70-77. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gca.2013.10.036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01456421v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01456413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rayleigh equation for evolution of stable isotope ratios in contaminant decay chains</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">In situ vadose zone bioremediation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Höhener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Olivier Atteia</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violaine Ponsin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.gca.2013.10.036⟩</w:t>
+              <w:t xml:space="preserve">Current Opinion in Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 27, pp.1-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.copbio.2013.08.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01456413v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01456415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Constructed wetlands to reduce metal pollution from industrial catchments in aquatic Mediterranean ecosystems: A review to overcome obstacles and suggest potential solutions</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Effects of agricultural practices on properties and metal content in urban garden soils in a tropical metropolitan area</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Prudent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Massiani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Höhener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Luc Boudenne</w:t>
+                <w:t xml:space="preserve">Pierre P. Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Viglione</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean Aubin Ondo</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environment International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 64, pp.1-16. </w:t>
+              <w:t xml:space="preserve">Journal of the Serbian Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 79 (1), pp.101-112. </w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.envint.2013.11.016⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2298/JSC130121068O⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01407644v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01318963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does phosphate enhance the natural attenuation of crude oil in groundwater under defined redox conditions?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Violaine Ponsin</w:t>
+                <w:t xml:space="preserve">Constructed wetlands to reduce metal pollution from industrial catchments in aquatic Mediterranean ecosystems: A review to overcome obstacles and suggest potential solutions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Guittonny-Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Masotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Höhener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olsen Rainness Mouloubou</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean Luc Boudenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Viglione</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Contaminant Hydrology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jconhyd.2014.04.003⟩</w:t>
+              <w:t xml:space="preserve">Environment International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 64, pp.1-16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envint.2013.11.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01456419v1</w:t>
+                <w:t xml:space="preserve">hal-01407644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analytical model for site-specific isotope fractionation in 13C during sorption: Determination by isotopic 13C NMR spectrometry with vanillin as model compound</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Höhener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Silvestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lefrançois Anaïs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Loquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eliot Botosoa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemosphere</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 87, pp.445-452. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2011.12.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01505304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stable carbon and hydrogen isotope fractionation of dissolved organic groundwater pollutants by equilibrium sorption</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Höhener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xianjing Yu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Contaminant Hydrology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 129 (SI), pp.54-61. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jconhyd.2011.09.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01456667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fast semi-analytical approach to approximate plumes of dissolved redox-reactive pollutants in heterogeneous aquifers. 2: Chlorinated ethenes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Atteia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Höhener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Water Resources</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 46, pp.74-83. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.advwatres.2012.02.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01456672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fast semi-analytical approach to approximate plumes of dissolved redox-reactive pollutants in heterogeneous aquifers. 1. BTEX</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Atteia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Höhener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Water Resources</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 46 (September 2012), pp.63-73. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.advwatres.2011.10.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01505268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intrinsic biodegradation potential of aromatic hydrocarbons in an alluvial aquifer – Potentials and limits of signature metabolite analysis and two stable isotope-based techniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morasch Barbara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jakob Zopfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Hunkeler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Temime-Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Höhener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Water Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 45 (Issue 15), pp.4459-4469. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.watres.2011.05.040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01505290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Runoff of pesticides from rice fields in the Ile de Camargue (Rhône river delta, France): Field study and modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Comoretto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Arfib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Talva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chauvelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Pichaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Pollution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 151 (3), pp.486--493. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.envpol.2007.04.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01457515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6617,203 +6629,203 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Planktonic communities shift with dissolved organic matter properties: a functional perspective for sentinel lakes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavia Dory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Cavalli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Franquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Misson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Höhener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JASM 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Grand Rapids, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04555731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Position-Specific Isotope Analysis by Isotopic NMR Spectrometry: New Insights on Environmental Pollution Studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérald S. Remaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Parinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6835,119 +6847,119 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard J. Robins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11TH APPLIED ISOTOPE GEOCHEMISTRY CONFERENCE AIG-11</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Unknown, Unknown Region. pp.92-95, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.proeps.2015.07.022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId242" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01436852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Position-specific carbon isotope fractionation gives insights into mechanistic models for evaporation of organic liquids in the environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Höhener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Julien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrick Nun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6969,152 +6981,152 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Parinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11TH APPLIED ISOTOPE GEOCHEMISTRY CONFERENCE AIG-11</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Unknown, Unknown Region. pp.96-99, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.proeps.2015.07.023⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId244" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01436853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’ingénierie écologique au service de la réhabilitation des sites naturels impactés par un accident technologique: le cas de la fuite d’hydrocarbures de l’oléoduc SPSE dans la Réserve naturelle nationale des Coussouls de Crau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Dutoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Höhener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Restitution des projets financés dans le cadre de l’AOI 2011. Fédération de Recherches CNRS ECCOREV,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2013, Aix-en-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01328446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7124,404 +7136,404 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biodegradation and Backdiffusion: Study and influence of backdiffusion effect on organochlorine biodegradation mechanisms in aquifer systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danaé Barollier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jennifer Harris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Crampon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cochennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaela Blessing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FEMS MICRO 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Milan, Italy. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05371219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biodegradation of PCE, 1,2-DCP and HCBD by a natural groundwater bacterial community: kinetics, isotopic fractionation and evolution of the microbial community</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Danaé Barollier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Crampon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Cochennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaela Blessing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéfan Colombano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th International Conference in Microbial Ecotoxicology (EcotoxicoMic 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Göteborg, Sweden. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04646418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phytoplankton assemblage shifts with dissolved organic matter properties: a functional perspective for sentinel lakes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavia Dory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Cavalli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Franquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Mounier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Höhener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5ème JILO</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, corte, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04555636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7531,138 +7543,138 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling the Reactive Transport of Isotopologues of Environmental Pollutants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Höhener</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N. Yoshida et al., (eds). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Handbook of Isotopologue Biogeochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Springer Nature Singapore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.1-22, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-981-10-7048-8_42-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
-              <w:r>
-[...30 lines deleted...]
-            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04195351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId260"/>
+      <w:footerReference w:type="default" r:id="rId261"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7809,51 +7821,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04795116v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silviu-Laurentiu Badea" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolae-Ionut Cristea" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violeta-Carolina Niculescu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yevheniia Korolova" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanica Enache" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2024.125278" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388624v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Prieto-Espinoza" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick H&#246;hener" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Imfeld" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsestwater.5c00552" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05144759v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouassim Boukaroum" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Demelas" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vassalo" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconhyd.2025.104666" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04740845v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Malleret" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Durand" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.4c04912" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04869845v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matias Levesque-Vargas" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leanne Ohlund" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lekha Sleno" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves G&#233;linas" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2024.144010" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04472826v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Masbou" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Payraudeau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Martin-Laurent" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2024.141488" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04265054v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Ravier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jasms.3c00270" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04071563v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeureux Illy" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Cohen" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elicia Verardo" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Guiserix" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10661-023-11107-x" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03946183v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaher Ibrahim Irka" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Prudent" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Th&#233;raulaz" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Marie Farnet da Silva" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Asia" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pr10061196" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03760066v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Guers" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10311-022-01489-8" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03588166v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory J.V. Cohen" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconhyd.2021.103934" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03592542v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Godere" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Doumenq" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2021.132201" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03566366v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Quivet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Temime-Roussel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dron" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Revenko" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.1c05073" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03402236v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Antelmi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Mazzon" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Marchesi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Alberti" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w13212945" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03338842v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana-Ionela Stegarus" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amalia Soare" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.149672" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03087039v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Delsarte" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Cohen" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marian Momtbrun" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Atteia" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2020.104854" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03338821v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Le Meur" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory J.V. Cohen" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Laurent" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.148210" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03128287v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Julien" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Li&#233;geois" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Paneth" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Remaud" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2021.461932" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03082804v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenael Imfeld" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2020.129232" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02466621v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Gori" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Robins" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2020.125975" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02505844v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Zamane" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2020.126345" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02143827v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bernachot" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danyang Su" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ulrich Mayer" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2019.05.023" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01581189v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Gilbert" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keita Yamada" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard J. Robins" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2017.08.038" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01491099v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhi M Li" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Nun" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gwat.12472" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01588249v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florie Jousse" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2017.08.163" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01540354v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconhyd.2017.04.006" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01541392v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Parinet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.7b00971" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436741v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2015.10.010" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C6SVCK5H-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436756v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory J. V. Cohen" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Luze" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconhyd.2016.06.001" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436754v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconhyd.2016.11.002" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436757v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Mansfeldt" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.6601565" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436876v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald S. Remaud" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.5b03280" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436878v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Remaud" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2014.10.079" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K0Q54Z7D-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436883v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Ponsin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Maier" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Guelorget" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Hunkeler" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bouchard" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2015.01.033" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295604v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Chablais" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dumont" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Radakovitch" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gwmr.12091" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-T0F9Q919-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436874v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Elsner" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heinrich Eisenmann" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconhyd.2015.09.006" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436860v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Guittonny-Philippe" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Masotti" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Claeys-Bruno" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Coulomb" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2014.10.014" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436869v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Bayle" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2015.05.047" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LF6ZF4MV-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436877v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boutron" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bertrand" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Fiandrino" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Sandoz" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w7115986" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456415v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.copbio.2013.08.018" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01318963v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Massiani" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Renault" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Aubin Ondo" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2298/JSC130121068O" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456409v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Conrad Dorer" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Normen Hedwig" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Hermann Richnow" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten Vogt" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es404837g" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456421v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconhyd.2014.10.003" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456413v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2013.10.036" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407644v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Boudenne" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Viglione" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2013.11.016" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456419v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olsen Rainness Mouloubou" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconhyd.2014.04.003" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01505304v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Silvestre" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lefran&#231;ois Ana&#239;s" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Loquet" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliot Botosoa" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2011.12.023" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WKDJNWF8-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456667v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xianjing Yu" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconhyd.2011.09.006" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZLZ68TDB-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456672v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Atteia" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advwatres.2012.02.006" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C35XHZ8S-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01505268v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advwatres.2011.10.003" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S0275LHK-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01505290v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morasch Barbara" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakob Zopfi" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2011.05.040" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01457515v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Comoretto" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Arfib" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Talva" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chauvelon" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pichaud" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2007.04.021" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0985MBKG-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04555731v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia Dory" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cavalli" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Franquet" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Misson" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436852v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeps.2015.07.022" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436853v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeps.2015.07.023" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01328446v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dutoit" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371219v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana&#233; Barollier" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Harris" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Crampon" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Cochennec" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaela Blessing" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04646418v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;fan Colombano" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04555636v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mounier" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04195351v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/referenceworkentry/10.1007/978-981-10-7048-8_42-1#DOI" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-10-7048-8_42-1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05144759v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouassim Boukaroum" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Demelas" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vassalo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick H&#246;hener" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconhyd.2025.104666" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04795116v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silviu-Laurentiu Badea" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolae-Ionut Cristea" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violeta-Carolina Niculescu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yevheniia Korolova" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanica Enache" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2024.125278" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05388624v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Prieto-Espinoza" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Imfeld" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsestwater.5c00552" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04472826v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Masbou" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Payraudeau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Martin-Laurent" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2024.141488" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04740845v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Malleret" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Durand" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.4c04912" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04869845v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matias Levesque-Vargas" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leanne Ohlund" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lekha Sleno" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves G&#233;linas" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2024.144010" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04265054v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Ravier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jasms.3c00270" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04071563v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeureux Illy" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Cohen" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elicia Verardo" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Guiserix" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10661-023-11107-x" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03566366v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Quivet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Temime-Roussel" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dron" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Revenko" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.1c05073" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03592542v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Godere" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Doumenq" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2021.132201" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03946183v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaher Ibrahim Irka" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Prudent" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Th&#233;raulaz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Marie Farnet da Silva" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Asia" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pr10061196" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03588166v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory J.V. Cohen" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconhyd.2021.103934" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03760066v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Guers" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10311-022-01489-8" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03082804v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenael Imfeld" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2020.129232" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03402236v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Antelmi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Mazzon" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Marchesi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Alberti" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w13212945" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03338842v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana-Ionela Stegarus" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amalia Soare" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.149672" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03087039v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Delsarte" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Cohen" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marian Momtbrun" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Atteia" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2020.104854" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03338821v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Le Meur" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory J.V. Cohen" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Laurent" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.148210" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03128287v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Julien" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Li&#233;geois" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piotr Paneth" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Remaud" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2021.461932" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02505844v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Zamane" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Gori" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2020.126345" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02466621v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Robins" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2020.125975" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02143827v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bernachot" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danyang Su" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ulrich Mayer" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2019.05.023" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01581189v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Gilbert" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keita Yamada" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard J. Robins" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2017.08.038" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01491099v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhi M Li" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Nun" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gwat.12472" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01588249v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florie Jousse" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2017.08.163" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01540354v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconhyd.2017.04.006" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01541392v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Parinet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.7b00971" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436754v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconhyd.2016.11.002" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436756v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory J. V. Cohen" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Luze" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconhyd.2016.06.001" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436741v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2015.10.010" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C6SVCK5H-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436757v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Mansfeldt" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.6601565" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436877v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Boutron" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bertrand" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Fiandrino" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Sandoz" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w7115986" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436878v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Remaud" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2014.10.079" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K0Q54Z7D-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436883v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Ponsin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Maier" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Guelorget" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Hunkeler" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bouchard" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2015.01.033" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436876v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald S. Remaud" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.5b03280" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436874v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Elsner" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heinrich Eisenmann" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconhyd.2015.09.006" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295604v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amelie Chablais" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dumont" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Radakovitch" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gwmr.12091" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-T0F9Q919-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436860v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Guittonny-Philippe" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Masotti" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Claeys-Bruno" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Coulomb" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2014.10.014" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T9BCZX7Q-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436869v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Bayle" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2015.05.047" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LF6ZF4MV-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456419v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olsen Rainness Mouloubou" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconhyd.2014.04.003" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456421v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconhyd.2014.10.003" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456409v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Conrad Dorer" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Normen Hedwig" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Hermann Richnow" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten Vogt" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es404837g" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456413v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2013.10.036" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456415v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.copbio.2013.08.018" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01318963v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Massiani" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Renault" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Aubin Ondo" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2298/JSC130121068O" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407644v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Boudenne" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Viglione" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2013.11.016" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01505304v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Silvestre" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lefran&#231;ois Ana&#239;s" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Loquet" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliot Botosoa" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2011.12.023" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WKDJNWF8-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456667v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xianjing Yu" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconhyd.2011.09.006" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZLZ68TDB-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456672v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Atteia" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advwatres.2012.02.006" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C35XHZ8S-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01505268v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advwatres.2011.10.003" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S0275LHK-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01505290v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morasch Barbara" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakob Zopfi" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2011.05.040" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01457515v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Comoretto" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Arfib" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Talva" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chauvelon" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pichaud" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2007.04.021" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0985MBKG-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04555731v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia Dory" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cavalli" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Franquet" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Misson" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436852v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeps.2015.07.022" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436853v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeps.2015.07.023" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01328446v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dutoit" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371219v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana&#233; Barollier" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Harris" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Crampon" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Cochennec" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaela Blessing" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04646418v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;fan Colombano" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04555636v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mounier" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04195351v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/referenceworkentry/10.1007/978-981-10-7048-8_42-1#DOI" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-10-7048-8_42-1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>