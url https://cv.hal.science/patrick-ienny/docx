--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1,58 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:spacing w:after="20"/>
       </w:pPr>
+      <w:r>
+        <w:pict>
+          <v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:126.73267326733px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;">
+            <w10:wrap type="tight" anchorx="margin"/>
+            <v:imagedata r:id="rId7" o:title=""/>
+          </v:shape>
+        </w:pict>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Patrick Ienny </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="400"/>
       </w:pPr>
     </w:p>
     <w:p>
@@ -66,18053 +75,18053 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Poster de conférence (8)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impact du vieillissement hygrothermique sur le comportement en fatigue des matériaux composites pultrudés à forte fraction volumique de fibres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hussein Chebbo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Léger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Regazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Ienny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">JNC 2025 - Journées Nationales sur les Composites 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Gif-sur-Yvette, France. , 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05167738v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Optimization of an extraction process for vegetal and synthetic fibres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martian Asseko Ella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monica Francesca Pucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Le Moigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Corn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Léger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées du PEPR Recyclage 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Lyon, France. 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05384101v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Study of mechanical properties of elementary flax basalt fibres from recycled composites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martian Asseko Ella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monica Francesca Pucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Le Moigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Corn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Léger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICNF 2025 - 7th International Conference on Natural Fibers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Lisbon, Portugal. 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05097805v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Errors in surface energy estimation of fibres for Liquid Composite Moulding processes and potential origins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Garat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monica Francesca Pucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Léger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Govignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florentin Berthet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ICCM23 - 23rd International Conference on Composite Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Belfast, United Kingdom. , Issu des Proceedings of the 2023 International Conference on Composite Materials, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04219983v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étude de la dégradation photo-oxydative de l’ABS en service sur sa recyclabilité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laëtitia Delarue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Jacques Liotier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Ienny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. S. Caro-Bretelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perrin Didier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ecole thématique GFSV - « Spectroscopie vibrationnelle : de la théorie à la pratique »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Deauville, France. 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04192004v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contribution à la caractérisation du comportement mécanique de fibres végétales en environnement contrôlé : fiabilisation d'un essai de traction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Huguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Ienny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Corn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Le Moigne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6e colloque Fibres naturelles et polymères</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Troyes, France. , 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04192008v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mechanical recycling of impact-modified styrenic polymers: impact of reprocessing photo-aged material on mechanical properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Signoret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Edo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. S. Caro-Bretelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José-Marie Lopez-Cuesta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Ienny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eurofillers Polymerblends 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Palerme, France. 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02510063v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Analyse comparative du vieillissement en immersion de matériaux composites lin/polyester et verre/polyester</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilherme Apolinario Testoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Ienny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Corn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Léger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bergeret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Déformation des Polymères Solides, 25ème édition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2014, Presqu'île de Giens, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03236058v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (70)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Review on the Valorization of Recycled Glass Fiber-Reinforced Polymer (rGFRP) in Mortar and Concrete: A Sustainable Alternative to Landfilling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Wendlassida Kaboré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachida Idir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Garcia-Diaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polymers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 17 (19), pp.2664. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/polym17192664⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05301764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new methodology for the mechanical behavior analysis of polyvinyl chloride and recycled polyethylene terephthalate foams: Finite element model updating using mechanical field measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joulia Salloum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hussein Chebbo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Daridon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sandwich Structures and Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 26 (1), pp. 73-93. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1177/10996362231203207⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04225848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Effects of Replacing Sand with Glass Fiber-Reinforced Polymer (GFRP) Waste on the Mechanical Properties of Cement Mortars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef El Bitouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bouagui Fofana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eng</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 5 (1), pp.266-281. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/eng5010014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04458141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monitored indentation for the detection of inclusions in elastomer material</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne‐sophie Caro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Iaquinta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Chhean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Guérandelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohann Mewa Singh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Polymer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 141 (4), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/app.54851⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04289464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Correlation between AFM characterizations and dynamic mechanical testing to assess the ductile-to-brittle transition during ABS photodegradation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laëtitia Delarue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monica Francesca Pucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurine Mercoiret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Jacques Liotier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polymer Degradation and Stability</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 229, pp.110945. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.polymdegradstab.2024.110945⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04681813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recycled carbon fiber potential for reuse in carbon fiber/PA6 composite parts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Jeantet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Regazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monica Francesca Pucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Corn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Composites Part B: Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 269, pp.111100. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.compositesb.2023.111100⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04279630v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insights into the Effect of Recycled Glass Fiber Reinforced Polymer on the Mechanical Strengths of Cement Mortar</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Single-fibre tensile testing of plant fibres: Set-up compliance as a key parameter for reliable assessment of their mechanical behaviour</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Huguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Corn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Le Moigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Ienny</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eng</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/eng5040154⟩</w:t>
+              <w:t xml:space="preserve">Industrial Crops and Products</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 222, pp.119762. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.indcrop.2024.119762⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04794842v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04724554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Single-fibre tensile testing of plant fibres: Set-up compliance as a key parameter for reliable assessment of their mechanical behaviour</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Insights into the Effect of Recycled Glass Fiber Reinforced Polymer on the Mechanical Strengths of Cement Mortar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Wendlassida Kaboré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erwan Huguet</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Youssef El Bitouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Habiba Lharti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Salgues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Frugier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Industrial Crops and Products</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.indcrop.2024.119762⟩</w:t>
+              <w:t xml:space="preserve">Eng</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 5 (4), pp.2966-2977. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/eng5040154⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04724554v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04794842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Origin of an intermediate peak in DMTA analysis of multilayer ABS/PC samples</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aboubaker Alkhuder</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aboubaker Alkhuder</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Anne‐sophie Caro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Gervais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Guinault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Polymer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 141 (6), pp.e54926. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/app.54926⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04426974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ceramic Bonding Interface under Shear–Compression Stress: Ultra-High-Speed Imaging Contribution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Corn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Slangen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Dental Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 102 (3), pp.002203452211385. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1177/00220345221138500⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03918312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of Hygrothermal Ageing on the Mechanical and Fire Properties of a Flame Retardant Flax Fiber/Epoxy Composite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Campana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Sonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Ferry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polymers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 14 (19), pp.3962. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/polym14193962⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03786736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Finite element modelling of low velocity impact test applied to biaxial glass fiber reinforced laminate composites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Boukar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Corn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Slangen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Impact Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 165, pp.104218. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ijimpeng.2022.104218⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03622166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improved tear resistance by low environmental impact coupling of plasma reactive and additive treatment of a TPU/PET coated fabric</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Nuez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Baptiste Jacquot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrin Didier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Industrial Textiles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 51, pp.128-143. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1177/15280837211038852⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03326186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Degradation of Styrenic Plastics during Recycling: Accommodation of PP within ABS after WEEE Plastics Imperfect Sorting</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fire Protective Surface Coating Containing Nanoparticles for Marine Composite Laminates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Floch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bianca da Cruz Chiochetta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Ferry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Ienny</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/polym13091439⟩</w:t>
+              <w:t xml:space="preserve">Journal of Composites Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 5 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/jcs5010006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03215082v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03093660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recovery and reuse of carbon fibre and acrylic resin from thermoplastic composites used in marine application</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pierre Gérard</w:t>
+                <w:t xml:space="preserve">Degradation of Styrenic Plastics during Recycling: Accommodation of PP within ABS after WEEE Plastics Imperfect Sorting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Signoret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agathe Le Guen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. S. Caro-Bretelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José-Marie Lopez-Cuesta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Resources, Conservation and Recycling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.resconrec.2021.105705⟩</w:t>
+              <w:t xml:space="preserve">Polymers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (9), pp.1439. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/polym13091439⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03251670v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03215082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fire Protective Surface Coating Containing Nanoparticles for Marine Composite Laminates</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Recovery and reuse of carbon fibre and acrylic resin from thermoplastic composites used in marine application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haithem Bel Haj Frej</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Léger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perrin Didier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Composites Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/jcs5010006⟩</w:t>
+              <w:t xml:space="preserve">Resources, Conservation and Recycling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 173, pp.105705. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.resconrec.2021.105705⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03093660v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03251670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface energy determination of fibres for Liquid Composite Moulding processes: method to estimate equilibrium contact angles from static and quasi-static data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Garat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monica Francesca Pucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Govignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florentin Berthet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloids and Surfaces A: Physicochemical and Engineering Aspects</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 611, pp.1-7/125787. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.colsurfa.2020.125787⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02989498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shear and Extensional Rheology of Linear and Branched Polybutylene Succinate Blends</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violette Bourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rudy Valette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Le Moigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie V. Guillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polymers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 13 (4), pp.652. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/polym13040652⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03154909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of aging temperature on a thermoset-like novel acrylic thermoplastic composite for marine vessels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haithem Bel Haj Frej</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Composite Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 55 (19), pp.002199832199678. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1177/0021998321996780⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03154606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of PP Impurities on ABS Tensile Properties: Computational Mechanical Modelling Aspects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Signoret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. S. Caro-Bretelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José-Marie Lopez-Cuesta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Perrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polymers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 13 (10), pp.1647. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/polym13101647⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03235511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental assessment of low velocity impact damage in flax fabrics reinforced biocomposites by coupled high-speed imaging and DIC analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karthik Ram Ramakrishnan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Corn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Le Moigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Slangen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Composites Part A: Applied Science and Manufacturing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 140, pp.106137. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.compositesa.2020.106137⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02959295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Novel Thermoplastic Composite for Marine Applications: Comparison of the Effects of Aging on Mechanical Properties and Diffusion Mechanisms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haithem Bel Haj Frej</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrin Didier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Composite Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 28, pp.899-922. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10443-021-09903-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03201968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MIR spectral characterization of plastic to enable discrimination in an industrial recycling context: III. Anticipating impacts of ageing on identification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Signoret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Edo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Caro-Bretelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José-Marie Lopez-Cuesta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Waste Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 109, pp.51-64. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.wasman.2020.04.043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02573138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Degradation of Styrenic Plastics During Recycling: Impact of Reprocessing Photodegraded Material on Aspect and Mechanical Properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Signoret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Edo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Lafon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Caro-Bretelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José-Marie Lopez-Cuesta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Polymers and the Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 28, pp.2055-2077. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10924-020-01741-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02573153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alterations of plastics spectra in MIR and the potential impacts on identification towards recycling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Signoret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Caro-Bretelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José-Marie Lopez-Cuesta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrin Didier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Resources, Conservation and Recycling</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 161, pp.104980. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.resconrec.2020.104980⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02883749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variations Dimensionnelles et Comportement Mécanique de Plusieurs Espèces de Fibres Végétales en Conditions Hydro/Hygrothermiques Contrôlées</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">MIR spectral characterization of plastic to enable discrimination in an industrial recycling context: II. Specific case of polyolefins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Signoret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Caro-Bretelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José-Marie Lopez-Cuesta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue des composites et des matériaux avancés = Journal of Composite and Advanced Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.18280/rcma.290504⟩</w:t>
+              <w:t xml:space="preserve">Waste Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 98, pp.160-172. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.wasman.2019.08.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02432958v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02424758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MIR spectral characterization of plastic to enable discrimination in an industrial recycling context: II. Specific case of polyolefins</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Variations Dimensionnelles et Comportement Mécanique de Plusieurs Espèces de Fibres Végétales en Conditions Hydro/Hygrothermiques Contrôlées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Garat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Corn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Le Moigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Beaugrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Waste Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.wasman.2019.08.010⟩</w:t>
+              <w:t xml:space="preserve">Revue des composites et des matériaux avancés = Journal of Composite and Advanced Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 29 (5), pp.299-304. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18280/rcma.290504⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02424758v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02432958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MIR spectral characterization of plastic to enable discrimination in an industrial recycling context: I. Specific case of styrenic polymers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Signoret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Caro-Bretelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José-Marie Lopez-Cuesta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Perrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Waste Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 95, pp.513-525. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.wasman.2019.05.050⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02424757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling of internal residual stress in linear and branched polyethylene films during cast film extrusion: Towards a prediction of heat-shrinkability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violette Bourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. S. Caro-Bretelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Le Moigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Guillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Materials Processing Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 271, pp.599-608. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jmatprotec.2019.04.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02154437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of hydrothermal ageing on the fatigue behaviour of a unidirectional flax-epoxy laminate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Jeannin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Berges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Gabrion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Person</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Composites Part B: Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 174, pp.107056 (7). </w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.compositesb.2019.107056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02370506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of post curing temperature on mechanical properties of a flax fiber reinforced epoxy composite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Campana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Sonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Ferry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Composites Part A: Applied Science and Manufacturing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 107, pp.171-179. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.compositesa.2017.12.029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01772669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What are the key parameters to produce a high-grade bio-based composite? Application to flax/epoxy UD laminates produced by thermocompression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Cadu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Berges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Sicot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Person</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Piezel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Composites Part B: Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 150, pp.36 - 46. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId141" w:history="1">
+              <w:t xml:space="preserve">, 2018, 150, pp.36-46. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.compositesb.2018.04.059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01889210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Computational modelling of void growth in Phenolic Molding Compounds filled PolyPropylene from optical measurements</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Correlation between process and silica dispersion/distribution into composite: Impact on mechanical properties and Weibull statistical analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Siot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Longuet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">J.C. C Benezet</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Belkacem Otazaghine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polymer Testing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 71, pp.209 - 216. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.polymertesting.2018.09.008⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 70, pp.92 - 101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.polymertesting.2018.06.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01908889v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01908907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correlation between process and silica dispersion/distribution into composite: Impact on mechanical properties and Weibull statistical analysis</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Computational modelling of void growth in Phenolic Molding Compounds filled PolyPropylene from optical measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. S. Caro-Bretelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Bernardeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Patrick Ienny</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perrin Didier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.C. C Benezet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polymer Testing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 70, pp.92 - 101. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.polymertesting.2018.06.007⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 71, pp.209 - 216. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.polymertesting.2018.09.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01908907v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01908889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valorization of waste thermoset material as a filler in thermoplastic: Mechanical properties of phenolic molding compound waste-filled PP composites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Bernardeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Caro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Bénézet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Polymer Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 135 (12), pp.45849. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/app.45849⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02459086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a recycling solution for waste thermoset material: waste source study, comminution scheme and filler characterization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Bernardeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Caro-Bretelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Bénézet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Material Cycles and Waste Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 20 (2), pp.1320-1336. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10163-017-0698-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02459064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact on peel strength, tensile strength and shear viscosity of the addition of functionalized low density polyethylene to a thermoplastic polyurethane sheet calendered on a polyester fabric</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Baptiste Jacquot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Gallard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Industrial Textiles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1177/1528083716686853⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01772588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Glass Ceramic CAD/CAM crowns and severely altered posterior teeth: a three levels study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Fages</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Corn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Slangen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Raynal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Materials Science: Materials in Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 28 (10), pp.145. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10856-017-5948-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02011885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hyperelastic behavior of modified sepiolite/SEBS thermoplastic elastomers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrin Didier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Belkacem Otazaghine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Materials Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 52 (12), pp.7591-7604. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10853-017-0991-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01772698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reversible and irreversible changes in physical and mechanical properties of biocomposites during hydrothermal aging</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Constitutive modeling of stress softening and permanent set in a porcine skin tissue: Impact of the storage preservation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. S. Caro-Bretelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Léger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Corn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Bazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Industrial Crops and Products</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.indcrop.2016.01.052⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biomechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 49 (13), pp.2863-2869. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jbiomech.2016.06.026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01771584v2</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01455770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Constitutive modeling of stress softening and permanent set in a porcine skin tissue: Impact of the storage preservation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Reversible and irreversible changes in physical and mechanical properties of biocomposites during hydrothermal aging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Arnaud Regazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Corn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Bénézet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bergeret</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biomechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jbiomech.2016.06.026⟩</w:t>
+              <w:t xml:space="preserve">Industrial Crops and Products</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 84, pp.358-365. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.indcrop.2016.01.052⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01455770v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01771584v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling Of Hydrothermal Aging Of Short Flax Fiber Reinforced Composites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Regazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Corn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Composites Part A: Applied Science and Manufacturing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 90, pp.559 - 566. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.compositesa.2016.08.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01774434v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of impurities on the performances of HIPS recycled from Waste Electric and Electronic Equipment (WEEE)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrin Didier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Mantaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Dumon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Waste Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 56, pp.438-445. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.wasman.2016.07.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01383104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of moisture uptake on the static, cyclic and dynamic behaviour of unidirectional flax fibre-reinforced epoxy laminates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Berges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Placet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Person</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Corn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Composites Part A: Applied Science and Manufacturing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 88, pp.165-177. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.compositesa.2016.05.029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01480243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coupled Hydro-Mechanical Aging Of Short Flax Fiber Reinforced Composites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Regazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Corn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bergeret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polymer Degradation and Stability</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 130, pp.300 - 306. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.polymdegradstab.2016.06.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01774313v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of the grafting topology of hydrophobic silica surfaces on the mechanical properties of silicone high consistency rubbers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Mariot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. S. Caro-Bretelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Ganachaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polymer international</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 64, pp.1128-1134. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/pi.4876⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01221567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The influence of dispersion and distribution of ultrafine kaolinite in polyamide-6 on the mechanical properties and fire retardancy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Batistella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. S. Caro-Bretelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Otazaghine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Sonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Clay Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 116-117, pp.8-15. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.clay.2015.07.034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02914339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving the flame retardancy of flax fabrics by radiation grafting of phosphorus compounds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Sonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Belkacem Otazaghine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Viretto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilherme Apolinario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Polymer Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 68, pp.313-325. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.eurpolymj.2015.05.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02914575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of sample preservation on stress softening and permanent set of porcine skin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. S. Caro-Bretelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Gountsop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Corn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Biomechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 48 (12), pp.3135 - 3141. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jbiomech.2015.07.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01883677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Strain Localisation in iPP/MWCNT Nanocomposites Using Digital Image Correlation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Ivanov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. S. Caro-Bretelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Kotsilkova</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Strain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 50 (1), pp.37 - 47. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/str.12065⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01793552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constitutive modeling of a SEBS cast-calender: Large strain, compressibility and anisotropic damage induced by the process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Caro-Bretelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polymer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 54 (17), pp.4594-4603. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.polymer.2013.06.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01771587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dissipative Behaviour Analysis of Reprocessed Polyethylene Terephthalate using Digital Image Correlation and Updated Finite Element Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. S. Caro-Bretelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. K. Nait-Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bergeret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Strain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 49 (2), pp.135-146. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/str.12021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification from measurements of mechanical fields by finite element model updating strategies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. S. Caro-Bretelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Pagnacco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Européenne de Mécanique Numérique/European Journal of Computational Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 18 (3-4), pp.353-376. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3166/ejcm.18.353-376⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03237568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vibration analysis techniques for detecting filler-matrix decohesion in composites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Corn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Sébastien Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Daridon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des composites et des matériaux avancés = Journal of Composite and Advanced Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 22 (1), pp.77-90</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00797606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spectroscopic study of double-walled carbon nanotubes functionalization for preparation of carbon nanotube / epoxy composites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Leon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Parret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Almairac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moulay-Rachid Babaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carbon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 50 (14), pp.4987-4994. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.carbon.2012.06.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00711335v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation mécanique de géomatériaux par micropénétration</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Mechanical behaviour at large strain of polycarbonate nanocomposites during uniaxial tensile test</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Christmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean‐christophe Quantin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. S. Caro-Bretelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Lopez-Cuesta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Environmental and Civil Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/19648189.2009.9693110⟩</w:t>
+              <w:t xml:space="preserve">Polymer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 52 (18), pp.4033-4044. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.polymer.2011.06.056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04663746v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03237558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical behaviour at large strain of polycarbonate nanocomposites during uniaxial tensile test</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Caractérisation mécanique de géomatériaux par micropénétration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wei Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Corn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">J. Lopez-Cuesta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.polymer.2011.06.056⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Environmental and Civil Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 13 (3), pp.305-328. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/19648189.2009.9693110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03237558v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04663746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Free and restrained early-age shrinkage of mortar: Influence of glass fiber, cellulose ether and EVA (ethylene-vinyl acetate)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Messan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Nectoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cement and Concrete Composites</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 33 (3), pp.402-410. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.cemconcomp.2010.10.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04184199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of the fibre/matrix interface on ageing mechanisms of glass fibre reinforced thermoplastic composites (PA-6,6, PET, PBT) in a hygrothermal environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bergeret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Ferry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polymer Degradation and Stability</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 94 (9), pp.1315-1324. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.polymdegradstab.2009.04.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03247708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vieillissement hygrothermique des composites thermoplastiques renforcés par des fibres de verre – Partie II. Rôle de la matrice et de l’interface fibre/matrice sur les mécanismes de vieillissement des composites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bergeret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Ferry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des composites et des matériaux avancés = Journal of Composite and Advanced Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 18 (1), pp.33-39</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03272177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vieillissement hygrothermique des composites thermoplastiques renforcés par des fibres de verre – Partie I. Les mécanismes de vieillissement des composites polyéthylène téréphtalate (PET)/verre</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Overview of identification methods of mechanical parameters based on full-field measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Avril</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Sophie Bretelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Grediac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Hild</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue des composites et des matériaux avancés = Journal of Composite and Advanced Materials</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Experimental Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 48 (4), pp.381-402. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11340-008-9148-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03272172v1</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00274639v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overview of identification methods of mechanical parameters based on full-field measurements</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vieillissement hygrothermique des composites thermoplastiques renforcés par des fibres de verre – Partie I. Les mécanismes de vieillissement des composites polyéthylène téréphtalate (PET)/verre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bergeret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Ferry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Ienny</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Mechanics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue des composites et des matériaux avancés = Journal of Composite and Advanced Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 18 (1), pp.17-31</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00274639v2</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03272172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compatibilizing thermoplastic/ground tyre rubber powder blends: Efficiency and limits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Sonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Clerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bergeret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Lopez-Cuesta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polymer Testing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 27 (7), pp.901-907. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.polymertesting.2008.07.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03237547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hyperelastic Behaviour Identiﬁcation by a Forward Problem Resolution: Application to a Tear Test of a Silicone-Rubber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Giton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. S. Caro-Bretelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Strain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 42 (4)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03237528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micromorphic continuum modelling of the deformation and fracture behaviour of nickel foams</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Dillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Forest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Mechanics - A/Solids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 25, pp.526-549. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.euromechsol.2005.11.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00133516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of hygrothermal ageing of glass fibre reinforced PET composites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.P. Foulc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bergeret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Ferry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Crespy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polymer Degradation and Stability</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 89 (3), pp.461-470. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.polymdegradstab.2005.01.025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03254698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new ‘Tailor-made’ methodology for the mechanical behaviour analysis of rubber-like materials: II. Application to the hyperelastic behaviour characterization of a carbon-black filled natural rubber vulcanizate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fazilay Laraba-Abbes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Piques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polymer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 44 (3), pp.821-840. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S0032-3861(02)00719-X⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04664760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new ‘tailor-made’ methodology for the mechanical behaviour analysis of rubber-like materials: I. Kinematics measurements using a digital speckle extensometry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fazilay Laraba-Abbes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Piques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polymer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 44 (3), pp.807-820. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S0032-3861(02)00718-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04664755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Masonry: stone/mortar interface behaviour characterization by optical extensometer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Raffard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-P. Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Homand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mechanics Research Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 28 (1), pp.33-40. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S0093-6413(01)00141-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04665234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanical properties and non-homogeneous deformation of open-cell nickel foams: application of the mechanics of cellular solids and of porous materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Badiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Forest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T Guibert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Bienvenu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Dominique Bartout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 289 (1-2), pp.276-288. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S0921-5093(00)00898-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02477855v1</w:t>
-              </w:r>
-[...1005 lines deleted...]
-                <w:t xml:space="preserve">hal-03236058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (68)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of Recycled Glass Fibre Reinforced Polymer on the Mechanical Strength of Cement Mortar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Wendlassida Kaboré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef El Bitouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICSBM 2025 - 4th International Conference on Sustainable Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2025, Eindhoven, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05221735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recyclage des BPHU : Gestion des déchets composites historiques et fin de vie de composites éco-conçus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haithem Bel Haj Frej</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef El Bitouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Recyclage des Composites - Un nouveau cap pour la course au large</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Bretagne Sud, Sep 2025, Lorient, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05311257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic wetting of polymers on fibers: effect of temperature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rami Alawar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Jacques Liotier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Ravel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monica Francesca Pucci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FPCM 16 - 16th International Conference on Flow Processes in Composites Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Khalifa University, Jan 2025, Abu Dhabi, United Arab Emirates</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04901156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accelerated ageing of a pultruded FRP composites PA6/GF</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hussein Chebbo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Regazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Corn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrin Didier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECCM 21 - 21st European Conference on Composites Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Nantes, France. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.60691/yj56-np80⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId302" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04650945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterisation of Aged ABS Layers Formed during Long-Wavelength UV Exposure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laëtitia Delarue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Dazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Mathurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monica Francesca Pucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Jacques Liotier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MoDeSt 2024 - 11th conference of the Modification, Degradation, Stabilization of Polymers Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Palerme, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04681805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interface Formation Mechanisms in Fibre Reinforces Thermoplastic Tapes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rami Alawar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Jacques Liotier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Ravel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monica Francesca Pucci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECCM 21 - 21st European Conference on Composites Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04625238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valorisation des composites en fin de vie dans les matériaux cimentaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef El Bitouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrin Didier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Garcia-Diaz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Scientifiques et Techniques: Fin de Vie et Recyclage des Composites 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04675004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude du mélange d’ABS photo-oxydée et vierge : application au recyclage de l’ABS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laëtitia Delarue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Jacques Liotier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. S. Caro-Bretelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrin Didier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">VIP 2024 - Vieillissement des Polymères</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Saint Valéry en Caux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04681798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fonctionnalisation par traitement au plasma froid de fibres de carbone recyclées pour une réincorporation dans des composites PA6/RCF</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Jeantet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrin Didier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Regazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Scientifiques et Techniques: Fin de Vie et Recyclage des Composites 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04676006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouvelle génération de CMO recyclables à partir de matières premières de recyclage : vers une économie circulaire (RECYCOMP)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Aymonier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johnny Beaugrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Evon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Bourmaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Scientifiques et Techniques: Fin de Vie et Recyclage des Composites 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04654201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface properties assessment of reclaimed carbon fibres for recycling in PA6/CF composites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Jeantet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Regazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrin Didier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monica Francesca Pucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Corn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICCM 23 - 23rd International Conference on Composites Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Queen's University Belfast, Jul 2023, Belfast (Northern Ireland), United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04186058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation de l’interface fibre/matrice à l’échelle locale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amira Jbeli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monica Francesca Pucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Corn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. S. Caro-Bretelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JNC 23 - Journées Nationales sur les Composites</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AMAC, UFC, Supmicrotech-ENSMM, CNRS, Jul 2023, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04159014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of ABS photo oxidation at long wavelength (λ &gt; 300 nm) using phase separation by solvent</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Mechanical Behavior of Flax Fibers during Cyclic Tensile Tests in a Controlled Humid Environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Huguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Corn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Le Moigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">34th PDDG Conference - Polymer Degradation Discussion Group</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Dubrovnik, Croatia</w:t>
+              <w:t xml:space="preserve">ICCM 23 - 23rd International Conference on Composites Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Queen's University Belfast, Jul 2023, Belfast, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04192456v1</w:t>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04193141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical Behavior of Flax Fibers during Cyclic Tensile Tests in a Controlled Humid Environment</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Study of ABS photo oxidation at long wavelength (λ &gt; 300 nm) using phase separation by solvent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laëtitia Delarue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monica Francesca Pucci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Jacques Liotier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. S. Caro-Bretelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICCM 23 - 23rd International Conference on Composites Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Queen's University Belfast, Jul 2023, Belfast, United Kingdom</w:t>
+              <w:t xml:space="preserve">34th PDDG Conference - Polymer Degradation Discussion Group</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Dubrovnik, Croatia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04193141v1</w:t>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04192456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recovery and reuse of carbon fibre and acrylic resin from thermoplastic composites used in marine application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haithem Bel Haj Frej</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrin Didier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECCM20 - 20th European Conference on Composite Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Lausanne, Switzerland. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5075/epfl-298799_978-2-9701614-0-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId320" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03716168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recovery and reuse of carbon fibre and thermoplastic resin from composites for marine application</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Mechanical behavior of innovative sandwich materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joulia Salloum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Daridon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMMC 18 - 18th European Mechanics of Materials Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2022, Oxford, United Kingdom</w:t>
+              <w:t xml:space="preserve">ECCM 20 - 20th European Conference on Composite Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Lausanne, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03637046v1</w:t>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03716247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical behavior of innovative sandwich materials</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Recovery and reuse of carbon fibre and thermoplastic resin from composites for marine application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haithem Bel Haj Frej</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perrin Didier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECCM 20 - 20th European Conference on Composite Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Lausanne, Switzerland</w:t>
+              <w:t xml:space="preserve">EMMC 18 - 18th European Mechanics of Materials Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Oxford, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03716247v1</w:t>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03637046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of hygrothermal ageing on the fire behavior of flame retarded epoxy/flax composites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Ferry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Campana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Sonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECOFRAM 2022 - 3e conférence internationale sur les additifs et matériaux ignifuges respectueux de l'environnement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IMT Mines Alès; Université de Montpellier; École d'ingénieurs de chimie de Montpellier (ENSCM); Société Chimique de France (SCF), May 2022, Alès, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03683560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical behavior of innovative sandwich materials</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Romain Léger</w:t>
+                <w:t xml:space="preserve">Swelling and softening behaviour of natural fibre bundles under hygro- and hydrothermal conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Garat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Huguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Le Moigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loïc Daridon</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Stéphane Corn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Beaugrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMMC 18 - 18th European Mechanics of Materials Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2022, Oxford, United Kingdom</w:t>
+              <w:t xml:space="preserve">6e colloque Fibres naturelles et polymères</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Troyes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03637060v1</w:t>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03780560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Swelling and softening behaviour of natural fibre bundles under hygro- and hydrothermal conditions</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mechanical behavior of innovative sandwich materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joulia Salloum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Ienny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Léger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Daridon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6e colloque Fibres naturelles et polymères</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Troyes, France</w:t>
+              <w:t xml:space="preserve">EMMC 18 - 18th European Mechanics of Materials Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Oxford, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId325" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03780560v1</w:t>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03637060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution à la caractérisation du comportement mécanique de fibres végétales en environnement contrôlé : fiabilisation d'un banc test de mesure en traction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Huguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Corn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Le Moigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JJC ECOCOMP 2022 - 5e édition des Journées Jeunes Chercheurs en Eco-composites et Composites Bio-sourcés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Groix, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03872391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Durability of an acrylic thermoplastic carbon fibre reinforced composite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haithem Bel Haj Frej</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrin Didier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMMC 18 - 18th European Mechanics of Materials Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2022, Oxford, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03637050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanical Characterisation Of Simulated Long Discontinuous Fibre Reinforced Composite For Recycling Potential Assessment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Gonzalez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrin Didier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECCM20 - 20th European Conference on Composite Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Lausanne, Switzerland. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5075/epfl-298799_978-2-9701614-0-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03716238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of mechanical tests to characterize 3D kinematic behavior of running sport shoes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Félix Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Dubus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Slangen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Corn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Photomechanics IDICS Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03451906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comportement mécanique de matériaux sandwichs innovants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joulia Salloum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Daridon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès des Jeunes Chercheurs en Mécanique - Méca-J</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2021, En Ligne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03467661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Critical imaging parameters in time resolved digital image correlation (TRDIC): effect of optical blur during drop test on composite structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Boukar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Corn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Slangen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SPIE Optical Metrology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SPIE, Jun 2021, Munich, Germany. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2593708⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId335" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03248381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanoparticulate-based coating to fire protect glass fibre reinforced polyester composite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Ferry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Floch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bianca da Cruz Chiochetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrin Didier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FRPM21 - European Meeting on Fire Retardant Polymeric Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2021, Budapest, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03330955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Swelling and Softening Behaviour of Natural Fibre Bundles under Hygro- and Hydrothermal Conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Garat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Le Moigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Corn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johnny Beaugrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPNOE 2021 - The 7th International Polysaccharide Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03437068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optical rules in high speed imaging for digital image correlation applied to drop weight impact testing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Slangen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Boukar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Corn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Photomechanics - IDICS Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2020, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02969458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suivi de santé, substitution matières et comportement au feu des stratifiés dans les structures marines : projet NESSIE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Floch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Guyard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Govignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Ferry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Industrielle IMT « Matériaux haute performance et écomatériaux dans les transports »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02510999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthodologie de tri et caractérisations spectroscopiques, mécaniques et colorimétriques de polymères vieillis et à recycler à base de styréniques et polyoléfines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Signoret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Edo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José-Marie Lopez-Cuesta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. S. Caro-Bretelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PO 2019 - Premières rencontres du GDR Polymères et Océans</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, GDR Polymères et Océans, Jun 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02510767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanical recycling of impact-modified styrenic polymers: accomodation of polyolefin contamination due ti imperfect industrial sorting of Weee plastics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Signoret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. S. Caro-Bretelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José-Marie Lopez-Cuesta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrin Didier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eurofillers Polymerblends 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, Palerme, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02460697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bio-composites for structural urban outdoor applications - A study of the impact of fiber content on the durability of flax fiber-reinforced epoxy composites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Berges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Corn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Piezel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Person</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th International Conference on Mechanics of Composites</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Madrid, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02975397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comportement mécanique et tenue en service de composites recyclables pour application nautique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haithem Bel Haj Frej</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrin Didier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Jeunes Chercheurs Eco-composites et Composites Bio-sourcés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2018, Tarbes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03238416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude comparative de composites biosourcés pour application marine : Projet ECOTRANSAT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Ravel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Melon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EcoMat 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Saint-Nazaire, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03236278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude du comportement en fatigue d’un composite lin-époxy soumis à un vieillissement hydro-thermique.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Jeannin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Berges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Corn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Piezel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EcoMat 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Saint-Nazaire, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03236334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TPU/LDPE blends compatibilisation for fabric coatings: Mechanical, morphological and rheological characterization</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">High speed imaging for assessment of impact damage in natural fibre biocomposites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karthik Ram Ramakrishnan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Corn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Le Moigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Ienny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurofillers Polymer Blends 2017</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SPIE Optical Metrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Munich, Germany. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2271617⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId349" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02930570v1</w:t>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02011869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High speed imaging for assessment of impact damage in natural fibre biocomposites</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">TPU/LDPE blends compatibilisation for fabric coatings: Mechanical, morphological and rheological characterization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P.B. Jacquot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. S. Caro-Bretelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perrin Didier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Léger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIE Optical Metrology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Eurofillers Polymer Blends 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Hersonissos, Heraklion, Crete, Greece</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/12.2271617⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02011869v1</w:t>
+                <w:t xml:space="preserve">hal-02930570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrication De Matériaux Composites À Fibres De Lin En Vue D’une Application De Mobilier Urbain Ultraléger Et Mobile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Berges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Piezel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Person</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Corn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FuturMob 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Montbéliard, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02898942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microstructure et vieillissement hygrothermique de composites renforcés de fibres de lin unidirectionnelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Berges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Piezel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Person</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Corn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales sur les Composites 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, École des Ponts ParisTech (ENPC), Jun 2017, 77455 Champs-sur-Marne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01621613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of post-curing on the mechanical properties of a UD flax fiber reinforced epoxy composite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Campana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Sonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Ferry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd International Conference on Natural Fibers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Braga, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03242525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of post-curing on the mechanical properties of a UD flax fiber reinforced epoxy composite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Campana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Leger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Sonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Ferry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eurofillers Polymerblends 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, Heraklion, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03255542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence du vieillissement d'un biocomposite sur les propriétés mécaniques et la réaction au feu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Campana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Sonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Ferry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EcoMat 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Alès, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03236166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peel strength impact of functionalized polyethylene to thermoplastic polyurethane calendered on a polyester fabric</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">A Multiscale finite element model to predict the diffusional behaviour of biocomposites dedicated to structural applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Patrick Ienny</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilherme Apolinario Testoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Corn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Ienny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th Romanian Textiles and Leather Conference - CORTEP 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2016, Iasi, Romania</w:t>
+              <w:t xml:space="preserve">European Conference on Composites Materials (ECCM17)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Munich, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId360" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02995187v1</w:t>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02533241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Multiscale finite element model to predict the diffusional behaviour of biocomposites dedicated to structural applications</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Peel strength impact of functionalized polyethylene to thermoplastic polyurethane calendered on a polyester fabric</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Baptiste Jacquot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perrin Didier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Gallard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">P. Ienny</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Conference on Composites Materials (ECCM17)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Munich, Germany</w:t>
+              <w:t xml:space="preserve">16th Romanian Textiles and Leather Conference - CORTEP 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Iasi, Romania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId361" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02533241v1</w:t>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02995187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation multi-échelle de la diffusion d'eau dans un composite UD polyester/lin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilherme Apolinario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Corn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bergeret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Haudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Fatigue et durabilité des composites biosourcés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02975423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of moisture uptake on flax-reinforced composite laminates: influence on dynamic and quasi-static properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Berges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Person</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Placet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId365" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Ramasso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECCM17 - European Conference on Composites Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Munich, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02131249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation du vieillissement hydrothermique de composites biosources a fibres courtes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Regazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Corn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fatigue et durabilité des composites biosourcés (ECOMAT)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03233821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence du chargement thermohydrique sur le comportement mecanique statique, cyclique et dynamique de composites renforces de fibres de lin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Berges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Placet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Person</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Corn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECOMAT :Fatigue et durabilité des composites biosourcés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02898965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of water ageing on the mechanical properties of flax and glass fibre composites: Degradation and reversibility</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilherme Apolinario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Corn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bergeret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICNF 2015 - 2nd International Conference on Natural Fibers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, Sao Miguel, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId368" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04607473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanical hydrothermal coupling behaviour of flax fibre composites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilherme Apolinario Testoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Corn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bergeret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th Conference on Natural Fibre Composites</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2015, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03242533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linear and Branched Polybutylene Succinate Blends for Packaging Applications: From Rheological Behavior to Functional Properties of Films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Bourg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Le Moigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Guillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bergeret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eurofillers Polymer Blends 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02930420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimisation du comportement à la déchirure d'un élastomère thermoplastique nanochargé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrin Didier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Belkacem Otazaghine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noël Lantheaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Déformation des Polymères Solides, 25ème édition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2014, Presqu'île de Giens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03236020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydro-thermoelastic modeling of flax-poly(lactic acid) bio-composites : an inverse method applied to a multi-physics problem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Regazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Corn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bergeret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Mechanics of Materials Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2014, Gothenburg, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03243095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact d'un vieillissement couplé hydro-thermo-mécanique sur la durabilité d'un composite PLA/lin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Regazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Corn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bergeret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'Etudes des Matériaux Polymères (JEMP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Béjaïa, Algeria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03238385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relationship between microstructure, mechanical properties and flame retardancy for a submicronic composite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcos Batistella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. S. Caro-Bretelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Belkacem Otazaghine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Lopez-Cuesta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th National Congress on Theoretical and Applied Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2013, Saints Constantine and Helena, Varna, Bulgaria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05109337v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study Of A Coupled Mechanical-Hygrothermal Degradation Of Bio-Based Composites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Regazzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Corn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bergeret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Benezet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DURACOSYS 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2012, Bruxelles, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03233776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Incorporation of Organomodified Layered Silicates and Silica in Thermoplastic Elastomers in Order to Improve Tear Strength</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Jaudouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Sonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INCORPORATION OF ORGANOMODIFIED LAYERED SILICATES AND SILICA IN THERMOPLASTIC ELASTOMERS IN ORDER TO IMPROVE TEAR STRENGTH</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2011, Paris, France. pp.217-227, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4028/www.scientific.net/MSF.714.217⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00797960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification de l’endommagement d’un P(olyéthylène)E(thylène)T(éréphtalate) en grandes transformations par approche inverse : influence du recyclage par transformation à l’état fondu</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Développement d’un banc d’essai de retrait empêché : relation entre formulation et fissurabilité des bétons au jeune âge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId386" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adamah Messan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Brun-Buisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Couturier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Slangen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2009 - 19ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2009, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId385" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03391193v1</w:t>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03391331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement d’un banc d’essai de retrait empêché : relation entre formulation et fissurabilité des bétons au jeune âge</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Identification de l’endommagement d’un P(olyéthylène)E(thylène)T(éréphtalate) en grandes transformations par approche inverse : influence du recyclage par transformation à l’état fondu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. S. Caro-Bretelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId388" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linda Nait-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bergeret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Ferry</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2009 - 19ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2009, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId387" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03391331v1</w:t>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03391193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification des propriétés viscoélastique d’un PMMA par analyse vibratoire: comparaison entre différentes méthodes expérimentales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Corn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Sébastien Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Daridon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2009 - 19ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2009, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03390722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of mechanical properties of rocks by microindentation test—A new method for testing rock properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId396" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W.Y. Xu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Corn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Young Scholars Symposium on Rock Mecanics 2008</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2008, Beijing, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04665664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Instrumentation optique d'essais sur tôles : critères de validation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Samuel Wienin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Bretelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2007 - 18ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2007, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03360323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparaison de méthodes dynamiques d'analyse du comportement mécanique de matériaux</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Loïc Daridon</w:t>
+                <w:t xml:space="preserve">Adaptation d'une technique de mesure de champs de déplacement à un essai de traction large sur tôles : identification du comportement par inversion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Ienny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Samuel Wienin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Caro-Bretelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2007 - 18ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, Grenoble, France</w:t>
+              <w:t xml:space="preserve">, Aug 2007, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId400" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00574715v1</w:t>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03361671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptation d'une technique de mesure de champs de déplacement à un essai de traction large sur tôles : identification du comportement par inversion</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Anne-Sophie Caro-Bretelle</w:t>
+                <w:t xml:space="preserve">Comparaison de méthodes dynamiques d'analyse du comportement mécanique de matériaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Sébastien Dupuy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Ienny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Corn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Daridon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2007 - 18ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Aug 2007, Grenoble, France</w:t>
+              <w:t xml:space="preserve">, 2007, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId401" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03361671v1</w:t>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00574715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rheological characterization of PET degradation during its recycling by extrusion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K.L. Nait-Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X. Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bergeret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Ferry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Ienny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MoDeSt2006</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2006, Kursaal Auditorium Congress Hall, San Sebastian, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00212325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptation of a micro indentation test to rocks behavior characterization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Corn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wang Wei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Bournazel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2005 - 17e congres francais de mecanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2005, Troyes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04831884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Speckle pattern correlation for local approach of damage evaluation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Slangen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId410" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Max Nemoz-Gaillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lasers, Optics, and Vision for Productivity in Manufacturing I</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 1996, Besancon, France. pp.424-435, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1117/12.250771⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02299425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -18122,130 +18131,130 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Critical imaging parameters in time resolved digital image correlation (TRDIC): effect of optical blur during drop test on composite structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Boukar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Corn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Slangen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03272598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -18255,143 +18264,143 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interaction des ouvrages avec leur environnement. Le milieu maritime</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Souche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Salgues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Pioch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenn Le Saout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Ienny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018, 978-2-35671-510-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId414" w:history="1">
-              <w:r>
-[...76 lines deleted...]
-            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02914080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -18401,275 +18410,275 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ecologisation d’une filière de production de textiles enduits pour applications marines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Baptiste Jacquot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrin Didier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Interaction des ouvrages avec leur environnement. Le milieu maritime</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, p. 129-138, 2018, 978-2-35671-510-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02915327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of water ageing on the mechanical properties of flax and glass fibre composites: Degradation and reversibility</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guilherme Apolinario</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Corn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Léger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bergeret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Raul Fangueiro, Sohel Rana. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Natural Fibres: Advances in Science and Technology Towards Industrial Applications. From Science to Market</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 12, Springer Netherlands, pp.183-196, 2016, 978-94-017-7513-7. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-94-017-7515-1_14⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId419" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01255205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -18679,144 +18688,144 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId420" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparaison de méthodes dynamiques d'analyse du comportement mécanique de matériaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Sébastien Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ienny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Corn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Daridon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId420" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00271546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId421"/>
+      <w:footerReference w:type="default" r:id="rId422"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -18963,51 +18972,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05301764v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Wendlassida Kabor&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Perrin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachida Idir" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ienny" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Garcia-Diaz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym17192664" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04225848v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joulia Salloum" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain L&#233;ger" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Chebbo" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Daridon" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10996362231203207" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04458141v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef El Bitouri" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouagui Fofana" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/eng5010014" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04289464v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;sophie Caro" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Iaquinta" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Chhean" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Gu&#233;randelle" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Mewa Singh" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.54851" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04681813v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Delarue" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Francesca Pucci" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Mercoiret" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jacques Liotier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymdegradstab.2024.110945" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279630v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Jeantet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Regazzi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Corn" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesb.2023.111100" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04794842v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habiba Lharti" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Salgues" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Frugier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/eng5040154" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04724554v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Huguet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Moigne" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2024.119762" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426974v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aboubaker Alkhuder" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gervais" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Guinault" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.54926" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03918312v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Lambert" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Slangen" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00220345221138500" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03786736v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Campana" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Sonnier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ferry" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym14193962" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03622166v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Boukar" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijimpeng.2022.104218" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03326186v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Nuez" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Baptiste Jacquot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrin Didier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/15280837211038852" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03215082v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Signoret" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Girard" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Le Guen" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. S. Caro-Bretelle" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;-Marie Lopez-Cuesta" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym13091439" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03251670v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haithem Bel Haj Frej" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre G&#233;rard" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resconrec.2021.105705" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03093660v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Floch" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bianca da Cruz Chiochetta" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcs5010006" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-02989498v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Garat" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Govignon" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florentin Berthet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2020.125787" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03154909v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violette Bourg" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Valette" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie V. Guillard" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym13040652" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154606v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0021998321996780" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03235511v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym13101647" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02959295v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karthik Ram Ramakrishnan" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2020.106137" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03201968v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10443-021-09903-0" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02573138v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Edo" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Caro-Bretelle" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wasman.2020.04.043" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02573153v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lafon" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10924-020-01741-8" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02883749v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resconrec.2020.104980" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02432958v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Beaugrand" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18280/rcma.290504" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02424758v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wasman.2019.08.010" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02424757v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wasman.2019.05.050" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154437v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ienny" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Le Moigne" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Guillard" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmatprotec.2019.04.002" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370506v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jeannin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Berges" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Gabrion" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Person" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesb.2019.107056" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772669v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2017.12.029" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889210v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cadu" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Berges" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sicot" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Piezel" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesb.2018.04.059" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908889v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bernardeau" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. C Benezet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymertesting.2018.09.008" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908907v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Siot" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Longuet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkacem Otazaghine" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymertesting.2018.06.007" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02459086v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Bernardeau" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Caro" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles B&#233;n&#233;zet" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.45849" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02459064v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10163-017-0698-x" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772588v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Gallard" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1528083716686853" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011885v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Fages" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Raynal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10856-017-5948-x" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772698v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-017-0991-z" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771584v2" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bergeret" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2016.01.052" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455770v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Corn" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bazin" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2016.06.026" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774434v2" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2016.08.011" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01383104v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mantaux" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dumon" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wasman.2016.07.014" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480243v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Placet" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2016.05.029" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774313v2" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymdegradstab.2016.06.016" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01221567v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mariot" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Ganachaud" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pi.4876" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/33CD699B54FED2B08ACF8530D1D41A82E4586CB8/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914339v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Batistella" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Otazaghine" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sonnier" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clay.2015.07.034" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02914575v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Viretto" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Apolinario" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2015.05.005" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883677v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gountsop" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2015.07.014" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793552v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ivanov" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Kotsilkova" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/str.12065" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771587v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2013.06.006" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949379v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. K. Nait-Ali" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bergeret" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/str.12021" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B2785243AAD29644740AF45869D537ED600E7277/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03237568v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Pagnacco" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ejcm.18.353-376" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797606v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean S&#233;bastien Dupuy" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00711335v3" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Leon" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Parret" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Almairac" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Alvarez" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moulay-Rachid Babaa" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2012.06.007" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04663746v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Wang" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2009.9693110" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03237558v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Christmann" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;christophe Quantin" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lopez-Cuesta" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2011.06.056" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184199v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Messan" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Nectoux" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconcomp.2010.10.019" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-712D7BD3-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03247708v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymdegradstab.2009.04.009" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03272177v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03272172v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00274639v2" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Avril" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bonnet" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sophie Bretelle" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Grediac" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Hild" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-008-9148-y" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-T3ZZWHLF-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03237547v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Leroy" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Clerc" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymertesting.2008.07.003" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03237528v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Giton" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133516v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dillard" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Forest" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2005.11.006" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03254698v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.P. Foulc" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Crespy" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymdegradstab.2005.01.025" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04664760v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fazilay Laraba-Abbes" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Piques" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0032-3861(02)00719-X" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TJHVDK3J-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04664755v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0032-3861(02)00718-8" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C1TVDND8-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04665234v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Raffard" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Henry" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Homand" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0093-6413(01)00141-0" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P0NZWMML-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02477855v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Badiche" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Guibert" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Bienvenu" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Dominique Bartout" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0921-5093(00)00898-4" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R0ZXJ43T-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05167738v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05384101v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martian Asseko Ella" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05097805v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04219983v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04192004v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04192008v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02510063v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Edo" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03236058v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Apolinario Testoni" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05221735v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05311257v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04901156v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rami Alawar" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Ravel" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04650945v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.60691/yj56-np80" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04681805v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Dazzi" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Mathurin" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04625238v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04675004v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04681798v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04676006v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04654201v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Aymonier" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Evon" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bourmaud" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186058v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04159014v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Jbeli" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04192456v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193141v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03716168v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5075/epfl-298799_978-2-9701614-0-0" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03637046v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03716247v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03683560v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03637060v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03780560v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03872391v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03637050v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03716238v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Gonzalez" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03451906v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Lefebvre" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dubus" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03467661v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03248381v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2593708" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03330955v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03437068v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02969458v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02510999v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Guyard" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02510767v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02460697v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02975397v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03238416v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03236278v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ienny" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Melon" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03236334v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02930570v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.B. Jacquot" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011869v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2271617" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02898942v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621613v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03242525v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03255542v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Campana" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Leger" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03236166v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995187v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02533241v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02975423v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Haudin" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131249v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Ramasso" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03233821v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02898965v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04607473v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03242533v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02930420v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bourg" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Guillard" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03236020v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Lantheaume" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03243095v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03238385v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05109337v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Batistella" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03233776v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Benezet" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797960v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Jaudouin" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Robin" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.714.217" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391193v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Nait-Ali" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391331v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adamah Messan" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Brun-Buisson" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Couturier" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390722v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Corn" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Dupuy" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04665664v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Wang" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.Y. Xu" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360323v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Samuel Wienin" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Bretelle" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00574715v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361671v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00212325v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.L. Nait-Ali" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Colin" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ferry" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04831884v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wang Wei" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bournazel" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299425v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Nemoz-Gaillard" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.250771" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03272598v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02914080v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Souche" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pioch" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenn Le Saout" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02915327v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01255205v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-017-7515-1_14" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00271546v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05167738v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Chebbo" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain L&#233;ger" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Regazzi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Perrin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ienny" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05384101v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martian Asseko Ella" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Francesca Pucci" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Moigne" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Corn" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05097805v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04219983v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Garat" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Govignon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florentin Berthet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04192004v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Delarue" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jacques Liotier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. S. Caro-Bretelle" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrin Didier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04192008v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Huguet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02510063v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Signoret" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Edo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;-Marie Lopez-Cuesta" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03236058v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Apolinario Testoni" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bergeret" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05301764v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Wendlassida Kabor&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachida Idir" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Garcia-Diaz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym17192664" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04225848v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joulia Salloum" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Daridon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10996362231203207" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04458141v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef El Bitouri" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouagui Fofana" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/eng5010014" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04289464v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;sophie Caro" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Iaquinta" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Chhean" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Gu&#233;randelle" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Mewa Singh" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.54851" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04681813v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Mercoiret" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymdegradstab.2024.110945" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279630v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Jeantet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesb.2023.111100" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04724554v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2024.119762" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04794842v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habiba Lharti" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Salgues" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Frugier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/eng5040154" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426974v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aboubaker Alkhuder" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gervais" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Guinault" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.54926" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03918312v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Lambert" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Slangen" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00220345221138500" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03786736v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Campana" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Sonnier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ferry" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym14193962" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03622166v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Boukar" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijimpeng.2022.104218" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03326186v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Nuez" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Baptiste Jacquot" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/15280837211038852" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03093660v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Floch" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bianca da Cruz Chiochetta" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcs5010006" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03215082v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Girard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Le Guen" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym13091439" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03251670v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haithem Bel Haj Frej" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre G&#233;rard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resconrec.2021.105705" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-02989498v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2020.125787" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03154909v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violette Bourg" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Valette" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie V. Guillard" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym13040652" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154606v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0021998321996780" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03235511v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym13101647" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02959295v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karthik Ram Ramakrishnan" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2020.106137" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03201968v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10443-021-09903-0" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02573138v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Edo" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Caro-Bretelle" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wasman.2020.04.043" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02573153v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lafon" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10924-020-01741-8" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02883749v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resconrec.2020.104980" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02424758v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wasman.2019.08.010" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02432958v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Beaugrand" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18280/rcma.290504" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02424757v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wasman.2019.05.050" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154437v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ienny" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Le Moigne" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Guillard" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmatprotec.2019.04.002" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370506v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Jeannin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Berges" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Gabrion" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Person" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesb.2019.107056" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772669v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2017.12.029" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889210v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cadu" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Berges" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sicot" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Piezel" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesb.2018.04.059" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908907v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Siot" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Longuet" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkacem Otazaghine" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymertesting.2018.06.007" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908889v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bernardeau" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. C Benezet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymertesting.2018.09.008" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02459086v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Bernardeau" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Caro" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles B&#233;n&#233;zet" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.45849" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02459064v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10163-017-0698-x" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772588v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Gallard" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1528083716686853" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011885v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Fages" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Raynal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10856-017-5948-x" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772698v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-017-0991-z" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455770v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Corn" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bazin" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2016.06.026" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771584v2" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2016.01.052" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774434v2" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2016.08.011" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01383104v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Mantaux" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dumon" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wasman.2016.07.014" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480243v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Placet" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2016.05.029" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774313v2" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymdegradstab.2016.06.016" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01221567v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mariot" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Ganachaud" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pi.4876" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/33CD699B54FED2B08ACF8530D1D41A82E4586CB8/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914339v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Batistella" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Otazaghine" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sonnier" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clay.2015.07.034" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02914575v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Viretto" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilherme Apolinario" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eurpolymj.2015.05.005" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01883677v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gountsop" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2015.07.014" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793552v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ivanov" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Kotsilkova" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/str.12065" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771587v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2013.06.006" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949379v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. K. Nait-Ali" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bergeret" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/str.12021" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B2785243AAD29644740AF45869D537ED600E7277/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03237568v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Pagnacco" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ejcm.18.353-376" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797606v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean S&#233;bastien Dupuy" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00711335v3" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Leon" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Parret" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Almairac" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Alvarez" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moulay-Rachid Babaa" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2012.06.007" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03237558v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Christmann" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;christophe Quantin" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lopez-Cuesta" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2011.06.056" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04663746v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Wang" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19648189.2009.9693110" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184199v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Messan" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Nectoux" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cemconcomp.2010.10.019" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-712D7BD3-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03247708v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymdegradstab.2009.04.009" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03272177v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00274639v2" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Avril" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bonnet" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sophie Bretelle" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Grediac" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Hild" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11340-008-9148-y" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-T3ZZWHLF-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03272172v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03237547v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Leroy" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Clerc" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymertesting.2008.07.003" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03237528v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Giton" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133516v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dillard" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Forest" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2005.11.006" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03254698v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.P. Foulc" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Crespy" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymdegradstab.2005.01.025" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04664760v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fazilay Laraba-Abbes" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Piques" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0032-3861(02)00719-X" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TJHVDK3J-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04664755v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0032-3861(02)00718-8" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C1TVDND8-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04665234v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Raffard" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Henry" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Homand" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0093-6413(01)00141-0" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P0NZWMML-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02477855v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Badiche" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Guibert" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Bienvenu" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Dominique Bartout" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0921-5093(00)00898-4" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R0ZXJ43T-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05221735v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05311257v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04901156v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rami Alawar" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Ravel" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04650945v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.60691/yj56-np80" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04681805v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Dazzi" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Mathurin" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04625238v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04675004v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04681798v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04676006v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04654201v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Aymonier" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Evon" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bourmaud" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04186058v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04159014v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Jbeli" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04193141v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04192456v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03716168v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5075/epfl-298799_978-2-9701614-0-0" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03716247v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03637046v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03683560v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03780560v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03637060v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03872391v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03637050v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03716238v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Gonzalez" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03451906v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Lefebvre" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dubus" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03467661v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03248381v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2593708" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03330955v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03437068v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02969458v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02510999v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Guyard" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02510767v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02460697v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02975397v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03238416v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03236278v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ienny" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Melon" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03236334v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02011869v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2271617" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02930570v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.B. Jacquot" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02898942v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01621613v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03242525v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03255542v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Campana" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Leger" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03236166v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02533241v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995187v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02975423v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Haudin" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131249v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Ramasso" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03233821v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02898965v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-04607473v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03242533v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02930420v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bourg" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Guillard" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03236020v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;l Lantheaume" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03243095v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03238385v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05109337v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Batistella" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03233776v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Benezet" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797960v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Jaudouin" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Robin" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.714.217" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391331v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adamah Messan" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Brun-Buisson" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Couturier" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391193v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Nait-Ali" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03390722v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Corn" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Dupuy" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04665664v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Wang" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W.Y. Xu" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360323v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Samuel Wienin" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Bretelle" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03361671v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00574715v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00212325v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.L. Nait-Ali" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Colin" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ferry" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04831884v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wang Wei" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bournazel" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02299425v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Nemoz-Gaillard" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.250771" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03272598v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02914080v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Souche" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pioch" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenn Le Saout" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02915327v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01255205v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-94-017-7515-1_14" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00271546v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>