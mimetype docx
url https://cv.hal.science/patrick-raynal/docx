--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -232,304 +232,304 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05488452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Love's Paradox: Unraveling the Dynamics of Love and Psychological Intimate Partner Violence Against Women</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Strong Association of Schizotypy with Internalized Stigma: the Role of Cognitive and Emotional Mediators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Raynal</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Natalène Séjourné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Violence Against Women</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Psychiatry Research Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 5 (3), pp.100219</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04776912v1</w:t>
+                <w:t xml:space="preserve">hal-05490802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Typology of parents with alcohol consumption: insights from cluster analysis on psychopathology and parenting experiences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Clémence Cier-Dehez</w:t>
+                <w:t xml:space="preserve">Love's Paradox: Unraveling the Dynamics of Love and Psychological Intimate Partner Violence Against Women</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecylia Ablana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Raynal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalène Séjourné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Health Psychology Report</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5114/hpr/207514⟩</w:t>
+              <w:t xml:space="preserve">Violence Against Women</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/10778012241297257⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05314426v1</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04776912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Strong Association of Schizotypy with Internalized Stigma: the Role of Cognitive and Emotional Mediators</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Typology of parents with alcohol consumption: insights from cluster analysis on psychopathology and parenting experiences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Cier-Dehez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Raynal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalène Séjourné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychiatry Research Communications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Health Psychology Report</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 13 (3), pp.284-297. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5114/hpr/207514⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05490802v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05314426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stigmatization of drinking patients with liver cancer: The role of socioeconomic status</w:t>
               </w:r>
@@ -970,51 +970,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Soccodato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Fages</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalène Séjourné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eating and Weight Disorders - Studies on Anorexia, Bulimia and Obesity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 27 (7), pp.2523-2531. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1042,2401 +1042,2401 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04274126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Smoking Mostly Alone as a Risk Factor for Cannabis Use Disorders and Depressive Symptoms</w:t>
+                <w:t xml:space="preserve">Distinguishing orthorexic behaviors from eating disordered and obsessive–compulsive behaviors: a typological study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Chassagne</w:t>
+                <w:t xml:space="preserve">Ecem Yakin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Raynal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Chabrol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Mental Health and Addiction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11469-022-00956-1⟩</w:t>
+              <w:t xml:space="preserve">Eating and Weight Disorders - Studies on Anorexia, Bulimia and Obesity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 26, pp.2011-2019. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s40519-020-01037-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03977452v1</w:t>
+                <w:t xml:space="preserve">hal-03197414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distinguishing between healthy and pathological orthorexia: a cluster analytic study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Psychometric evaluation of the French version of the Düsseldorfer Orthorexia Skala (DOS) and prevalence of orthorexia nervosa among university students</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clotilde Lasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ecem Yakin</w:t>
+                <w:t xml:space="preserve">Friederike Barthels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Raynal</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Henri Chabrol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eating and Weight Disorders - Studies on Anorexia, Bulimia and Obesity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 27, pp.325-334. </w:t>
+              <w:t xml:space="preserve">, 2021, 26, pp.2589-2596. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s40519-021-01178-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s40519-021-01123-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03197421v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03191793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Not all personal definitions of healthy eating are linked to orthorexic behaviors among French college women. A cluster analysis study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ecem Yakin</w:t>
+                <w:t xml:space="preserve">Smoking Mostly Alone as a Risk Factor for Cannabis Use Disorders and Depressive Symptoms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Chassagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Raynal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Bronchain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Chabrol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Appetite</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.appet.2021.105164⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Mental Health and Addiction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 19 (3), pp.865-871. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11469-022-00956-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03197418v1</w:t>
+                <w:t xml:space="preserve">hal-03977452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Personality profiles in young adults with orthorexic eating behaviors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Clotilde Lasson</w:t>
+                <w:t xml:space="preserve">Distinguishing between healthy and pathological orthorexia: a cluster analytic study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ecem Yakin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Raynal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Chabrol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eating and Weight Disorders - Studies on Anorexia, Bulimia and Obesity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 26, pp.2727-2736. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2021, 27, pp.325-334. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s40519-021-01178-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s40519-021-01124-5⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03191818v1</w:t>
+                <w:t xml:space="preserve">hal-03197421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distinguishing orthorexic behaviors from eating disordered and obsessive–compulsive behaviors: a typological study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+                <w:t xml:space="preserve">Not all personal definitions of healthy eating are linked to orthorexic behaviors among French college women. A cluster analysis study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ecem Yakin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Raynal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Chabrol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eating and Weight Disorders - Studies on Anorexia, Bulimia and Obesity</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Appetite</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 162, pp.105164. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.appet.2021.105164⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s40519-020-01037-9⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03197414v1</w:t>
+                <w:t xml:space="preserve">hal-03197418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Psychometric evaluation of the French version of the Düsseldorfer Orthorexia Skala (DOS) and prevalence of orthorexia nervosa among university students</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+                <w:t xml:space="preserve">Personality profiles in young adults with orthorexic eating behaviors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clotilde Lasson</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Friederike Barthels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Raynal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eating and Weight Disorders - Studies on Anorexia, Bulimia and Obesity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 26, pp.2589-2596. </w:t>
+              <w:t xml:space="preserve">, 2021, 26, pp.2727-2736. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s40519-021-01123-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s40519-021-01124-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03191793v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03191818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dispositional Mindfulness Profiles and Cannabis Use in Young Adults</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exploring the Radicalization Process in Young Women</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Isabel Morgades-Bamba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Raynal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Chabrol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Rational-Emotive and Cognitive-Behavior Therapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10942-020-00382-z⟩</w:t>
+              <w:t xml:space="preserve">Terrorism and Political Violence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 32 (7), pp.1439-1457. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/09546553.2018.1481051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03197021v1</w:t>
+                <w:t xml:space="preserve">hal-03192195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heterogeneity of adaptive features among psychopathy variants.</w:t>
+                <w:t xml:space="preserve">The Dark Tetrad and radicalization: personality profiles in young women</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Henri Chabrol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Jonathan Bronchain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Isabel Morgades Bamba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Raynal</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Henri Chabrol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Personality disorders</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Behavioral Sciences of Terrorism and Political Aggression</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (2), pp.157-168. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/19434472.2019.1646301⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1037/per0000366⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03195785v1</w:t>
+                <w:t xml:space="preserve">hal-03201610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Psychopathic traits and identity threat as predictors of everyday heroism</w:t>
+                <w:t xml:space="preserve">Influence of cannabis use disorder symptoms on suicidal ideation in college students</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonathan Bronchain</w:t>
+                <w:t xml:space="preserve">Henri Chabrol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Chassagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Raynal</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Henri Chabrol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Personality and Individual Differences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.paid.2019.109637⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Mental Health and Addiction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 19, pp.865-871. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11469-019-00201-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03197094v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03192962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Borderline and schizotypal traits in college students : relationship and personality profiles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Chabrol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Bronchain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Debbané</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Chassagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Raynal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin of the Menninger Clinic</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 84 (4), pp.299-318. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1521/bumc.2020.84.4.299⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03192873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Creative competencies and cognitive processes associated with creativity are linked with positive schizotypy</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lionel Delpech</w:t>
+                <w:t xml:space="preserve">L’effet modérateur de la pleine conscience dispositionnelle dans la relation entre symptomatologie dépressive, troubles de la personnalité limite et idéations suicidaires chez le jeune adulte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Chassagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Bronchain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Raynal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonathan Bronchain</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Patrick Raynal</w:t>
+                <w:t xml:space="preserve">Henri Chabrol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Creativity Research Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">L'Encéphale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 46 (2), pp.110-114. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.encep.2019.11.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/10400419.2020.1733895⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03191087v1</w:t>
+                <w:t xml:space="preserve">hal-03192838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Does sex influence the network structure of psychopathy?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Bronchain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Raynal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Chabrol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Personality disorders</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 12 (5), pp.421-427. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1037/per0000462⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03197032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’effet modérateur de la pleine conscience dispositionnelle dans la relation entre symptomatologie dépressive, troubles de la personnalité limite et idéations suicidaires chez le jeune adulte</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Creative competencies and cognitive processes associated with creativity are linked with positive schizotypy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Jacquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Delpech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Bronchain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Raynal</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Henri Chabrol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Encéphale</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Creativity Research Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 32 (2), pp.142-150. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10400419.2020.1733895⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.encep.2019.11.002⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03192838v1</w:t>
+                <w:t xml:space="preserve">hal-03191087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of health motives to cannabis use among college students</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Psychopathic traits and identity threat as predictors of everyday heroism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Bronchain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Raynal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Chabrol</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Kate B Carey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Addiction Research and Theory</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/16066359.2019.1680648⟩</w:t>
+              <w:t xml:space="preserve">Personality and Individual Differences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 153, pp.109637. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.paid.2019.109637⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03192996v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03197094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the Radicalization Process in Young Women</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Clara Isabel Morgades-Bamba</w:t>
+                <w:t xml:space="preserve">Dispositional Mindfulness Profiles and Cannabis Use in Young Adults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Bronchain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Raynal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Chabrol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Terrorism and Political Violence</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Rational-Emotive and Cognitive-Behavior Therapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 39, pp.509-521. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10942-020-00382-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/09546553.2018.1481051⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03192195v1</w:t>
+                <w:t xml:space="preserve">hal-03197021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Dark Tetrad and radicalization: personality profiles in young women</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Heterogeneity of adaptive features among psychopathy variants.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Bronchain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Raynal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Chabrol</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Patrick Raynal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Behavioral Sciences of Terrorism and Political Aggression</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 12 (2), pp.157-168. </w:t>
+              <w:t xml:space="preserve">Personality disorders</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11 (1), pp.63-68. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/19434472.2019.1646301⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1037/per0000366⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03201610v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03195785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of cannabis use disorder symptoms on suicidal ideation in college students</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Contribution of health motives to cannabis use among college students</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Chabrol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Chassagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Bronchain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Raynal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Henry</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Patrick Raynal</w:t>
+                <w:t xml:space="preserve">Kate B Carey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Mental Health and Addiction</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 19, pp.865-871. </w:t>
+              <w:t xml:space="preserve">Addiction Research and Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 28 (3), pp.269-273. </w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11469-019-00201-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/16066359.2019.1680648⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03192962v1</w:t>
+                <w:t xml:space="preserve">hal-03192996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cannabis Use and Moral Judgment Among College Students</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">The network structure of psychopathic personality traits in a non-institutionalized sample</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Bronchain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Raynal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Chabrol</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">John Gibbs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Alcohol and Drug Education</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Personality and Individual Differences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 146, pp.41-45. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.paid.2019.03.044⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03195778v1</w:t>
+                <w:t xml:space="preserve">hal-03201653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The network structure of psychopathic personality traits in a non-institutionalized sample</w:t>
+                <w:t xml:space="preserve">Cannabis Use and Moral Judgment Among College Students</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Henri Chabrol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Jonathan Bronchain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Raynal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Henri Chabrol</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Gibbs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Personality and Individual Differences</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Alcohol and Drug Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 63 (3), pp.40-60</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03201653v1</w:t>
+                <w:t xml:space="preserve">hal-03195778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pleine conscience dispositionnelle et aptitude à manger en pleine conscience dans la perte de poids de patients opérés par chirurgie bariatrique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Personality Profiles in Young Adults with Subclinical Obsessive-Compulsive Symptoms: Not just obsessionality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Raynal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fanny Gémieux</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Tiffany Melioli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Chabrol</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benoît Monié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal de Thérapie Comportementale et Cognitive</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jtcc.2018.08.001⟩</w:t>
+              <w:t xml:space="preserve">Bulletin of the Menninger Clinic</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 83 (4), pp.433-452. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1521/bumc_2019_83_05⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03193854v1</w:t>
+                <w:t xml:space="preserve">hal-03191814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Personality Profiles in Young Adults with Subclinical Obsessive-Compulsive Symptoms: Not just obsessionality</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pleine conscience dispositionnelle et aptitude à manger en pleine conscience dans la perte de poids de patients opérés par chirurgie bariatrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Gémieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Raynal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Chabrol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tiffany Melioli</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Henri Chabrol</w:t>
+                <w:t xml:space="preserve">Benoît Monié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin of the Menninger Clinic</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 83 (4), pp.433-452. </w:t>
+              <w:t xml:space="preserve">Journal de Thérapie Comportementale et Cognitive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 29 (1), pp.25-31. </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1521/bumc_2019_83_05⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jtcc.2018.08.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03191814v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03193854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">To better understand the link between psychopathy and antisocial behavior: moderation by dispositional mindfulness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Bronchain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Monié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Becquié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Chabrol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Raynal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3483,64 +3483,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptive psychopathic traits : positive outcomes in a college student sample</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Bronchain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Chabrol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Raynal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3581,828 +3581,828 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03201617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pleine conscience dispositionnelle et bien-être émotionnel chez des adolescents pratiquant la boxe</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julia Minot</w:t>
+                <w:t xml:space="preserve">Pleine conscience dispositionnelle et comportements antisociaux : étude de profils chez le jeune adulte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Monié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Bronchain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Becquié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Raynal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Chabrol</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benoît Monié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal de Thérapie Comportementale et Cognitive</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 29 (4), pp.185-191. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jtcc.2019.10.002⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 29 (1), pp.32-39. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jtcc.2018.09.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03193849v1</w:t>
+                <w:t xml:space="preserve">hal-03201640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pleine conscience dispositionnelle et comportements antisociaux : étude de profils chez le jeune adulte</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benoit Monié</w:t>
+                <w:t xml:space="preserve">Pleine conscience dispositionnelle et bien-être émotionnel chez des adolescents pratiquant la boxe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Minot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Raynal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonathan Bronchain</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Henri Chabrol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Monié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal de Thérapie Comportementale et Cognitive</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 29 (1), pp.32-39. </w:t>
+              <w:t xml:space="preserve">, 2019, 29 (4), pp.185-191. </w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jtcc.2018.09.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jtcc.2019.10.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03201640v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03193849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The healthy side of positive schizotypy may reflect positive self-report biases</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Could schizotypy protect against the negative outcomes of borderline traits on alcohol consumption? A cluster analytic study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Bronchain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Chabrol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Raynal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Psychology and Psychological Therapy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Psychiatry Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 269, pp.21-24. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psychres.2018.08.038⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03191643v1</w:t>
+                <w:t xml:space="preserve">hal-03201658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Body image, satisfaction with sexual life, self-esteem and anxio-depressive symptoms: a comparative study between pre-menopausal, peri-menopausal and post-menopausal women</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalène Séjourné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Got</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Solans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Raynal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Women and Aging</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 31 (1), pp.18-29. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/08952841.2018.1510247⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03190633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The co-occurrence of autistic traits and borderline personality disorder traits is associated to increased suicidal ideation in nonclinical young adults</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">The healthy side of positive schizotypy may reflect positive self-report biases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Chabrol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Raynal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comprehensive Psychiatry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Psychology and Psychological Therapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 18 (1), pp.55-64</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.comppsych.2018.02.006⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03193830v1</w:t>
+                <w:t xml:space="preserve">hal-03191643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Could schizotypy protect against the negative outcomes of borderline traits on alcohol consumption? A cluster analytic study</w:t>
+                <w:t xml:space="preserve">The co-occurrence of autistic traits and borderline personality disorder traits is associated to increased suicidal ideation in nonclinical young adults</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Chabrol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Raynal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychiatry Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 269, pp.21-24. </w:t>
+              <w:t xml:space="preserve">Comprehensive Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 82, pp.141-143. </w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.psychres.2018.08.038⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.comppsych.2018.02.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03201658v1</w:t>
+                <w:t xml:space="preserve">hal-03193830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Psychopathological traits in college students from top-ranking french schools: Do autistic features impair success in science when associated with schizotypal traits?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Typology of schizotypy in non-clinical young adults: Psychopathological and personality disorder traits correlates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Raynal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Choteau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Patrick Raynal</w:t>
+                <w:t xml:space="preserve">Nelly Goutaudier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nelly Goutaudier</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Victoria Nidetch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Chabrol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychiatry Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 237, pp.218-223. </w:t>
+              <w:t xml:space="preserve">, 2016, 246, pp.182-187. </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.psychres.2016.01.038⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.psychres.2016.09.042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03193794v1</w:t>
+                <w:t xml:space="preserve">hal-03193782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Association between schizotypal and borderline personality disorder traits, and cannabis use in young adults</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Raynal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Chabrol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Addictive Behaviors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 60, pp.144-147. </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4442,356 +4442,356 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03192196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Typology of schizotypy in non-clinical young adults: Psychopathological and personality disorder traits correlates</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Psychopathological traits in college students from top-ranking french schools: Do autistic features impair success in science when associated with schizotypal traits?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Choteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Raynal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nelly Goutaudier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Chabrol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychiatry Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 246, pp.182-187. </w:t>
+              <w:t xml:space="preserve">, 2016, 237, pp.218-223. </w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.psychres.2016.09.042⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.psychres.2016.01.038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03193782v1</w:t>
+                <w:t xml:space="preserve">hal-03193794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Personality Profiles in Young Adults with Disordered Eating Behavior</w:t>
+                <w:t xml:space="preserve">Is the link between autistic traits and ability to succeed in science independent of other psychopathological dimensions?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Raynal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Henri Chabrol</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Melioli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Goutaudier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Chabrol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eating Behaviors</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Review of Applied Psychology / Revue Européenne de Psychologie Appliquée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 66 (6), pp.301-307. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.erap.2016.05.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-01330903v1</w:t>
+                <w:t xml:space="preserve">hal-03193813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is the link between autistic traits and ability to succeed in science independent of other psychopathological dimensions?</w:t>
+                <w:t xml:space="preserve">Personality Profiles in Young Adults with Disordered Eating Behavior</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Raynal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">H. Chabrol</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiffany Melioli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Chabrol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Review of Applied Psychology / Revue Européenne de Psychologie Appliquée</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Eating Behaviors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 22, pp.119-123</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.erap.2016.05.004⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03193813v1</w:t>
+                <w:t xml:space="preserve">inserm-01330903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myeloid Dysregulation in a Human Induced Pluripotent Stem Cell Model of PTPN11 -Associated Juvenile Myelomonocytic Leukemia</w:t>
               </w:r>
@@ -4905,239 +4905,239 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03191865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LEOPARD syndrome-associated SHP2 mutation confers leanness and protection from diet-induced obesity</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Growth hormone and noonan syndrome: update in dysfunctional signaling aspects and in therapy for short stature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Raynal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.1406107111⟩</w:t>
+              <w:t xml:space="preserve">Hormonal Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 2 (1), pp.1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7243/2052-8000-2-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03192153v1</w:t>
+                <w:t xml:space="preserve">hal-03192191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Growth hormone and noonan syndrome: update in dysfunctional signaling aspects and in therapy for short stature</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">LEOPARD syndrome-associated SHP2 mutation confers leanness and protection from diet-induced obesity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mylène Tajan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Batut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Cadoudal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Deleruyelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Le Gonidec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hormonal Studies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 2 (1), pp.1. </w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 111 (42), pp.E4494-E4503. </w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7243/2052-8000-2-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1406107111⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03192191v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03192153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noonan syndrome-causing SHP2 mutants inhibit insulin-like growth factor 1 release via growth hormone-induced ERK hyperactivation, which contributes to short stature</w:t>
               </w:r>
@@ -5162,51 +5162,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Edouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Tréguera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Tajan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toshiyuki Araki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5527,346 +5527,346 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03192181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Signal Strength Dictates Phosphoinositide 3-Kinase Contribution to Ras/Extracellular Signal-Regulated Kinase 1 and 2 Activation via Differential Gab1/Shp2 Recruitment: Consequences for Resistance to Epidermal Growth Factor Receptor Inhibition</w:t>
+                <w:t xml:space="preserve">The molecular functions of Shp2 in the Ras/Mitogen-activated protein kinase (ERK1/2) pathway</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carla Sampaio</w:t>
+                <w:t xml:space="preserve">Marie Dance</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Dance</w:t>
+                <w:t xml:space="preserve">Alexandra Montagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandra Montagner</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Thomas Edouard</w:t>
+                <w:t xml:space="preserve">Jean-Pierre Salles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicole Malet</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Armelle Yart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Raynal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular and Cellular Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 28 (2), pp.587-600. </w:t>
+              <w:t xml:space="preserve">Cellular Signalling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 20 (3), pp.453-459. </w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/MCB.01318-07⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cellsig.2007.10.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03192166v1</w:t>
+                <w:t xml:space="preserve">hal-03191833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The molecular functions of Shp2 in the Ras/Mitogen-activated protein kinase (ERK1/2) pathway</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Signal Strength Dictates Phosphoinositide 3-Kinase Contribution to Ras/Extracellular Signal-Regulated Kinase 1 and 2 Activation via Differential Gab1/Shp2 Recruitment: Consequences for Resistance to Epidermal Growth Factor Receptor Inhibition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carla Sampaio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Dance</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Dance</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Alexandra Montagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Edouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Malet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cellular Signalling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cellsig.2007.10.002⟩</w:t>
+              <w:t xml:space="preserve">Molecular and Cellular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 28 (2), pp.587-600. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/MCB.01318-07⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03191833v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03192166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reduced phosphatase activity of SHP-2 in LEOPARD syndrome: Consequences for PI3K binding on Gab1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Hanna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Montagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wen Hwa Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5943,77 +5943,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The adaptor protein Gab1 couples the stimulation of vascular endothelial growth factor receptor-2 to the activation of phosphoinositide 3-kinase.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Dance</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Dance</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Alexandra Montagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Yart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Masri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6077,103 +6077,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Novel Role for Gab1 and SHP2 in Epidermal Growth Factor-induced Ras Activation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Montagner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armelle Yart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Dance</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Perret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Salles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 280 (7), pp.5350-5360. </w:t>
@@ -6205,291 +6205,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03191835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gab1, SHP-2 and Other Novel Regulators of Ras: Targets for Anticancer Drug Discovery?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId174" w:history="1">
+                <w:t xml:space="preserve">Modulation of phosphoinositide 3-kinase activation by cholesterol level suggests a novel positive role for lipid rafts in lysophosphatidic acid signalling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Pérès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Yart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Patrick Mayeux</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Perret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Salles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Raynal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Cancer Drug Targets</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 3 (3), pp.177-192. </w:t>
+              <w:t xml:space="preserve">FEBS Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 534 (1-3), pp.164-168. </w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2174/1568009033481976⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/S0014-5793(02)03832-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03192174v1</w:t>
+                <w:t xml:space="preserve">hal-03192169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modulation of phosphoinositide 3-kinase activation by cholesterol level suggests a novel positive role for lipid rafts in lysophosphatidic acid signalling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Gab1, SHP-2 and Other Novel Regulators of Ras: Targets for Anticancer Drug Discovery?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armelle Yart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Pérès</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Salles</w:t>
+                <w:t xml:space="preserve">Patrick Mayeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Raynal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEBS Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 534 (1-3), pp.164-168. </w:t>
+              <w:t xml:space="preserve">Current Cancer Drug Targets</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 3 (3), pp.177-192. </w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S0014-5793(02)03832-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2174/1568009033481976⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03192169v1</w:t>
+                <w:t xml:space="preserve">hal-03192174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Function for Phosphoinositide 3-Kinase β Lipid Products in Coupling βγ to Ras Activation in Response to Lysophosphatidic Acid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Yart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6695,51 +6695,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of a Region Critical for Proteolysis of the Human Growth Hormone Receptor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Conte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Salles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Raynal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6828,103 +6828,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Critical Role for Phosphoinositide 3-Kinase Upstream of Gab1 and SHP2 in the Activation of Ras and Mitogen-activated Protein Kinases by Epidermal Growth Factor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Yart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Laffargue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Mayeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stany Chretien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 276 (12), pp.8856-8864. </w:t>
@@ -7134,64 +7134,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Laffargue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Raynal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Yart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Pérès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Payrastre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7737,273 +7737,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03192186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unique Subcellular Distribution of Five Annexins in Resting and Insulin-Stimulated Rat Adipose Cells</w:t>
+                <w:t xml:space="preserve">A rise in nuclear calcium translocates annexins IV and V to the nuclear envelope</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Raynal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gemma Kuijpers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eduardo Rojas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harvey Pollard</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Michèle Guerre-Millo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1996, 225 (1), pp.116-121. </w:t>
+              <w:t xml:space="preserve">FEBS Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 392 (3), pp.263-268. </w:t>
             </w:r>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1006/bbrc.1996.1139⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/0014-5793(96)00827-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03192187v1</w:t>
+                <w:t xml:space="preserve">hal-03192176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A rise in nuclear calcium translocates annexins IV and V to the nuclear envelope</w:t>
+                <w:t xml:space="preserve">Unique Subcellular Distribution of Five Annexins in Resting and Insulin-Stimulated Rat Adipose Cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Raynal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harvey Pollard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Cushman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gemma Kuijpers</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Harvey Pollard</w:t>
+                <w:t xml:space="preserve">Michèle Guerre-Millo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEBS Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 225 (1), pp.116-121. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1006/bbrc.1996.1139⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/0014-5793(96)00827-7⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03192176v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03192187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annexins: the problem of assessing the biological role for a gene family of multifunctional calcium- and phospholipid-binding proteins</w:t>
               </w:r>
@@ -8848,217 +8848,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04197949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jugement d'acceptabilité des addictions chezles personnes atteintes de cancer</w:t>
+                <w:t xml:space="preserve">Jugement de la consommation du tabac chez les femmes atteintes de cancer du poumon, auprès d'un public tout venant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Auriol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Cantisano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Raynal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Scientifique des Doctorant·e·s de l’Ecole Doctorale CLESCO (JSDOC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2022, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Journée d’étude inter-Écoles Doctorales, (In)Dépendance(s)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04197904v1</w:t>
+                <w:t xml:space="preserve">hal-04197922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jugement de la consommation du tabac chez les femmes atteintes de cancer du poumon, auprès d'un public tout venant</w:t>
+                <w:t xml:space="preserve">Jugement d'acceptabilité des addictions chezles personnes atteintes de cancer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Auriol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Cantisano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Raynal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’étude inter-Écoles Doctorales, (In)Dépendance(s)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Journée Scientifique des Doctorant·e·s de l’Ecole Doctorale CLESCO (JSDOC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04197922v1</w:t>
+                <w:t xml:space="preserve">hal-04197904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence des comportements de santé sur le jugement des femmes consommatrices et atteintes de cancer.</w:t>
               </w:r>
@@ -9165,394 +9165,394 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le tabagisme est-il acceptable chez une patiente atteinte d'un cancer du poumon ?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nicole Cantisano</w:t>
+                <w:t xml:space="preserve">Personality profiles in young adults with orthorexic eating behaviors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clotilde Lasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Raynal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">50ème Congrès annuel de Thérapie Comportementale et Cognitive</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Journée Scientifique des Doctorant·e·s de l’Ecole Doctorale CLESCO (JSDOC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04197942v1</w:t>
+                <w:t xml:space="preserve">hal-04254593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jugement et stigmatisation concernant la consommation d'alcool chez les femmes ayant reçu un diagnostic de cancer colorectal : approche auprès d'un public tout venant</w:t>
+                <w:t xml:space="preserve">Le tabagisme est-il acceptable chez une patiente atteinte d'un cancer du poumon ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Auriol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Cantisano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Raynal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque GREPACO 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Lausanne, Suisse</w:t>
+              <w:t xml:space="preserve">50ème Congrès annuel de Thérapie Comportementale et Cognitive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04197916v1</w:t>
+                <w:t xml:space="preserve">hal-04197942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Factor influencing the smoking judgement of women diagnosed with lung cancer</w:t>
+                <w:t xml:space="preserve">Jugement et stigmatisation concernant la consommation d'alcool chez les femmes ayant reçu un diagnostic de cancer colorectal : approche auprès d'un public tout venant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Auriol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Cantisano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Raynal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18èmes Journées du Cancéropôle GSO</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, La Grande Motte, France</w:t>
+              <w:t xml:space="preserve">Colloque GREPACO 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Lausanne, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04197930v1</w:t>
+                <w:t xml:space="preserve">hal-04197916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Personality profiles in young adults with orthorexic eating behaviors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Clotilde Lasson</w:t>
+                <w:t xml:space="preserve">Factor influencing the smoking judgement of women diagnosed with lung cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Auriol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Cantisano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Raynal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Scientifique des Doctorant·e·s de l’Ecole Doctorale CLESCO (JSDOC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2022, Toulouse, France</w:t>
+              <w:t xml:space="preserve">18èmes Journées du Cancéropôle GSO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, La Grande Motte, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04254593v1</w:t>
+                <w:t xml:space="preserve">hal-04197930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -9810,51 +9810,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05488452v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Auriol" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Raynal" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Pr&#233;aubert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Cantisano" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/13591053261417030" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776912v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecylia Ablana" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natal&#232;ne S&#233;journ&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10778012241297257" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-05314426v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Cier-Dehez" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5114/hpr/207514" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490802v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04557213v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2024.e29105" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780225v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Shepherd" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Guedj" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.joclim.2024.100361" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197865v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/sah0000463" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04366276v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0296409" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04274126v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Soccodato" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Fages" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40519-022-01392-9" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977452v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Chassagne" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Bronchain" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Chabrol" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11469-022-00956-1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03197421v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ecem Yakin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40519-021-01178-5" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03197418v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2021.105164" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191818v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Lasson" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40519-021-01124-5" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03197414v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40519-020-01037-9" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191793v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friederike Barthels" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40519-021-01123-6" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197021v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10942-020-00382-z" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195785v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/per0000366" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197094v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.paid.2019.109637" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192873v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Debban&#233;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1521/bumc.2020.84.4.299" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191087v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Jacquet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Delpech" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10400419.2020.1733895" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197032v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/per0000462" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192838v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2019.11.002" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192996v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate B Carey" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/16066359.2019.1680648" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192195v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Isabel Morgades-Bamba" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09546553.2018.1481051" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03201610v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Isabel Morgades Bamba" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19434472.2019.1646301" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192962v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Henry" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11469-019-00201-2" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195778v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Gibbs" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03201653v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.paid.2019.03.044" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193854v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny G&#233;mieux" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Moni&#233;" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtcc.2018.08.001" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191814v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Melioli" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1521/bumc_2019_83_05" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03201644v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Moni&#233;" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Becqui&#233;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000499663" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03201617v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12144-019-00434-3" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193849v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Minot" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtcc.2019.10.002" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03201640v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtcc.2018.09.002" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191643v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03190633v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Got" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Solans" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08952841.2018.1510247" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193830v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comppsych.2018.02.006" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03201658v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2018.08.038" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193794v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Choteau" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Goutaudier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2016.01.038" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192196v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addbeh.2016.04.018" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2V7T0WGS-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193782v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Nidetch" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2016.09.042" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01330903v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193813v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Melioli" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Goutaudier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Chabrol" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2016.05.004" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191865v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Mulero-Navarro" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Sevilla" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel&#160;c. Roman" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dung-Fang Lee" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sunita&#160;l. D&#8217;souza" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2015.09.019" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192153v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Tajan" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Batut" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cadoudal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Deleruyelle" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Gonidec" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1406107111" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192191v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7243/2052-8000-2-1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01478074v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey de Rocca Serra-N&#233;d&#233;lec" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Edouard" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Tr&#233;guera" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toshiyuki Araki" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1119803109" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191859v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Serra-Nedelec" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Treguer" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tajan" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Araki" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dance" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MCB.00646-09" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192181v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewelina Szyma&#324;ska" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Korzeniowski" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrzej Sobota" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarzyna Kwiatkowska" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yexcr.2009.01.023" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N4CHZHVW-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192166v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Sampaio" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dance" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Montagner" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Malet" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MCB.01318-07" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191833v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Salles" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Yart" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cellsig.2007.10.002" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X4XVDTL4-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191840v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Hanna" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen Hwa Lee" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Miteva" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Vidal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.febslet.2006.03.088" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00481013v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Masri" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Audigier" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M600987200" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191835v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Perret" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M410012200" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192174v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Mayeux" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1568009033481976" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192169v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine P&#233;r&#232;s" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0014-5793(02)03832-2" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191860v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Roche" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinhard Wetzker" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Laffargue" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Tonks" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M110411200" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192165v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Yart" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1388-1981(02)00144-0" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2ZWFV41C-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192179v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Conte" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Fernandez" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Molinas" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/bbrc.2001.6261" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QHKTH54J-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191837v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stany Chretien" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M006966200" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192171v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeannie M.F. Ragab-Thomas" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashraf Ragab" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Tuech" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Missy" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0014-5793(98)01680-9" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/2B346CFE8F66C5B27972C34AD12BA8A637FA7C50/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192161v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Payrastre" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.274.46.32835" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192163v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentijn van Poucke" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Viala" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Mauco" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.273.46.30279" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191846v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Downward" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Courtneidge" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MCB.18.12.7119" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192189v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Monnereau" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Tuech" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeannie Ragab-Thomas" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/bbrc.1997.7269" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JWXN19S6-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192186v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harvey Pollard" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meera Srivastava" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/bj3220365" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192187v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Cushman" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Guerre-Millo" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/bbrc.1996.1139" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/3D0AAB2ED675275C5BAFE1BC82F7C8125EDC195D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192176v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemma Kuijpers" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Rojas" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0014-5793(96)00827-7" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191830v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0304-4157(94)90019-1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JDRHXBTX-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832195v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Hullin" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Ragab-Thomas" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Fauvel" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Chap" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/bj2920759" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192183v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul M.P. van Bergen En Henegouwen" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Hullin" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Fauvel" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0006-291X(05)80826-5" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/789CF156FCE4AB75179F0799E0841EFDA3D99BC2/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832214v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Chollet" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Malecaze" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Arne" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bjo.76.8.450" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832192v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0021-9258(18)94095-0" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973996v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Preaubert" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Sordes" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197949v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197904v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197922v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197881v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197942v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197916v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197930v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254593v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02180939v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018TOU20003" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05488452v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Auriol" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Raynal" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Pr&#233;aubert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Cantisano" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/13591053261417030" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490802v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776912v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecylia Ablana" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natal&#232;ne S&#233;journ&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10778012241297257" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-05314426v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Cier-Dehez" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5114/hpr/207514" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04557213v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2024.e29105" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780225v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Shepherd" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Guedj" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.joclim.2024.100361" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197865v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/sah0000463" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04366276v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0296409" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04274126v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Soccodato" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Fages" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40519-022-01392-9" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03197414v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ecem Yakin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Chabrol" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40519-020-01037-9" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191793v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Lasson" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friederike Barthels" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40519-021-01123-6" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977452v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Chassagne" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Bronchain" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11469-022-00956-1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03197421v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40519-021-01178-5" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03197418v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2021.105164" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191818v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40519-021-01124-5" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192195v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Isabel Morgades-Bamba" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09546553.2018.1481051" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03201610v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Isabel Morgades Bamba" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19434472.2019.1646301" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192962v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Henry" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11469-019-00201-2" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192873v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Debban&#233;" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1521/bumc.2020.84.4.299" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192838v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2019.11.002" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197032v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/per0000462" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191087v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Jacquet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Delpech" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10400419.2020.1733895" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197094v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.paid.2019.109637" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197021v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10942-020-00382-z" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195785v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/per0000366" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192996v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kate B Carey" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/16066359.2019.1680648" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03201653v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.paid.2019.03.044" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195778v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Gibbs" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191814v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Melioli" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1521/bumc_2019_83_05" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193854v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny G&#233;mieux" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Moni&#233;" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtcc.2018.08.001" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03201644v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Moni&#233;" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Becqui&#233;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000499663" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03201617v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12144-019-00434-3" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03201640v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtcc.2018.09.002" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193849v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Minot" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtcc.2019.10.002" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03201658v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2018.08.038" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03190633v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Got" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Solans" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08952841.2018.1510247" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191643v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193830v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comppsych.2018.02.006" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193782v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Goutaudier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Nidetch" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2016.09.042" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192196v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addbeh.2016.04.018" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2V7T0WGS-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193794v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Choteau" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychres.2016.01.038" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03193813v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Melioli" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Goutaudier" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Chabrol" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2016.05.004" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01330903v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191865v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Mulero-Navarro" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Sevilla" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel&#160;c. Roman" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dung-Fang Lee" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sunita&#160;l. D&#8217;souza" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2015.09.019" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192191v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7243/2052-8000-2-1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192153v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Tajan" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Batut" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cadoudal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Deleruyelle" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Gonidec" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1406107111" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01478074v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey de Rocca Serra-N&#233;d&#233;lec" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Edouard" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Tr&#233;guera" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toshiyuki Araki" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1119803109" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191859v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Serra-Nedelec" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Treguer" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Tajan" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Araki" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dance" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MCB.00646-09" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192181v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewelina Szyma&#324;ska" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marek Korzeniowski" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrzej Sobota" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarzyna Kwiatkowska" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yexcr.2009.01.023" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N4CHZHVW-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191833v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Dance" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Montagner" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Salles" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Yart" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cellsig.2007.10.002" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X4XVDTL4-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192166v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Sampaio" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Malet" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MCB.01318-07" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191840v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Hanna" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen Hwa Lee" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Miteva" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Vidal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.febslet.2006.03.088" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00481013v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Masri" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Audigier" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M600987200" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191835v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Perret" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M410012200" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192169v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine P&#233;r&#232;s" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0014-5793(02)03832-2" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192174v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Mayeux" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1568009033481976" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191860v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Roche" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinhard Wetzker" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Laffargue" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Tonks" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M110411200" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192165v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Yart" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1388-1981(02)00144-0" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2ZWFV41C-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192179v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Conte" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Fernandez" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Molinas" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/bbrc.2001.6261" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QHKTH54J-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191837v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stany Chretien" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M006966200" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192171v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeannie M.F. Ragab-Thomas" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashraf Ragab" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Tuech" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Missy" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0014-5793(98)01680-9" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/2B346CFE8F66C5B27972C34AD12BA8A637FA7C50/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192161v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Payrastre" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.274.46.32835" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192163v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentijn van Poucke" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Viala" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Mauco" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.273.46.30279" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191846v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Downward" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Courtneidge" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MCB.18.12.7119" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192189v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Monnereau" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Tuech" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeannie Ragab-Thomas" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/bbrc.1997.7269" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JWXN19S6-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192186v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harvey Pollard" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meera Srivastava" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/bj3220365" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192176v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemma Kuijpers" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Rojas" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0014-5793(96)00827-7" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192187v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Cushman" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Guerre-Millo" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/bbrc.1996.1139" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/3D0AAB2ED675275C5BAFE1BC82F7C8125EDC195D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191830v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0304-4157(94)90019-1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JDRHXBTX-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832195v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Hullin" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Ragab-Thomas" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Fauvel" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Chap" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/bj2920759" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03192183v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul M.P. van Bergen En Henegouwen" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Hullin" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Fauvel" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0006-291X(05)80826-5" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/789CF156FCE4AB75179F0799E0841EFDA3D99BC2/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832214v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Chollet" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Malecaze" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Arne" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bjo.76.8.450" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832192v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0021-9258(18)94095-0" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973996v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Preaubert" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Sordes" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197949v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197922v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197904v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197881v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254593v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197942v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197916v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197930v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02180939v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018TOU20003" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>