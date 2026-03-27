--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1313,265 +1313,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04770116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Serial-arc detection by use of Spectral Dispersion Index (SDI) analysis in a low-voltage network (270V HVDC)</w:t>
+                <w:t xml:space="preserve">Analysis of Internal Signal Perturbations in DC/DC and DC/AC Converters under Arc Fault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Baptiste Humbert</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Patrick Schweitzer</w:t>
+                <w:t xml:space="preserve">Benjamin Vidales Luna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Luis Monroy-Morales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Madrigal Martínez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Domingo Torres-Lucio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Weber</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electric Power Systems Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.epsr.2021.107084⟩</w:t>
+              <w:t xml:space="preserve">Energies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 14 (11), pp.3005. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/en14113005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03938278v1</w:t>
+                <w:t xml:space="preserve">hal-03938416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of Internal Signal Perturbations in DC/DC and DC/AC Converters under Arc Fault</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Serial-arc detection by use of Spectral Dispersion Index (SDI) analysis in a low-voltage network (270V HVDC)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Domingo Torres-Lucio</w:t>
+                <w:t xml:space="preserve">Jean Baptiste Humbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Schweitzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Weber</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 14 (11), pp.3005. </w:t>
+              <w:t xml:space="preserve">Electric Power Systems Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 196, pp.107084. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/en14113005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.epsr.2021.107084⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03938416v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03938278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Series arc fault location algorithm based on impedance parameters and fault map trace generation</w:t>
               </w:r>
@@ -2975,278 +2975,278 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An algorithm for the detection of DC series-arc faults using a Convolution Neural Network</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Urban road users detection and velocity estimation from top-view fish-eye imagery under low light conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Masoomeh Shireen Ansarnia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Tisserand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Tremeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Schweitzer</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 IEEE 67th Holm Conference on Electrical Contacts (HLM 2022)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/HLM54538.2022.9969784⟩</w:t>
+              <w:t xml:space="preserve">IECON 2022 – 48th Annual Conference of the IEEE Industrial Electronics Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Brussels, Belgium. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IECON49645.2022.9968642⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04140571v1</w:t>
+                <w:t xml:space="preserve">hal-03919956v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Urban road users detection and velocity estimation from top-view fish-eye imagery under low light conditions</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">An algorithm for the detection of DC series-arc faults using a Convolution Neural Network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Schweitzer</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruobo Chu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yueyang Jiang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Berviller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IECON 2022 – 48th Annual Conference of the IEEE Industrial Electronics Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Brussels, Belgium. pp.1-6, </w:t>
+              <w:t xml:space="preserve">2022 IEEE 67th Holm Conference on Electrical Contacts (HLM 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Tampa, FL, United States. </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/IECON49645.2022.9968642⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/HLM54538.2022.9969784⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03919956v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04140571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Algorithm for locating series arc faults in an AC aircraft electrical system.</w:t>
               </w:r>
@@ -3604,51 +3604,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Calderon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Schweitzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Weber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5573,51 +5573,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215686v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Ferracuti" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Felicetti" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Cavanini" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Schweitzer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Monteri&#249;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OJIES.2025.3582482" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215983v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Charca-Benavente" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinmi Lezama" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Clemente Arenas" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52497/jitipee.v9i1.378" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215675v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruobo Chu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Yang" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/a18080497" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05043616v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Tisserand" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Weber" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics13204099" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680877v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Hell&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Hugon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Brochard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Chouchene" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Marcos" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ad6274" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216553v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chabert" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Bakkay" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Weber" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Andrea" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2023.106651" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04057237v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Berviller" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masoomeh Shireen Ansarnia" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Tremeau" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23052637" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938230v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Chabert" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Andrea" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAES.2021.3118962" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03919940v2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amine Zidane" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22041381" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04770116v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsr.2021.107503" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938278v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Baptiste Humbert" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsr.2021.107084" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938416v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Vidales Luna" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Luis Monroy-Morales" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Madrigal Mart&#237;nez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domingo Torres-Lucio" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en14113005" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03544371v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin Calderon-Mendoza" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hien Duc Vu" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijepes.2020.106652" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05043635v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rencheng Zhang" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s20174910" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337695v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin Calderon" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Britsch" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijepes.2019.05.012" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02065585v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijepes.2018.11.002" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02064976v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsr.2018.08.008" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969171v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pan Qi" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slavisa Jovanovic" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinmi Gregory Lezama Calvo" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsr.2016.10.008" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969173v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrazak Chahid" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsr.2016.07.011" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MKCVF76V-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01397338v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Humbert" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsr.2015.08.005" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0CJZD9DC-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01397359v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsr.2014.09.011" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00121640v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Musset" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harouna Souley Ali" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00172372v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Mathieu" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Ragot" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00172377v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Tisserand" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Cecile" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140571v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yueyang Jiang" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bonnet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/HLM54538.2022.9969784" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03919956v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON49645.2022.9968642" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938479v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Calderon" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Schweitzer" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.P. Du Perray" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/cp.2020.0032" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374135v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Carvou" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03043409v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2019.8927000" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02065612v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/HOLM.2018.8611718" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02065655v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Joyeux" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TDC-LA.2018.8511672" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02065616v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/HOLM.2017.8088105" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01335278v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bournat" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romaric Landfried" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Test&#233;" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938658v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lezama" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tisserand" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Joyeux" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/HOLM.2012.6336592" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01397812v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/HOLM.2014.7031017" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01397820v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slavi&#353;a Jovanovi&#263;" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938724v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Roth" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIE.2010.5636934" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01397814v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01397776v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Rabla" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/HOLM.2013.6651400" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01397650v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/HOLM.2013.6651414" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938661v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/HOLM.2010.5619542" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708052v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938786v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01754180v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1994NAN10006" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215686v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Ferracuti" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Felicetti" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Cavanini" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Schweitzer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Monteri&#249;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OJIES.2025.3582482" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215983v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Charca-Benavente" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinmi Lezama" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Clemente Arenas" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.52497/jitipee.v9i1.378" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05215675v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruobo Chu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Yang" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/a18080497" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05043616v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Tisserand" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Weber" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics13204099" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680877v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Hell&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Hugon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Brochard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Chouchene" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Marcos" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ad6274" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216553v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chabert" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Bakkay" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Weber" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Andrea" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2023.106651" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04057237v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Berviller" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masoomeh Shireen Ansarnia" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Tremeau" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23052637" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938230v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Chabert" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Andrea" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAES.2021.3118962" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03919940v2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amine Zidane" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22041381" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04770116v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsr.2021.107503" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938416v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Vidales Luna" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Luis Monroy-Morales" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Madrigal Mart&#237;nez" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domingo Torres-Lucio" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en14113005" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938278v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Baptiste Humbert" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsr.2021.107084" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03544371v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin Calderon-Mendoza" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hien Duc Vu" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijepes.2020.106652" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05043635v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rencheng Zhang" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s20174910" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337695v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin Calderon" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Britsch" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijepes.2019.05.012" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02065585v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijepes.2018.11.002" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02064976v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsr.2018.08.008" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969171v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pan Qi" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slavisa Jovanovic" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinmi Gregory Lezama Calvo" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsr.2016.10.008" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969173v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrazak Chahid" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsr.2016.07.011" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MKCVF76V-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01397338v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Humbert" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsr.2015.08.005" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0CJZD9DC-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01397359v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsr.2014.09.011" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00121640v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Musset" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harouna Souley Ali" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00172372v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Mathieu" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Ragot" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00172377v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Tisserand" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Cecile" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03919956v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON49645.2022.9968642" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140571v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yueyang Jiang" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bonnet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/HLM54538.2022.9969784" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938479v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Calderon" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Schweitzer" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.P. Du Perray" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/cp.2020.0032" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374135v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Carvou" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03043409v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2019.8927000" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02065612v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/HOLM.2018.8611718" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02065655v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Joyeux" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TDC-LA.2018.8511672" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02065616v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/HOLM.2017.8088105" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01335278v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bournat" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romaric Landfried" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Test&#233;" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938658v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lezama" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tisserand" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Joyeux" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/HOLM.2012.6336592" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01397812v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/HOLM.2014.7031017" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01397820v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Slavi&#353;a Jovanovi&#263;" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938724v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Roth" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIE.2010.5636934" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01397814v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01397776v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Rabla" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/HOLM.2013.6651400" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01397650v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/HOLM.2013.6651414" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938661v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/HOLM.2010.5619542" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708052v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03938786v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01754180v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1994NAN10006" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>