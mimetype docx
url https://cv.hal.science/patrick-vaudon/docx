--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -138,51 +138,51 @@
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05162372v6</w:t>
+                <w:t xml:space="preserve">hal-05162372v7</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une approche énergétique du principe d'équivalence</w:t>
               </w:r>
@@ -286,275 +286,275 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03175984v10</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'onde de de Broglie dans les solutions de l'équation de Dirac</w:t>
+                <w:t xml:space="preserve">The de BROGLIE wave in the solutions of DIRAC equation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Vaudon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02425969v8</w:t>
+                <w:t xml:space="preserve">hal-02448288v6</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The de BROGLIE wave in the solutions of DIRAC equation</w:t>
+                <w:t xml:space="preserve">L'onde de de Broglie dans les solutions de l'équation de Dirac</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Vaudon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02448288v6</w:t>
+                <w:t xml:space="preserve">hal-02425969v8</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An energy approach of electromagnetism and gravitation</w:t>
+                <w:t xml:space="preserve">Une approche énergétique de l'électromagnétisme et de la gravitation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Vaudon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02099566v3</w:t>
+                <w:t xml:space="preserve">hal-02085996v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une approche énergétique de l'électromagnétisme et de la gravitation</w:t>
+                <w:t xml:space="preserve">An energy approach of electromagnetism and gravitation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Vaudon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02085996v3</w:t>
+                <w:t xml:space="preserve">hal-02099566v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An energy and determinist approach of quantum mechanics</w:t>
               </w:r>
@@ -1907,399 +1907,399 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00776182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse du canal de propagation corporel en régime impulsionnel</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rabih Barake</w:t>
+                <w:t xml:space="preserve">Effect of Permittivity on Characteristics of Embedded Cylindrical Dielectric Antenna</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Benomar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noureddine Boukli-Hacene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hicham Megnafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Vaudon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Rammal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17es Journées Nationales Micro-ondes, BREST 2011 - JNMO</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">11th edition of the Mediterranean Microwave Symposium MMS'2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Hammamet, Tunisia. pp.47 - 51, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MMS.2011.6068526⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00681047v1</w:t>
+                <w:t xml:space="preserve">hal-00680713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance measurements of modified LINC Transmitter for Wireless Applications</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Cyril Decroze</w:t>
+                <w:t xml:space="preserve">Analyse du canal de propagation corporel en régime impulsionnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabih Barake</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Vaudon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Rammal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Nonlinear Microwave and Millimetre-wave Circuits (INMMiC) 2011</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">17es Journées Nationales Micro-ondes, BREST 2011 - JNMO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Brest, France. pp.oral session 7A-1</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00679235v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00681047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of Permittivity on Characteristics of Embedded Cylindrical Dielectric Antenna</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ahmed Benomar</w:t>
+                <w:t xml:space="preserve">Performance measurements of modified LINC Transmitter for Wireless Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatna Benahmed Daho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noureddine Boukli-Hacene</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hicham Megnafi</w:t>
+                <w:t xml:space="preserve">Guillaume Neveux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Decroze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Vaudon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th edition of the Mediterranean Microwave Symposium MMS'2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, Hammamet, Tunisia. pp.47 - 51, </w:t>
+              <w:t xml:space="preserve">International Nonlinear Microwave and Millimetre-wave Circuits (INMMiC) 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2011, Vienne, Austria. pp.1-4, </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/MMS.2011.6068526⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/INMMIC.2011.5773330⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00680713v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00679235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Operational Modified-LINC Demonstrator for Wireless Communication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatna Benahmed Daho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Neveux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moctar Mouhamadou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2361,139 +2361,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00678677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Interpretation of Maxwell Equation by Using the Formalism of Gravitational Waves</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Communication entre antennes implantées sur le corps humain par ondes de surface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabih Barake</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Vaudon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Rammal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress In Electromagnetics Research Symposium, PIERS 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2011, Lyon, France. p.348</w:t>
+              <w:t xml:space="preserve">Deuxième colloque francophone PLUridisciplinaire sur les Matériaux, l'Environnement et l'Electronique, PLUMEE 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Limoges, France. pp.Poster session 1A-63 PLUMEE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00678638v1</w:t>
+                <w:t xml:space="preserve">hal-00681060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude de Performances de la Technique LINC</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatna Benahmed Daho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Neveux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Decroze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2538,286 +2564,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00681066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Communication entre antennes implantées sur le corps humain par ondes de surface</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">An Interpretation of Maxwell Equation by Using the Formalism of Gravitational Waves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Vaudon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Rammal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Deuxième colloque francophone PLUridisciplinaire sur les Matériaux, l'Environnement et l'Electronique, PLUMEE 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2011, Limoges, France. pp.Poster session 1A-63 PLUMEE</w:t>
+              <w:t xml:space="preserve">Progress In Electromagnetics Research Symposium, PIERS 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2011, Lyon, France. p.348</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00681060v1</w:t>
+                <w:t xml:space="preserve">hal-00678638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation bi-dimensionnelle de DOAs de signaux inconnus et décorréllés avec des réseaux uniformes en L</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+                <w:t xml:space="preserve">Antenne à résonateur diélectrique large bande pour application aux terminaux mobiles dans la bande UHF V</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatna Benahmed Daho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moctar Mouhamadou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Neveux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Vaudon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">First international conference on Image and Signal Processing and their applications (ISPA2009) Mostaganem, Algeria</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2009, MOSTAGANEM, Algeria</w:t>
+              <w:t xml:space="preserve">XVIèmes Journées Nationales Microondes 2009 - Journée thématique: le 26 mai 2009 à la Maison des Micro et Nano Technologies (MMNT) – Session oral - à Europole Grenoble Centre de Congrès</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Grenoble, France. pp.1F-14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00480628v1</w:t>
+                <w:t xml:space="preserve">hal-00480668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antennes actives : détection des angles d'arrivée en 2-D</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatna Benahmed Daho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moctar Mouhamadou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Neveux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Vaudon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2849,662 +2849,662 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03180173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antenne à résonateur diélectrique large bande pour application aux terminaux mobiles dans la bande UHF V</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+                <w:t xml:space="preserve">Estimation bi-dimensionnelle de DOAs de signaux inconnus et décorréllés avec des réseaux uniformes en L</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatna Benahmed Daho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moctar Mouhamadou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Neveux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Vaudon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVIèmes Journées Nationales Microondes 2009 - Journée thématique: le 26 mai 2009 à la Maison des Micro et Nano Technologies (MMNT) – Session oral - à Europole Grenoble Centre de Congrès</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2009, Grenoble, France. pp.1F-14</w:t>
+              <w:t xml:space="preserve">First international conference on Image and Signal Processing and their applications (ISPA2009) Mostaganem, Algeria</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2009, MOSTAGANEM, Algeria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00480668v1</w:t>
+                <w:t xml:space="preserve">hal-00480628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive beamforming synthesis for linear antenna array controlling only by phase with interference canceller.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Smart Antenna Simulation for DOA estimation using MUSIC and ESPRIT Algorithms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Fadlallah</w:t>
+                <w:t xml:space="preserve">Ayman Abdallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Chahine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Rammal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Neveux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Vaudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LAPC (Loughborough Antennas &amp; Propagation Conference)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">23rd International Radio Science Conference, NRSC 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2006, Menoufiya, Egypt. pp.1-10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/NRSC.2006.386331⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00133729v1</w:t>
+                <w:t xml:space="preserve">hal-00702815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Technique based on SQP algorithm for Antenna Array Pattern Synthesis: Beam and Null Steering.</w:t>
+                <w:t xml:space="preserve">Simulation of Smart Antenna System using ADS Co-Simulate with MATLAB : Direction of Arrival Estimation and Interference Canceller.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moctar Mouhamadou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Neveux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Vaudon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Conference on Electromagnetic Field Computation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2006, France. pp. 380</w:t>
+              <w:t xml:space="preserve">IEEE AP-S International Symposium on Antennas and Propagation and USNC/URSI National Radio Science Meeting.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2006, Albuquerque, New-Mexico, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00133723v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00133774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation of Smart Antenna System using ADS Co-Simulate with MATLAB : Direction of Arrival Estimation and Interference Canceller.</w:t>
+                <w:t xml:space="preserve">Wideband Phased-array antennas for PCS and UMTS Applications.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moctar Mouhamadou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Neveux</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Decroze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayman Abdallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Vaudon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE AP-S International Symposium on Antennas and Propagation and USNC/URSI National Radio Science Meeting.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2006, Albuquerque, New-Mexico, France</w:t>
+              <w:t xml:space="preserve">EuCAP'2006 - European Conference on Antennas and Propagation.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2006, NICE, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00133774v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00134083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Smart Antenna Simulation for DOA estimation using MUSIC and ESPRIT Algorithms</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Neveux</w:t>
+                <w:t xml:space="preserve">Technique based on SQP algorithm for Antenna Array Pattern Synthesis: Beam and Null Steering.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moctar Mouhamadou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Vaudon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23rd International Radio Science Conference, NRSC 2006</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IEEE Conference on Electromagnetic Field Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2006, France. pp. 380</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00702815v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00133723v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wideband Phased-array antennas for PCS and UMTS Applications.</w:t>
+                <w:t xml:space="preserve">Adaptive beamforming synthesis for linear antenna array controlling only by phase with interference canceller.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moctar Mouhamadou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Ayman Abdallah</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Fadlallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Vaudon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Rammal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EuCAP'2006 - European Conference on Antennas and Propagation.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2006, NICE, France</w:t>
+              <w:t xml:space="preserve">LAPC (Loughborough Antennas &amp; Propagation Conference)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2006, Loughborough, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00134083v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00133729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Low Power Injection for Direction Finding with Six-Port Reflectometer Array</w:t>
               </w:r>
@@ -3780,51 +3780,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05162372v6" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Vaudon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601916v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175984v10" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02425969v8" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02448288v6" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02099566v3" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02085996v3" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714971v2" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01223516v12" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01300356v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Reineix" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933623v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Benomar" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Boukli-Hac&#232;ne" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Megnafi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5539/nct.v2n1p28" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00934273v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Viennot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Carsenat" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane M&#233;rillou" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Decroze" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00675444v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hacene Boukli" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Noureddine-Megnafi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/ijcns.2011.410080" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00435703v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Rammal" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charif Olleik" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Sabbah" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Rammal" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2009/691625" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00142733v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moctar Mouhamadou" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181811v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Armand" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Rammal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2528/PIER05100603" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155175v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rammal" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00772245v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabih Barake" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Rammal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00780535v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Mon&#233;di&#232;re" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ANTEM.2012.6262421" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00776182v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00681047v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00679235v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatna Benahmed Daho" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Neveux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/INMMIC.2011.5773330" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00680713v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Boukli-Hacene" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MMS.2011.6068526" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678677v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00678638v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00681066v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00681060v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00480628v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03180173v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00480668v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133729v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Fadlallah" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133723v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133774v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00702815v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayman Abdallah" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chahine" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NRSC.2006.386331" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00134083v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01070009v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Abdallah" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sadek" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Campovecchio" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05162372v7" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Vaudon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04601916v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175984v10" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02448288v6" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02425969v8" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02085996v3" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02099566v3" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714971v2" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01223516v12" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01300356v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Reineix" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933623v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Benomar" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Boukli-Hac&#232;ne" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Megnafi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5539/nct.v2n1p28" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00934273v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Viennot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Carsenat" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane M&#233;rillou" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Decroze" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00675444v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hacene Boukli" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Noureddine-Megnafi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/ijcns.2011.410080" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00435703v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Rammal" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charif Olleik" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Sabbah" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Rammal" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2009/691625" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00142733v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moctar Mouhamadou" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181811v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Armand" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Rammal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2528/PIER05100603" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155175v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rammal" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00772245v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabih Barake" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Rammal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00780535v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Mon&#233;di&#232;re" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ANTEM.2012.6262421" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00776182v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00680713v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Boukli-Hacene" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MMS.2011.6068526" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00681047v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00679235v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatna Benahmed Daho" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Neveux" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/INMMIC.2011.5773330" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678677v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00681060v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00681066v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00678638v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00480668v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03180173v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00480628v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00702815v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayman Abdallah" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chahine" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NRSC.2006.386331" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133774v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00134083v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133723v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133729v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Fadlallah" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01070009v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Abdallah" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sadek" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Campovecchio" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>