--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Patrick Veysset </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VAACHERIN Vulnérabilité, Adaptation, Atténuation face au CHangement climatique de l’Elevage de Ruminants et de porcINs. Indicateurs agro-climatiques à l’horizon 2050</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne de La Foye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Même</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05459977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Description of beef production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Balouzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Vaudaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Madrange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaelle Botreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Braun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05274188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vulnérabilité, Adaptation, Atténuation face au CHangement climatique de l'Elevage de Ruminants et de porcINs : Scénarios et projections climatiques à l’horizon 2050</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne de La Foye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05023035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vulnérabilité, Adaptation, Atténuation face au CHangement climatique de l'Elevage de Ruminants et de porcINs ; Scénarios d’évolution du cadre socio-économique de l’agriculture à l’horizon 2050</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Montagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maguy Eugène</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Larroque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05023056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quels besoins de recherche pour améliorer conjointement la santé et le bien-être des animaux dans la transition agroécologique de l’élevage ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Belén Barrio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Boissy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergine Even</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04586551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compétitivité et emplois à la production dans les secteurs bovins français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Perrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Beguin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Moraine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03151255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesurer le revenu des exploitations agricoles françaises : Analyse comparée sur 15 ans d'indicateurs issus du Rica et de la MSA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Piet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Delame</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Jeanneaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Laroche-Dupraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03276776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multicriteria Evaluation Tree Task 2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëva Guiller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Madrange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Botreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05274198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Methodological guide Implementation of co-definition and evaluation of sustainable farming systems Deliverable 4.5</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Legein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Mertens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hennart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lennart Kokemohr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05274224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (100)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le chantier « Agroécologie &amp; Marché » conduit par les groupes filières INRAE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Benoît Magrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bertagnoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Cadore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Caillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Carlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 100, pp.1-12. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2025-Vol100-art01⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05003464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relations entre performance économique, performance environnementale, et bien-être animal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Larissa Mysko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Joseph Minviel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Veissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRAE Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 34 (4), </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.20870/productions-animales.2025.38.4.8323⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05474112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Label Rouge beef: an interprofessional response to environmental and social concerns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 100, pp.92-101. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2025-vol100-art09-GB⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05314449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Opinion paper: Applying agroecological principles allows assessing the multidimensionality of input-use efficiency in ruminant production systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hieu Nguyen-Ba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Ortigues Marty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Monteils</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gonzalo Cantalapiedra-Hijar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.101423. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.animal.2025.101423⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04882175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viandes bovines Label Rouge : une réponse de l'interprofession face aux préoccupations environnementales et sociales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 100, pp.96-108. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2025-Vol100-art09⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05010344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Opportunity costs of providing environmental services in mixed crop-livestock farming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Joseph Minviel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yawose Olivier Kudawoo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timo Sipiläinen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hand Fares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Environmental Planning and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09640568.2025.2485973⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04236257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climatic hazard resilience assessment on livestock farms: Application to organic ruminant farms in the French Massif Central</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Célia Boivent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 222, pp.104150. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agsy.2024.104150⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04784558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse transversale de 28 démarches de filières agrialimentaires : des dynamiques d'innovation variables au travers de leur engagement dans l'agroécologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Benoît Magrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hadrien Lantremange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Saint-Ges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clementina Sebillotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Caillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 100, pp.123-137. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2025-Vol100-art11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05010133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross-sectional analysis of 28 agrifood value chain initiatives: Various innovation dynamics related to their commitment to agroecology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Benoît Magrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hadrien Lantremange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Saint-Ges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clementina Sebillotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Caillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 100, pp.115-128. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2025-vol100-art11-GB⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05314842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adapting agricultural production systems to changes in the environmental, agricultural and social context, and the role of legumes in the agro-ecological transition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjorie Ubertosi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Brunschwig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Castel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Chapuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Goron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 86, pp.5-23. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2024-vol86-art02-GB⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04700850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Animal board invited review: Improving animal health and welfare in the transition of livestock farming systems: Towards social acceptability and sustainability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Belén Barrio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Boissy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergine Even</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 18 (3), pp.101100. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.animal.2024.101100⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04495275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Améliorer conjointement la santé et le bien-être des animaux dans la transition des systèmes d’élevage vers la durabilité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Belén Barrio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Boissy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergine Even</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRAE Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 37 (3), pp.8149. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.20870/productions-animales.2024.37.3.8149⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relevance of farm-scale indicators and tools for farmers to assess sustainability of their mixed crop-ruminant livestock systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernanda Figueiredo Granja Dorilêo Leite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Faverin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Verónica Ciganda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Cristobal-Carballo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julio Cesar dos Reis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 950, pp.175218. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2024.175218⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04792684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Produire et mettre en marché des produits animaux issus de l’agriculture biologique : un moteur pour la transition vers l’agroécologie ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Nozières-Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuna Chiffoleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRAE Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 37 (2), pp.7631. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.20870/productions-animales.2024.37.2.7631⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04711526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to concurrently achieve economic, environmental, and animal welfare performances in French suckler cattle farms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Larissa Mysko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Joseph Minviel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Veissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 218, pp.103956. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agsy.2024.103956⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04628862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining beef cattle and sheep in an organic system. I. Co-benefits for promoting the production of grass-fed meat and strengthening self-sufficiency</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Prache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Vazeille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weaam Chaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Sepchat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Priscilla Note</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 17 (4), pp.100758. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.animal.2023.100758⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04056667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of short- and long-term floor and ceiling prices for manure in a crop and livestock farms exchange</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eglantine Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Brunschwig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renewable Agriculture and Food Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 38, pp.e21. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S1742170523000108⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04069770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining beef cattle and sheep in an organic system. II. Benefits for economic and environmental performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Vazeille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Jury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Troquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 17 (4), pp.100759. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.animal.2023.100759⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04056589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Productivity gains, evolution of productive performances, and profitability of organic ruminant farms: farm size and feed self-sufficiency matter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Kouakou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Joseph Minviel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Organic Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 13 (2), pp.205-220. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13165-023-00422-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04036961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring Rotational Grazing and Crossbreeding as Options for Beef Production to Reduce GHG Emissions and Feed-Food Competition through Farm-Level Bio-Economic Modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Mertens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lennart Kokemohr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Braun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Legein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 13 (6), pp.1020. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ani13061020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04069761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reducing energy consumption without compromising food security: the imperative that could transform agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Bockstaller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petros Chatzimpiros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Colnenne-David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Research Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 18 (8), pp.081001. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-9326/ace462⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04157081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation des systèmes de production agricole aux changements de contexte environnemental, agricole et social, et place des légumineuses dans la transition agroécologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjorie Ubertosi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Brunschwig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Castel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Chapuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-P Goron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 86, pp.419-437. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2022-vol86-art34⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03687097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Life Cycle Sustainability Assessment of European beef production systems based on a farm-level optimization model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lennart Kokemohr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neus Escobar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Mertens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giacomo Pirlo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cleaner Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 379 (1), pp.134552. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jclepro.2022.134552⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03833437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Positive deviant strategies implemented by organic multi-species livestock farms in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Grillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Defne Ulukan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gun Bernes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Dumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 201, pp.103453. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agsy.2022.103453⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03723011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PSDR4 New-DEAL : La diversité des élevages d'herbivores : des clefs d'adaptation pour l'avenir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rapey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Dumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Donato Andueza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Bigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 86, pp.205-217. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2022-vol86-art18⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03648619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PSDR4 POEETE -Réfléchir la polyculture élevage à l'échelle des territoires et des exploitations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Brunschwig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eglentine Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Goron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Chapuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 86, pp.219-230. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2022-vol86-art19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03886944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compétitivité et emplois à la production dans les secteurs bovins français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Perrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Beguin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Moraine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRAE Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 33 (4), pp.261-282. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.20870/productions-animales.2020.33.4.4609⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03196381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does mixing livestock farming enterprises improve farm and product sustainability?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Joseph Minviel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Agricultural Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.1 - 16. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14735903.2021.1932150⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03252898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of the contribution of 16 European beef production systems to food security</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Jarousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Madrange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Balouzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëva Guillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 190, pp.103088. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agsy.2021.103088⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03143906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecological network analysis to link interactions between system components and performances in multispecies livestock farms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucille Steinmetz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Dumont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agronomy for Sustainable Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 41 (3), pp.1-16. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13593-021-00696-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03256055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hétérogénéité, déterminants et soutien du revenu des agriculteurs français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Piet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Delame</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Desjeux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Jeanneaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notes et Etudes Socio-Economiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 49, pp.5-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03405184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Survey Data on European Organic Multi-Species Livestock Farms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Defne Ulukan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucille Steinmetz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Moerman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gun Bernes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Sustainable Food Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 5, </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fsufs.2021.685778⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03430934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are there economies of inputs in mixed crop-livestock farming systems? A cross-frontier approach applied to French dairy-grain farms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Joseph Minviel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 53 (20), pp.2275-2291. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00036846.2020.1856324⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03109012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesurer le revenu des exploitations agricoles françaises : analyse comparée sur 15 ans d’indicateurs issus du Rica et de la MSA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Piet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Delame</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Jeanneaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Laroche-Dupraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie rurale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 378, pp.37-56. </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/economierurale.9402⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03516957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calcul des Unités Gros Bétails : proposition d’une méthode basée sur les besoins énergétiques pour affiner l'étude des systèmes d'élevage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRAE Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 34 (2), pp.139-160. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.20870/productions-animales.2021.34.2.4855⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03510521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gains de productivité et évolution de la profitabilité des élevages bovins français sur trois décennies (1988-2018)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanae Boukhriss</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie rurale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 378, pp.119-135. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/economierurale.9474⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03560000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploitations de polyculture-élevage bovin viande : plus grandes mais pas plus profitables que les exploitations d’élevage herbagères</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Charleuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Agricultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 29, </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/cagri/2020015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02906253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Food efficiency of livestock in organic farming and competition with human nutrition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Madeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Mottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Poyard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 79, pp.413-424. </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15454/1yh2-af26⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03209673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre les atouts de la diversification des systèmes d’élevage herbivores du nord du Massif central.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Dumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Cournut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Mugnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Fleurance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRAE Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 33 (3), pp.173-188. </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.20870/productions-animales.2020.33.3.4557⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generation and distribution of productivity gains in beef cattle farming: Who are the winners and losers between 1980 and 2015?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Natier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Boussemart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 13 (05), pp.1063-1073. </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S1751731118002574⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02107423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’efficience nette de conversion des aliments par les animaux d’élevage : une nouvelle approche pour évaluer la contribution de l’élevage à l’alimentation humaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Laisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Baumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léonie Dusart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gaudré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Rouillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 31 (3), pp.269-288. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.20870/productions-animales.2018.31.3.2355⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01995110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation et répartition des gains de productivité en élevage bovin viande. Qui sont les gagnants et les perdants sur les 35 dernières années ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Natier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Boussemart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 3-4/2019, pp.1-8. </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22004/ag.econ.293992⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02628165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation du fonctionnement de systèmes de polyculture-élevage au niveau du territoire : approche par l’analyse de coûts de transactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eglantine Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hedi Ben Chedly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Pierret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Brunschwig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 72, pp.15-29. </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15454/7B45V4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02297466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversité des systèmes de production et des filières bovines en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Delaby</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 68, pp.129-150. </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15454/K8IUMD⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01905535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richesse créée, rémunération et transformations du travail en systèmes laitiers économes et autonomes en agriculture biologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Coquil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Franck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves J.-Y. Pailleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Fiorelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fourrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 235, pp.175-180</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02626052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Three decades of productivity change in French beef production: a Färe-Primont index decomposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Hervé Dakpo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Jeanneaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Latruffe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Australian Journal of Agricultural and Resource Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 62, pp.352-372. </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1467-8489.12264⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01831439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation et répartition des gains de productivité en élevage bovin viande. Qui sont les gagnants et les perdants sur les 35 dernières années ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Natier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Boussemart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La revue française de la recherche en viandes et produits carnés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 34, pp.1-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02628264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yield gap analysis of feed-crop livestock systems: The case of grass-based beef production in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aart van Der Linden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon J. Oosting</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerrie W.J. van de Ven</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imke J.M. de Boer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 159, pp.21-31. </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agsy.2017.09.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02622762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation et répartition des gains de productivité en élevage bovin viande. Qui sont les gagnants et les perdants entre 1980 et 2015 ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Boussemart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Natier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie rurale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 361, pp.71-91. </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/economierurale.5294⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02623223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mieux coupler cultures et élevage dans les exploitations d’herbivores conventionnelles et biologiques : une voie d’amélioration de leur durabilité ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Dieulot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daphné Durant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Guilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Mischler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fourrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 231 (235), pp.235-245</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01637733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aménités et impacts sur l’environnement des exploitations françaises élevant des bovins pour la viande</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Doreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Farruggia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 30 (2), pp.165-177</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01604305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'élevage bio progresse en France. Quels enjeux pour les systèmes fourragers ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Niels Bize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëlys Bouttes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Chauvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Diomard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fourrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 231, pp.239-276</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02617564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct and indirect impacts of crop–livestock organization on mixed crop–livestock systems sustainability: a model-based study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inès Sneessens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Lamadon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Brunschwig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 10 (11), pp.1911-1922. </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S1751731116000720⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02635951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manques à produire et pertes alimentaires dans la filière viande bovine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Agabriel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 48, pp.241-260. </w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/893m-7j60⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02630837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Productivity and technical efficiency of suckler beef production systems: trends for the period 1990 to 2012</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Roulenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Troquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 9 (12), pp.2050-2059. </w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S1751731115002013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02641487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse diachronique de l'efficience technique des systèmes de production bovin viande. Baisse de la productivité des facteurs variables sur 23 ans.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Roulenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Troquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie rurale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 349-350, pp.149-169</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02633643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variability in greenhouse gas emissions, fossil energy consumption and farm economics in suckler beef production in 59 French farms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Roulenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 188, pp.180-191. </w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agee.2014.03.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02640042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une démarche associant experts de terrain et chercheurs pour simuler la dynamique agricole d’un territoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rapey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 13, p. 66 - p. 70. </w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14758/SET-REVUE.2014.13.11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01058086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La polyculture-élevage bovin viande : un système durable de production de viande bovine ? Résultats à l’échelle de la ferme, questions et perspectives.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Roulenc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 39, pp.83-97. </w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/d9sg-ky59⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02630674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse et déterminants de l'évolution des performances d'élevages bovins et ovins allaitants en zones défavorisées de 1990 à 2012</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Laignel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Roulenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 27 (1), pp.49-64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02641670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Origin, quantities and fate of nitrogen flows associated with animal production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Dourmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Beline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lescoat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Faverdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Animal Biosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 5 (S1), pp.28-48. </w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S2040470014000272⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01198244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mixed crop-livestock farming systems: a sustainable way to produce beef? Commercial farms results, questions and perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Roulenc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 8 (8), pp.1218-1228. </w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S1751731114000378⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02634826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nitrogen flows and livestock farming: lessons and perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Peyraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Cellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aarts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Béline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Bockstaller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Animal Biosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 5 (S 1), pp.68-71. </w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S2040470014000314⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Productivité du travail en élevage bovin allaitant charolais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Roulenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La revue française de la recherche en viandes et produits carnés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02643458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les systèmes d’élevage agrobiologiques du Massif Central : évolution (2008-2011) et analyse transversale (trans-productions) des résultats technico-économiques et de leurs déterminants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Tauriac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Belvèze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Patout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 32, pp.317-331. </w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/5dbq-g270⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02645391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valoriser la diversité des prairies auvergnates : principaux résultats du projet PSDR-Valprai.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Baumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rapey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Caron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Auvergne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Revue d'Auvergne, N° Special "Productions, gouvernance et ingénierie territoriales" (602-603), pp.21-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00979634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une démarche prospective pour appréhender la dynamique agricole d'un territoire de montagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rapey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Auvergne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 1-2 (602-603), pp.51-61</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02642333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Productivité du travail et économie en élevages d’herbivores : définition des concepts, analyse et enjeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Charroin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Devienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Fromont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Palazon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 25 (2), pp.193-210</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02653097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valoriser la diversité des prairies auvergnates : principaux résultats du projet PSDR-Valprai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Baumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rapey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Caron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Auvergne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 1-2 (602-603), pp.21-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of type of ration and allocation methods on the environmental impacts of beef-production systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi Tuyet Hanh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hayo van Der Werf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maguy Eugène</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Devun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Livestock Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 145 (1-3), pp.239-251. </w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.livsci.2012.02.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01209098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Productive, environmental and economic performances assessments of organic and conventional suckler cattle farming systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Organic Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 1 (1), pp.1-16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02641798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fonctionnement et performances des systèmes d'élevage agrobiologiques du Massif Central</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zoom</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 6, pp.8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02642144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environnement : question de bon sens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Exploitant Agricole de Saône et Loire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02653510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy consumption, greenhouse gas emissions and economic performance assessments in French Charolais suckler cattle farms: Model-based analysis and forecasts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 103 (1), pp.41-50. </w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agsy.2009.08.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02665855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consommation d'énergie, émissions de gaz à effet de serre et bilan économique en élevage bovin allaitant charolais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zoom 26. Arboriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02653187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les systèmes herbagers confortés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Résussir Bovins Viande</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, n. p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02653499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consommation d'énergie, gaz à effet de serre et élevage bovin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Montagne et Alpinisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02653840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution et sensibilité aux aléas des résultats technico-économiques des exploitations de bovins allaitants selon les profils de production. Analyse d'un panel de 55 exploitations du bassin Charolais de 1987 à 2007</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Agabriel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 23 (1), pp.91-102</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02664756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le modèle Dexi-SH* pour une évaluation multicritère de la durabilité agro-écologique des systèmes d’élevage bovins laitiers herbagers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Gerber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Astigarraga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian C. Bockstaller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Fiorelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Hostiou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 4, pp.249-252. </w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/c6ay-2v28⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01173148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les systèmes d'élevage en AB sont-ils durables ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alter Agri</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 97, p. 10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02653405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elevage biologique de bovins allaitants dans le Massif Central : résultats technico-économiques et identifications des principaux verrous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Bécherel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 22 (3), pp.189-196</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02654506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En filière fromagère AOP, les conditions de production dans les cahiers des charges et leurs conséquences pour les exploitations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne A. Farruggia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Parguel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Hulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Reuillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Pomiès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fourrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 199, pp.311-329</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02664176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consommations d’énergie et émissions de gaz à effet de serre en élevage bovin allaitant. Analyses et prospectives économiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Belvèze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean J. Devun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fourrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 199, pp.331-348</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02662986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elevage de bovins allaitants en agriculture biologique dans le Massif Central : analyse des résultats technico-économiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude GLOUTON</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier BÉBIN</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence BÉCHEREL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 4, pp.135-144. </w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/29vz-s677⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02664600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental good production in the optimum activities portfolio of a risk averse-farmer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petr Havlik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Enjolras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Boisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Jacquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Etudes en Agriculture et Environnement - Review of agricultural and environmental studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 86, pp.9-33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01201167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental good production in the optimum activities portfolio of a risk-averse farmer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petr Havlik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Enjolras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Boisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Jacquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Etudes en Agriculture et Environnement - Review of agricultural and environmental studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 86 (1), pp.9-33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01172862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incidences de la vente directe sur les élevages allaitants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Limon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux et Innovations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 139, pp.22-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01195156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts de la sécheresse de 2003 sur les résultats technico-économiques en élevage bovin allaitant Charolais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fourrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 191, pp.311-322</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02653282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolutions, dispersions et déterminants du revenu en élevage bovin allaitant charolais. Etude sur 15 ans (1989-2003) à partir d'un échantillon constant de 69 exploitations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1999</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 18 (4), pp.265-275</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00489829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint production under uncertainty and multifunctionality of agriculture : policy considerations and applied analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petr Havlík</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Boisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence F. Jacquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Review of Agricultural Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 32 (4), pp.489-515. </w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/erae/jbi027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02680361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolutions, dispersions et déterminants du revenu en élevage bovin allaitant charolais. Etude sur 15 ans (1989-2003) à partir d'un échantillon constant de 69 exploitations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1999</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 18 (4), pp.265-275</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00490696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation to Agenda 2000 (CAP reform) and optimisation of the farming system of French suckler cattle farms in the Charolais area: a model-based study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 83 (2), pp.179-202. </w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agsy.2004.03.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00489674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolutions, dispersions et déterminants du revenu en élevage bovin allaitant charolais. Etude sur 15 ans (1989-2003) à partir d'un échantillon constant de 69 exploitations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 18 (4), pp.265-275</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02682351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolutions, dispersions et déterminants du revenu en élevage bovin allaitant charolais. Etude sur 15 ans (1989-2003) à partir d'un échantillon constant de 69 exploitations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1999</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 18 (4), pp.265-275</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00490275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts possibles de la réforme de la PAC de juin 2003 et de ses différentes options d'application sur des exploitations d'élevages bovins allaitants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 4-5/3, pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02675444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conversion of cattle and sheep suckler farming to organic farming : adaptation of the farming system and its economic consequences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Livestock Production Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 80 (1-2), pp.141-152</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02669793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les conséquences de la crise bovine en 2001 sur les résultats économiques des exploitations d'élevage allaitant charolais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La revue française de la recherche en viandes et produits carnés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, hs, pp.39-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02670865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le robot de traite : pour qui ? pourquoi ? Caractérisation des exploitations équipées, simulations économiques et éléments de réflexion avant investissement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Wallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Prugnard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 14 (1), pp.51-61</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02669529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution des systèmes de récolte et d'élevage en exploitations herbagères de bovins allaitants. Cas du Charolais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Lienard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fourrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 155, pp.305-317</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02686276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modes de récolte des fourrages et systèmes d'élevage. L'exemple des exploitations de la zone Charolaise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Lienard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 11 (5), pp.388-395</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02698275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (141)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the vulnerability of French livestock production to climate and socio-economic change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Coré--Brazier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Accatino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">76th EAAP Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EAAP - European Federation of Animal Science, Sep 2025, Innsbruck, Austria. 31 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05266907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A method to assess the resilience of livestock farms to climatic hazards: application to organic ruminant farms in the Massif Central</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Célia Boivent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27. Rencontres autour des recherches sur les ruminants (3R 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de l'Elevage - INRAE, Dec 2024, Paris, France. pp.329-333</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farm animal health and welfare at the heart of agroecological livestock system priorities: proposed research questions to contribute to this objective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Belén Barrio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Boissy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergine Even</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">75. Annual Meeting of the European Federation of Animal Science (EAAP 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Federation of Animal Science (EAAP), Sep 2024, Firenze, Italy. pp.241</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04671284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quels besoins de recherches pour améliorer conjointement la santé et le bien-être des animaux dans la transition agroécologique de l'élevage ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belen Barrio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Boissy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergine Even</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27. Rencontres autour des recherches sur les ruminants (3R 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de l'élevage [IDELE]; INRAE, Dec 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05109093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-performance technico-économique, environnementale et en bien-être animal en élevage bovin allaitant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Larissa Mysko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Joseph Minviel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Veissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27. Rencontres autour des recherches sur les ruminants (3R 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de l'élevage [IDELE] INRAE, Dec 2024, Paris, France. pp.176-179</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04775183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Productivité du travail et efficience productive des exploitations bovines françaises : l'agrandissement, un frein ou un accélérateur à la création de richesse ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les exploitations agricoles et les métiers en agriculture : Évolutions, transformations, perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFER, Jun 2024, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04647997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resilence of ruminant organic systems to climatic hazards: a study model in French grassland area</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Célia Boivent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Book of Abstracts of the 74th Annual Meeting of the European Federation of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE, Aug 2023, Lyon, France. pp.721</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04200899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring crossbreeding to reduce GHG Emissions and feed-food competition in beef production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Mertens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lennart Kokemohr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Braun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Legein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Book of Abstracts of the 74. Annual Meeting of the European Federation of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE, Aug 2023, Lyon, France. pp.529</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04200758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new concept for agro-ecological efficiency at different scales of ruminant production systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hieu Nguyen-Ba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Ferlay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">74. Annual Meeting of the European Federation of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE, Aug 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04192373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une évaluation de la résilience d’exploitations d’élevage face aux aléas climatiques : application à des élevages de ruminants bio du Massif central</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Célia Boivent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17èmes journées de recherche en sciences sociales INRAE, SFER, CIRAD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFER-INRAE-CIRAD, Dec 2023, Saclay, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04381410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining cattle and sheep in a grassland-based system: which effects for system multiperformance?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Prache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Vazeille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Sepchat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Priscilla Note</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">74. Annual Meeting of the European Federation of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE, Aug 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04192405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthèse du chantier Agroécologie (AE) & Marché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Benoît Magrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Alaphilippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bertagnoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Cadoré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Caillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de restitution du chantier « Agroécologie et Marché » des Groupes Filières d’INRAE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Paris, France. 51 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04068955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural equation modelling applied to multi-performance objectives in French suckler cattle farms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Larissa Billaudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Veissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Joseph Minviel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Book of Abstracts of the 74. Annual Meeting of the European Federation of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE, Aug 2023, Lyon, France. pp.558</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04196937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gains de productivité d’élevages de ruminants en agriculture biologique : la taille et l’autonomie alimentaire des exploitations importent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Kouakou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Joseph Minviel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de l'Elevage - INRAE, Dec 2022, Paris, France. pp.351</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03899050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mixité d’espèces offre des clés d’adaptation pour accroître les performances économiques et environnementales de l’élevage bovin herbager</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Dumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Fleurance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le poly-élevage, une solution ? Journée MODEF Nouvelle-Aquitaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2022, Domps, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04771808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A typology of European organic multi-species livestock farms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gun Bernes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Brock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IAHA preconference OWC, Rennes 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03580526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does integration promote sustainability in organic multi-species livestock farms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucille Steinmetz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ulukan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bernes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Brock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">72nd Annual Meeting of the European Federation of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Davos, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03376530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hétérogénéité, déterminants et trajectoires du revenu des agriculteurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Piet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Laroche-Dupraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Hervé Dakpo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Assemblée Générale du CGAAER (Conseil Général de l’Alimentation, de l’Agriculture et des Espaces Ruraux - CGAAER)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CGAAER - Conseil Général de l’Alimentation, de l’Agriculture et des Espaces Ruraux, Feb 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03210138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compétitivité et emplois à la production dans les secteurs bovins français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Perrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Beguin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Moraine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. Journée de Recherches en Sciences Sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFER; INRAE; CIRAD, Apr 2021, Clermont Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03206773v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les indicateurs de revenu dans les exploitations agricoles en France : analyse comparée des données RICA et MSA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Piet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Delame</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Jeanneaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Laroche-Dupraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comité des utilisateurs du Rica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RICA, Apr 2021, Webinaire, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03592198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réfléchir aux multiples conséquences des choix stratégiques en Polyculture-Elevage Ce que révèle l’utilisation de la modélisation avec Orfee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Mondière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Brunschwig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'échanges PSDR4 Auvergne-Rhone-Alpes Accompagner la transition agroécologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, Virtual conference, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04732874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A refined method for calculating ruminant Livestock Units to improve farm performance analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">72nd Annual meeting European Federation of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, DAVOS, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03579355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les indicateurs de revenu dans les exploitations agricoles en France : une analyse comparée sur 15 ans entre les données du RICA et celles de la MSA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Piet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Jeanneaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Laroche-Dupraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Ridier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. Journées de Recherches en Sciences Sociales - JRSS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFER; INRAE; CIRAD, Apr 2021, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03206915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation des performances de jeunes bovins croisés finis à l'herbe dans deux systèmes d'élevage de montagne conduits en agriculture biologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Sepchat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Vazeille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Troquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Prache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Priscilla Note</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres Recherches Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03203322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Setting up an alfalfa hay production chain at a territory scale: determination of the price of interest for producers and buyers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thiery E</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Brunschwig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de l'Elevage; INRAE, Dec 2020, En ligne, France. pp.326-329</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03384792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation de la contribution de 16 systèmes d'élevage de production de viande bovine européens à la sécurité alimentaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Madrange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Jarousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balouzat Jimmy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maeva Guillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres Recherches Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03203779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation de la modélisation comme support de réflexion aux systèmes Polyculture élevage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Mondière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Brunschwig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium PSDR4 Transitions pour le développement des territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2020, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04732850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La diversification des systèmes d’élevage herbivores permet d’accroitre leur multi-performance et les adapte aux aléas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Dumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Cournut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Mugnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Fleurance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium PSDR4 Transitions pour le développement des territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, virtuel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03110681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La compétitivité et l'attractivité du secteur bovin en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Perrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Beguin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Moraine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25. Rencontres Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de l'élevage; INRAE, Dec 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03215899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mixed crop suckler cattle farming systems: economies of scale or economies of scope?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Charleuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">70. Annual meeting of the European Federation of Animal Science (EAAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Ghent, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02736333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation des performances des fermes d’herbivores mixtes comparativement aux fermes spécialisées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Joseph Minviel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlène Verdier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13emes journées de recherche en sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02938165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agronomic and economic interest of straw-manure exchanges between crop and livestock farms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eglantine Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Brunschwig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">70. Annual meeting of the European Association for Animal Production (EAAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Gand, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02787563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organization of an alfalfa hay sector between cereal farms, livestock farms and a local cooperative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eglantine Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Brunschwig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">70. Annual meeting of the European Association for Animal Production (EAAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Gand, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02787562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional regression to model the link between livestock farms' performance and their size</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne de La Foye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. journées de recherche en sciences sociales INRAE, SFER, CIRAD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03136485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The net contribution of ruminant production to the protein supply for humans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Laisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Baumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Madrange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27. General meeting of the European Grassland Federation (EGF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Cork, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01827929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interdisciplinary design of low-input grass-fed livestock systems: the example of the Salamix system experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Vazeille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Note</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Sepchat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Sallé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24. Rencontres autour des Recherches sur les Ruminants (3R 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de l'Elevage; INRAE, Dec 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03941077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation des intérêts agronomiques et économiques des échanges paille-fumier entre exploitations de grandes culture et d'élevage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eglantine Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Brunschwig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Journées de Recherches en Sciences Sociales (JRSS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02733595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Savoir caractériser les complémentarités entre cultures et élevage pour accompagner la reconception des systèmes de polyculture - élevage dans leurs transitions agroécologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Mischler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tresch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Jousseins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Chambaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daphné Durant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24. Rencontres Recherches Ruminants (3R)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2018, Paris, France. pp.63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02297505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’efficience des exploitations d’élevage de ruminants en agriculture biologique du Massif Central : avantage aux spécialisés herbagers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Grenier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02733904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruminants can produce more human-edible protein than they eat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Laisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Baumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Madrange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. International Symposium on the Nutrition of Herbivores (ISNH10)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02734517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are labour productivity, specialisation and efficiency of livestock production systems compatible?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">69. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Dubrovnick, Croatia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02733579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation des intérêt agronomiques et économiques des échanges entre exploitations de grandes cultures et d'élevage : exemples des échanges paille-fumier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eglantine Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Brunschwig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire annuel projet POEETE programme PSDR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Fontaines, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02786292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structures et performances d’élevage bovins allaitants charolais. Pac, marchés, aléas : 26 ans d’évolutions (1990-2015)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AG syndicat de races Charolais et Limousines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Obernai, France. 46 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02786433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generation and distribution of productivity gains in beef cattle farming over the last 36 years</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Boussemart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Natier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">68. Annual Meeting of the European Associationfor Animal Production (EAAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Tallinn, Estonia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02733512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are mixed cattle-sheep farms more sustainable than specialized farms under economic risks?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlène Verdier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">68. Annual Meeting of the European Associationfor Animal Production (EAAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Tallinn, Estonia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01608247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yield gap analysis of beef production systems: the case of grass-based beef production in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Der Linden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.J. Oosting</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.W.J. van de Ven</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. van Ittersum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">68. Annual Meeting of the European Association for Animal Production (EAAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Tallinn, Estonia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02738042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobiliser des bases de données de suivi d’élevage pour évaluer le niveau de couplage des exploitations : proposition méthodologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Dieulot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Mischler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque RMT SpyCE Les polycultures-élevages: valoriser leurs atouts pour la transition agro-écologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RMT SPyCE.; AgroSup Dijon - Institut National Supérieur des Sciences Agronomiques, de l'Alimentation et de l'Environnement. FRA., Oct 2017, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02735854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Productivité des systèmes bovins allaitants charolais : Formation et répartition des gains de productivité 1980-2015</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Natier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Boussemart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prospective Filière Viande Bovine Française » INTERBEV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Montreuil-sous-Bois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02784950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance globale des systèmes de polyculture élevage : Impacts directs et indirects de l’organisation Culture-Elevage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inès Sneessens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Lamadon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Brunschwig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Les polycultures-élevages: valoriser leurs atouts pour la transition agro-écologique »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02736944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation des exploitations laitières de polyculture-élevage en Isère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Goron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud de Pomyers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Pierret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque RMT SpyCE Les polycultures-élevages: valoriser leurs atouts pour la transition agro-écologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RMT SPyCE, Oct 2017, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02297545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beef cattle farms in less-favoured areas: drivers of sustainability over the last 24 years. Implications for the futur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th Meeting of the FAO-CIHEAM Mountain Pastures Network</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Saragosse, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02739736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beef cattle farms in less-favoured areas. Multi-performances, drivers of sustainability over the last 25 years</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19. Meeting of the FAO‐CIHEAM Mountain Pastures sub‐network</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Zaragoza, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02742637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Table ronde : analyse économique de la crise des filières viandes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16. Journées Sciences du Muscle et Technologies des Viandes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02739321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mixité ovin-bovin : un atout pour faire face à la volatilité des prix et aux incertitudes institutionnelles? Simulations sur la période 1990-2015</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlène Verdier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Eider-Métafort</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Aubière, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Productivité des systèmes bovins allaitants charolais évolutions 1980-2014</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Assemblée Générale Institut du Charolais et Charolais Bourgogne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Charolles, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grassland production systems: combining animal species and crossbreeding to strengthen sustainability ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Prache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Vazeille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dhour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">67. Annual meeting of the European Federation of Animal Science EAAP 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2016, Belfast, Ireland. 5 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02739555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Répartition des gains de productivité en élevage bovin viande. Qui sont les gagnants et les perdants sur les 35 dernières années ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Natier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Boussemart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16. Journées Sciences du Muscle et Technologies des Viandes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02742421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation et répartition des gains de productivité en élevage bovin viande. Qui sont les gagnants et les perdants sur les 35 dernières années ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Natier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Boussemart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02739360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Productivity and efficiency of French suckler beef production systems: trends over the last 20 years</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Roulenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Troquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">66. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Federation of Animal Science (EAAP). INT., Aug 2015, Varsovie, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02799746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pollution-adjusted productivity change in french suckler cow farms: The use of a generalized multiplicatively complete färe-primont index</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Hervé Dakpo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Jeanneaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Latruffe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Journées de recherches en sciences sociales (JRSS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UMR Laboratoire d'Economie Forestière (0356).; Société Française d'Economie Rurale (SFER). FRA.; Centre de Coopération Internationale en Recherche Agronomique pour le Développement (CIRAD). FRA., Dec 2015, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01511989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pollution-adjusted productivity change in French suckler cow farms: The use of a generalized multiplicatively complete Färe-Primont index</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Hervé Dakpo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Jeanneaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Latruffe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9èmes Journées de Recherches en Sciences Sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFER, INRA, CIRAD, 2015, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02277504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suckler beef systems in France: recent evolution, challenges and future prospects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Agabriel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Conference of the British Society of Animal Science (BSAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Chester, United Kingdom. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02792129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crop-livestock integration and diversification to enhance farming systems efficiency</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inès Sneessens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Lamadon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Brunschwig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">66. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Federation of Animal Science (EAAP). INT., Aug 2015, Varsovie, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02792995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de l'évolution de la productivité avec la méthode des comptes de surplus dans des exploitations agricoles spécialisées en bovin viande : la productivité s'essouffle et ne permet pas de maintenir les revenus face aux ciseaux des prix malgré les soutiens.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Natier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Boussemart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Journées de recherches en sciences sociales (JRSS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française d'Economie Rurale (SFER). FRA.; Centre de Coopération Internationale en Recherche Agronomique pour le Développement (CIRAD). FRA.; Institut National de la Recherche Agronomique (INRA). FRA.; Université de Lorraine (UL). FRA., Dec 2015, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02740024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les performances productives, environnementales et économiques des exploitations bovin viande vont de pair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Roulenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse et déterminants de l'évolution des performances d'élevages bovins et ovins allaitants en zones défavorisées de 1990 à 2012</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Laignel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Roulenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. Journées Sciences du Muscle et Technologies des Viandes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Clermont-Ferrand, France. 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02738720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augmentation de la productivité du travail et érosion de l'efficience globale des systèmes de production bovins allaitants Charolais entre 1990 et 2013</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Roulenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Troquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Paris, France. 422 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02741079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse et déterminants de l’évolution des performances d’élevages allaitants en zones défavorisées de 1990 a 2012</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Laignel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Roulenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. Journées Sciences du Muscle et Technologies des Viandes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National de la Recherche Agronomique (INRA). FRA., Nov 2014, Clermont-Ferrand, France. 204 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02738851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficience des systèmes de production bovins allaitants. Evolutions 1990-2013</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Roulenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Troquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Journées de Recherches en Sciences Sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UMR Economie Appliquée de Grenoble (1215)., Dec 2014, Grenoble, France. 16 diapos</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elevages biologique de bovins allaitants charolais. Analyse des résultats technico-économiques. Comparaison avec conventionnels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées filières Bio d'Auvergne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Puy-en Velay, France. n.p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02792946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variabilité des émissions de gaz à effet de serre, de la consommation d'énergie fossile et des résultats économiques en élevage bovin viande : analyse des résultats de 59 fermes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Roulenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. Journées Sciences du Muscle et Technologies des Viandes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National de la Recherche Agronomique (INRA). FRA., Nov 2014, Clermont-Ferrand, France. 204 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02738857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performances techniques, économiques et environnementales des systèmes bovins allaitant : distinguer &amp;quot;élevages&amp;quot;, &amp;quot;élevages utilisant des cultures&amp;quot; et &amp;quot;élevages plus cultures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Roulenc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les systèmes de polyculture-élevage dans les territoires. Agriculture de demain et enjeux d'aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Toulouse, France. pp.13-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02745808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse du fonctionnement et des performances des systèmes d'élevage bovins allaitants AB du Massif Central</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Belvèze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée départementale Bio : Production de viande bovine et ovine en agriculture biologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Jaligny-sur-Besbre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02804100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse du fonctionnement et des performances des systèmes d élevage agrobiologique du Massif Central. Résultats filière bovin viande</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Belvèze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22. Sommet de l'Elevage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de l'Elevage (IDELE). FRA., Oct 2013, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02803660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PAC, marchés, aléas : 23 ans d’évolution des structures, des systèmes de production et de l’économie d’exploitations d’élevage allaitant (bovins et ovins) en zones défavorisées. Et après ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Laignel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Roulenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Journées de Recherches en Sciences Sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française d'Economie Rurale (SFER). FRA., Dec 2013, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02746279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PAC, marchés, aléas : 23 ans d'évolution en exploitations d'élevage bovin et ovin allaitant en zones défavorisées. Et après ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Laignel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Roulenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de l'Elevage (IDELE). Paris, FRA., Dec 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02745128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Programme Transversal &amp;quot;Systèmes de ruminants écologiquement intensifs : de l'étude de verrous techniques à l'évaluation multicritère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Prache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminaire scientifique Unite Mixte de Recherches sur les Herbivores</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Saint-Genès-Champanelle, France. 15 diapos</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02802383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elevages bovins Charolais AB : produits et coûts de production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22. Sommet de l'Elevage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02802144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse transversale (multi-espèce) et pluriannuelle du fonctionnement et des performances des systèmes d’élevage agrobiologiques du Massif Central</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Tauriac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Belvèze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Patout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DinABio 2013. Colloque National sur les Recherches en Agriculture Biologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Technique de l'Agriculture Biologique (ITAB). FRA., Nov 2013, Tours, France. 252 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02747199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beef production in France: economic and environmental performances of suckler-cattle farms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">64. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Nantes, France. 665 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02745013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mieux valoriser la diversité des prairies de moyenne montagne : analyse et perspectives sur la base des travaux du projet PSDR Valprai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rapey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Baumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Caron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium PSDR. Les chemins du développement territorial</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Clermont-Ferrand, France. pp.17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment on nitrogen flows in livestock farming system in France. Main issues and options</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Peyraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Cellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Donnars</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rechauchère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frans Aarts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference Planet under pressure : New knowledge, towards solutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, London, United Kingdom. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01190254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les flux d'azote en élevage de ruminants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Louis Peyraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Cellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Donnars</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frans Aarts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Beline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19. Rencontres Recherches Ruminants (3R)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, Paris (FR), France. pp.41-48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00840613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse du fonctionnement et des performances des systèmes d'élevage agrobiologique du Massif Central</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sommet de l'Elevage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Clermont-Ferrand / Cournon d'Auvergne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02802655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of the enrichment of ruminant rations with omega 3 fatty acids on the environmental impacts of beef production systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi Tuyet Hanh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hayo van Der Werf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maguy Eugène</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Devun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Symposium on the Nutrition of Herbivores (ISNH8)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Aberystwyth, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02744601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une démarche prospective pour appréhender la dynamique agricole d'un petit territoire herbager de montagne dans les 5 prochaines années</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rapey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02744709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GHG emissions in French suckler cattle and meat sheep production systems: what variability and what factors to explain?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conseil scientifique URH. Les recherches sur les Gaz à Effet de serre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Theix, France. 13 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02803476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse transversale (multi-espèces) du fonctionnement et des performances des systèmes d'élevage agrobiologiques du Massif Central</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Boutry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Belveze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Patout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02745465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GHG emissions in French suckler cattle and meet sheep production systems: what variability and what factors to explain?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Research Alliance - groupe Livestock</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2011, Saint-Genes-Champanelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02803275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Which types of farms for managing mountain grasslands in the future? A prospective approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rapey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Grassland Federation Symposium 2011. Grassland farming and land management systems in mountainous regions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Raumberg-Gumpenstein, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02595692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’effet de l’enrichissement des rations en oméga 3 sur les impacts environnementaux des systèmes de production de viande bovine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi Tuyet Hanh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hayo van Der Werf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maguy Eugène</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Devun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02748770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intérêt des productions laitières sous cahier des charges AOP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Pomiès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Veissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres du Conseil régional d'Auvergne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Saint-Genès Champanelle, France. 10 diapos</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02802044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Added value from specific production schemes: PDO for traditional cheese animal welfare</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Veissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Visite des membres de la Commission des "Ressources naturelles" du Comité des Régions européennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Theix, France. pp.16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02802509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agriculture, élevage bovin viande et environnement : compatible ou pas ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence-débat Elevage bovin et environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, APVN., Oct 2010, Dompierre-les-Ormes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02813691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Livestock farms in mountainous grassland area: outlook '2015</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Roziere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Laignel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">61. Annual Meeting of the European Association for Animal Production(EAAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Heraklion, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02750727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une démarche de prospective agricole articulant les niveaux de l'exploitation et du territoire pour des exploitations et zones herbagères auvergnates (VALPRAI)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rapey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecole-chercheurs PSDR. Chemins de recherches partenariales et interdisciplinaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Carcans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01195346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Résultats technico-économiques des systèmes d'élevage Bio dans la Massif Central</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rendez-Vous 2010 du Pôle Bio</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02812379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élevage biologique de bovins allaitants charolais : analyse des résultats technico-économiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Assemblée générale des Eleveurs Bio de Bourgogne (EBB)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Autun, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02813453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élevage biologique de bovins allaitants Charolais : analyse des résultats technico-économiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Assemblée Générale de l'Union Bio</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Chambérat, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02812768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une démarche prospective pour appréhender la dynamique agricole d'un petit territoire herbager de montagne dans les cinq prochaines années</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rapey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18èmes journées 3R</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2010, Paris, France. 5 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00658719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are organic suckler cattle farming systems more sustainable than conventional systems? Productive, environmental and economic performances assessments: a model‐based study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. European IFSA Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02752421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation économique et environnementale des systèmes Charolais, le cas des GES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Rencontres INRA au Salon International de l'Agriculture 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02750828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prospective « 2015 » pour des élevages de ruminants en zones herbagères du Massif Central : quelles adaptations pour quels résultats ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Roziere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Laignel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02752718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VALPRAI: la diversité des PRAIries de moyennes montagnes, un atout à VALoriser pour le développement de ces territoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Baumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rapey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Caron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire acteurs-chercheurs PSDR Auvergne 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Gannat, France. pp.4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02593593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les conditions de production laitière dans les cahiers des charges des filières fromagères sous signe AOC et leurs conséquences dans les exploitations d’élevage des zones d’appellation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne A. Farruggia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Parguel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Hulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Reuillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Pomiès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de l'Association Française pour la Production Fourragère (AFPF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02754261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy consumption, greenhouse gas emissions and economic performances assessments in suckler cattle farms. Impacts of the conversion to Organic Farming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">60. Annual Meeting of the European Association for Animal Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2009, Barcelone, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02750783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consommations d’énergie non renouvelable, émissions de gaz à effet de serre et résultats économiques en élevage bovin allaitant. Impacts de la conversion à l’AB</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2009, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02756948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transmission des exploitations en élevage bovins allaitant : problématiques de la fin de carrière et leviers de réussite pour l’installation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Sarzeaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Broutard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Carteron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ingrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2008, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01195240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strategies for the end of suckler cow farmers'careers without known successor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Broutard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ingrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">59. Annual Meeting of EAAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2008, Vilnius, Lithuania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01195181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct marketing of beef in organic suckler cattle farms: economic results and impact on breeding system management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Limon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. ISOFAR Scientific Conference in the Frame of the 16. IFOAM Organic World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Modena, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01195216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">To adapt the stocking rate aiming at the feeding self-sufficiency : a way to secure the economic results for suckler cattle farms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">59. Annual Meeting of the EAAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2008, Vilnius, Lithuania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02751507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le modèle Dexi-SH* pour une évaluation multicritère de la durabilité agro-écologique des systèmes d'élevage laitier herbager</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Gerber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Laura Astigarraga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian C. Bockstaller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Fiorelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Hostiou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DinABio : Développement &amp; innovation en agriculture biologique. Colloque national</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01173133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Partenariats et passerelles entre la Recherche et le Développement en agriculture biologique dans le Massif Central</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Haegelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Louis Reuillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque sur les recherches en agriculture biologique "De l'étude des verrous techniques à la conception de modèles de développement"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02758007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Choice of a suckler cattle farming system: a decision support tool confronted with the farmer's beheviour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Bensaid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">58. Annual Meeting of the European Association for Animal Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les CTE en élevage allaitant du Massif Central : choix des mesures, impacts sur les systèmes de production et sur l’économie des exploitations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Vallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Laignel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. Rencontres Recherches Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2007, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02757937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agri-environmental measures, UE CAP and choice of a suckler cattle production system: a farm-scale modelling approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Methodologies on Integrated Analysis on Farm Production Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Catane, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La vente directe en élevage bovin viande : résultats économiques et conséquences sur la conduite technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Limon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. Rencontres Recherches Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2007, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01195160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La conduite de l'alimentation en élevage bovin allaitant : analyse des écarts entre pratiques et recommandations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Agabriel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Constant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. Rencontres Recherches Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2007, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01195142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farm meat marketing in cattle suckler breeding : Economic results and impacts on breeding system management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Limon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">58. Annual Meeting of the European Association for Animal Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Dublin, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01195141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Food self-sufficiency and farm economics in French organic suckler cattle farms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint Organic Congress : Organic farming and European rural development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2006, Odense, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02753806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolutions, scatters and determinants of the farm income in suckler cattle charolais farms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">57. Annual Meeting of the European Association for Animal Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Antalya, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02751034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolutions de 1978 à 2005 constatées sur 24 exploitations d'élevage bovin charolais dans la zone herbagère Nord Massif Central</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">. Ecole Nationale Vétérinaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Bovine Nantaise 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, Nantes, France. 4 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02812188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Animal and economic performances for large French suckler cattle herds : The case of Charolais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">57. Annual Meeting of the European Association for Animal Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Antalya, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02753295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PAC, prix et primes : quelles incidences sur les types de produits vendus en élevage bovin allaitant Charolais ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Rencontres Recherches Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2005, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02760176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PAC, prix et primes : quelles incidences sur les types de produits vendus en élevage bovin allaitant charolais ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Rencontres Recherches Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2005, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02761859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conversion of French suckler cattle farms to organic farming : adaptation of the system and its economic consequences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Scientific conference of the ISOAR and 15. IFOAM Organic world congress : Researching sustainable systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Adélaïde, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02760054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint production under uncertainty and multifunctionality of agriculture : policy considerations and applied analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petr Havlík</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence F. Jacquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Boisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">90. EAAE Seminar. Multifunctional agriculture, policies and markets: understanding the critical linkage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2004, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02759095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts de mesures agri-environnementales sur le choix du système de production en élevage Salers allaitants du nord Cantal : étude par modélisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Soulez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Garel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Rencontres Recherches Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2004, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02761049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolutions constatées depuis 25 ans en exploitations d'élevage bovin charolais dans la zone herbagère nord Massif central</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque SFER : Les systèmes de production agricole : performances, évolutions, perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2004, Lille, France. 10 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02830823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts possibles de la réforme de la PAC de juin 2003 et de ses différentes options d'application sur des exploitations d'élevages bovins allaitants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée du département ESR : La réforme de la Politique Agricole Commune de juin 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02828304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agri-environmental measures and choice of a suckler cattle production system : modelling of the Salers system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Soulez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Garel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">90. EAAE seminar : Multifunctional agriculture, policies and markets : understanding the critical linkage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2004, Rennes, France. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02828455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performances technico-économiques pour les grands troupeaux bovins allaitants : le cas du Charolais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Rencontres Recherches Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2004, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02760088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrating the constraints of organic farming into a model for optimising suckler cattle farming systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. International LFS symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2003, Benevento, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02759444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bilan et autonomie azotée à l'échelle de l'exploitation d'élevage bovin allaitant : adaptation des systèmes de production, conséquences économiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. Colloque 3R : Rencontres autour des recherches sur les ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2003, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02764083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conversion of mixed holdings (crop/suckler cattle) to organic farming : finding a balance between fodder and cash crops and economic consequences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. IFOAM Organic world congress : Cultivating communities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2002, Victoria, Canada. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02825810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conséquences de la crise bovine en 2001 sur les résultats économiques des exploitations d'élevage bovin allaitant charolais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Rencontres Recherches Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2002, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02763494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les conséquences de la crise bovine en 2001 sur les résultats économiques des exploitations d'élevage allaitant charolais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Journées des Sciences du muscle et technologies de la viande</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2002, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02827506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic milking systems : characterising the farms equipped with AMS, impact and economic simulations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Wallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Prugnard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence internationale : Physiological and technical aspects of machine milking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2001, Nitra, Slovakia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02760013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conversion des élevages bovins et ovins allaitants à l'Agriculture Biologique (AB) : adaptations des systèmes et incidences économiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Rencontres Recherches Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2001, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02759624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un outil d'aide à la décision dans le choix du système d'exploitation en élevage bovin allaitant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Hautcolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2000, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02769352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déterminants du revenu par travailleur des exploitations d'élevage bovin allaitant. Analyse en composantes principales à partir d'un échantillon de 64 exploitations charolaises du Nord Massif Central</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Gasqui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 1999, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02770600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elevage bovins allaitants Charolais : L’agrandissement un frein à la création de richesse ? 35 ans d’évolutions et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04843791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conférence, soirée débat à l'invitation de la Confédération Paysanne de l'Aveyron : Gains de productivité et évolution de la profitabilité des élevages bovins français sur trois décennies (1988-2018)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04843580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Table ronde au JT de 19h de France 3 Auvergne le 14 mars 2024 : PAC et élevage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04843086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interview JT de 19h France 3 Auvergne le 7 février 2024 : Economie des élevages bovins viande en Auvergne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04843038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Participation à un débat télévisé sur France 3 Auvergne Dimanche en Politique : La colère agricole Acte II</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04843615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interview par France Culture le 2 février 2023 : Où sont passées les Vaches du Massif central ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04842997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structures, pratiques et performances d’élevage bovins allaitants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04843774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structures, pratiques, productivité et profitabilité des élevages bovins allaitants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04843742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PRODUCTIVITE DES SYSTEMES BOVINS ALLAITANTS CHAROLAIS : Formation et répartition des gains de productivité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lherm M</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Natier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Boussemart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02792780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les résultats marquants du projet PSDR New-DEAL en 30 fiches illustrées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rapey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Cournut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Mugnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Vollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04968061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Focus Diversité de l'Elevage en Auvergne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rapey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Dumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Donato Andueza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Bigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02965527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Participation table ronde à l'AG de la Fédération Nationale Bovine le 6 février 2019 à Mende : Productivité et avenir de l'élevage bovin allaitant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04843057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversité de l’Elevage en Auvergne : un Levier de durabilité pour la transition agroécologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rapey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Donato Andueza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Bigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Chassaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02474542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élevage biologique de bovins allaitants Charolais: analyse des résultats technico-économiques 2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Troquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02790324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brèves 4 pages An 2 Projet PSDR New-DEAL. Diversité de l'élevage en Auvergne : un levier de durabilité pour la transition agroécologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rapey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Andueza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève G. Bigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Chassaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018, pp.4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02607332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversité de l’élevage en Auvergne : un levier de durabilité pour la transition agroécologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Andueza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Bigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bonhiver</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02474720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport final du projet PSDR Auvergne ValPrai. La diversité des prairies de moyenne montagne : un atout à valoriser pour le développement de ces territoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Baumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rapey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Caron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011, 32 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01195297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse approfondie PHAE en Auvergne par le cabinet EPICES (Evaluer les Politiques et Innover pour les Citoyens et les Espaces) dans le cadre de l'évaluation à mi-parcours du PDRH (Programme Développement Rural Hexagonal) pour le ministère de l'Agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02812779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport de présentation au séminaire régional PSDR Auvergne du Projet Valprai : la diversité des PRAIries de moyenne montagne, un atout à VALoriser pour le développement de ces territoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Baumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rapey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Caron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009, pp.4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02592370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structures, pratiques et performances d'élevages bovins allaitants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">École d'ingénieur. Lyon, France. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04843661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Productivité du travail et économie des exploitations bovines françaises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">École d'ingénieur. Lempdes (Clermont-Ferrand), France. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04843681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Economie des systèmes d'élevage herbagers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">École d'ingénieur. Lempdes (Clermont-Ferrand), France. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04843699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engraisser des Boeufs Bio à l'herbe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Troquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Licence. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02788722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structures et performances d'élevages bovins allaitants Charolais. PAC, marchés, aléas : 23 ans d’évolutions (1990-2013)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Ingénieurs Agro 3è année (Dépendance des exploitations aux aides PAC, conséquences sur l'orientation des systèmes et leur efficience), 2015, 50 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02796339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structures et performances d'élevages bovins allaitants Charolais. PAC, marchés, aléas : 23 ans d’évolutions (1990-2013)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Ingénieur spécialité agronomie (Module : enjeux économiques), 2014, 50 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02796383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elevage bovin viande et environnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Bouge ton self !, 2014, 36 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02801902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The sheep performances in a grassland-based system is improved when combined with beef cattle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Vazeille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Jury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Prache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Troquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">72nd Annual Meeting of the European Federation of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, DAVOS, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03580352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mixing sheep and cattle at farm lkevel: A solution tof face market and policy risks?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlène Verdier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Congress of the European Association of Agricultural Economists (EAAE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Parme, Italy. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01605158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance globale de systèmes mixtes de polyculture élevage : étude par modélisation des impacts directs et indirects de l’organisation cultures-élevage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inès Sneessens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Brunschwig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Lamadon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Rencontres Recherche Ruminants (3R)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Paris, France. Institut de l'Elevage - INRA, Rencontres autour des Recherches sur les Ruminants, 2016, Rencontres autour des Recherches sur les Ruminants</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01607641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Greenhouse gas emissions and fossil energy consumption in suckler beef production: variability and linkage to farm economics. 2-years longitudinal analysis of results from 59 farms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Roulenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Greenhouse Gases and Animal Agriculture Conference (GGAA 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Dublin, Ireland. Cambridge University Press, Advances in Animal Biosciences, 4 (2), 591 p., 2013, Proceedings of the 5th Greenhouse Gases and Animal Agriculture Conference (GGAA 2013). </w:t></w:r><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S2040470013000095⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autonomie alimentaire en élevages bovins et ovins biologiques du Massif Central : résultats, pratiques et perceptions par les éleveurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Beleveze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Patout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Reuillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Paris, France. </w:t></w:r><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Institut de l'Elevage - INRA</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, Rencontres autour des Recherches sur les Ruminants, 20, 2013, 20èmes Rencontres Recherches Ruminants</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02746884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elevage bovin allaitant biologique du Massif Central : analyse des résultats technico-économiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Becherel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Glouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">. Institut de L'Elevage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. Rencontres Recherches Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2006, France. 1 p., 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02816411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport scientifique de fin de projet PSDR new-DEAL « Diversité de l’Elevage en Auvergne : un Levier de durabilité pour la transition agroécologique »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rapey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Fleurance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Donato Andueza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Bigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] INRAE; VetAgroSup; IFCE. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03086053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hétérogénéité, déterminants et trajectoires du revenu des agriculteurs français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Piet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Hervé Dakpo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N Delame</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] INRAE, SMART-LERECO (coordination). 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02877320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note d’avancement annuel An1 PSDR new-DEAL. Diversité de l’élevage en Auvergne : un levier de durabilité pour la transition agroécologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rapey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Andueza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève G. Bigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Botreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2017, pp.13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Résultats techniques et économiques 2015 d'élevages charolais, évolution par rapport à 2013 et 2014</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Troquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Roulenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02800844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les flux d’azote liés aux élevages : réduire les pertes, rétablir les équilibres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Peyraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Cellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frans Aarts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Béline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian C. Bockstaller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Ministère de l'alimentation, de l'agriculture et de la pêche et Ministère de l'écologie, de l'énergie, du développement durable, des transports et du logement. 2012, 527 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01198315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les flux d’azote liés aux élevages : réduire les pertes, rétablir les équilibres. Synthèse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Peyraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Cellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Donnars</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rechauchère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frans Aarts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Ministère de l'alimentation, de l'agriculture et de la pêche et Ministère de l'écologie, de l'énergie, du développement durable, des transports et du logement. 2012, 73 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03146108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport final du projet PSDR Auvergne ValPrai. La diversité des prairies de moyenne montagne : un atout à valoriser pour le développement de ces territoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Baumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rapey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Caron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] irstea. 2011, pp.32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02596903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note d'avancement 2010 du projet PSDR Auvergne Valprai. La diversité des prairies de moyenne montagne : un atout à valoriser pour le développement de ces territoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Baumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rapey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Caron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] irstea. 2010, pp.17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02594191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation en 4 pages du projet PSDR Auvergne ValPrai. La diversité des prairies de moyenne montagne: un atout à valoriser pour le développement de ces territoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Baumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rapey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Caron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] irstea. 2010, pp.4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02596117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note d'avancement annuel projet PSDR-Valprai : la diversité des prairies de moyenne montagne, un atout à valoriser pour le développement de ces territoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Baumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rapey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Caron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] irstea. 2009, pp.14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02593591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gains de productivité et coûts de production dans les exploitations d'élevage bovin viande</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Cayla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Belard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2003, pp.75</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02581877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hétérogénéité, déterminants et trajectoires du revenu des agriculteurs français.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId649" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Piet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H Dakpo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Delame</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">100p, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03597033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réduire les pertes d'azote dans l'élevage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Peyraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Cellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Donnars</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise Vertès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frans Aarts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions Quae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 168 p., 2014, Matière à débattre et décider, 978-2-7592-2245-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (ouvrage de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01198252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptations des éleveurs de bovins allaitants charolais à la suite de la crise de l'ESB de 1996. Evolutions 1994-1997 d'un échantillon de 87 exploitations en Bourgogne, Limousin et Auvergne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Lienard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRA-ESR, 35 p., 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02835087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Converting suckler cattle farming systems to organic farming : a method to assess the productive, environmental and economic impacts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methods and procedures for building sustainable farming systems : Application in the European Context</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions Springer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 277 p., 2012, 978-94-007-5002-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02802457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques des éleveurs et recommandations des chercheurs : quels outils d’aide à la décision pour l’alimentation des bovins allaitants ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Agabriel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Constant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Dauphin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Concevoir et construire la décision : Démarches en agriculture, agroalimentaire et espace rural</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Quae, 2009, Update Sciences et Technologies, 978-2-7592-0365-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01195263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId659" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élevages ovin et bovin allaitants biologiques : concilier productivité et autonomie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transitions vers l'agriculture biologique - Pratiques et accompagnements pour des sytèmes innovants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Quae, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId659" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02815068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre de rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId660" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantification des flux d’azote à l’échelle de l’animal et des ateliers d’élevage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Dourmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Faverdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId661" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis J.-L. Fiorelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lescoat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Publié dans le Chapitre 5 (Résumé et synthèse de l'étude sont disponibles sur le site de l'institut ) </w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Ce rapport est disponible dans : Expertises Scientifiques Collectives. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre de rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId660" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02810808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logiciel (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId662" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Opt INRA_Mixte : création et validation d'un modèle mathématique (programmation linéaire) d'optimisation économique des systèmes mixtes à double troupeau bovins lait/bovins allaitant de montagne du Massif Central</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId662" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02811937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId663"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Patrick Veysset </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (101)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Managing trade-offs between economic, environmental, and animal welfare performance in French suckler cattle farms through feeding practices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Larissa Mysko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Veissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Joseph Minviel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 234, pp.104692. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agsy.2026.104692⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05535790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Viandes bovines Label Rouge : une réponse de l'interprofession face aux préoccupations environnementales et sociales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 100, pp.96-108. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2025-Vol100-art09⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05010344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Opinion paper: Applying agroecological principles allows assessing the multidimensionality of input-use efficiency in ruminant production systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hieu Nguyen-Ba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Ortigues Marty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Monteils</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gonzalo Cantalapiedra-Hijar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.101423. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.animal.2025.101423⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04882175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Label Rouge beef: an interprofessional response to environmental and social concerns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 100, pp.92-101. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2025-vol100-art09-GB⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05314449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le chantier « Agroécologie &amp; Marché » conduit par les groupes filières INRAE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Benoît Magrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bertagnoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Cadore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Caillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Carlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 100, pp.1-12. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2025-Vol100-art01⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05003464v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relations entre performance économique, performance environnementale, et bien-être animal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Larissa Mysko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Joseph Minviel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Veissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRAE Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 34 (4), </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.20870/productions-animales.2025.38.4.8323⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05474112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Opportunity costs of providing environmental services in mixed crop-livestock farming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Joseph Minviel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yawose Olivier Kudawoo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timo Sipiläinen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M’hand Fares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Environmental Planning and Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09640568.2025.2485973⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04236257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climatic hazard resilience assessment on livestock farms: Application to organic ruminant farms in the French Massif Central</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Célia Boivent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 222, pp.104150. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agsy.2024.104150⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04784558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross-sectional analysis of 28 agrifood value chain initiatives: Various innovation dynamics related to their commitment to agroecology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Benoît Magrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hadrien Lantremange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Saint-Ges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clementina Sebillotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Caillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 100, pp.115-128. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2025-vol100-art11-GB⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05314842v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse transversale de 28 démarches de filières agrialimentaires : des dynamiques d'innovation variables au travers de leur engagement dans l'agroécologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Benoît Magrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hadrien Lantremange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Saint-Ges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clementina Sebillotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Caillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 100, pp.123-137. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2025-Vol100-art11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05010133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adapting agricultural production systems to changes in the environmental, agricultural and social context, and the role of legumes in the agro-ecological transition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjorie Ubertosi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Brunschwig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Castel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Chapuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Goron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 86, pp.5-23. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2024-vol86-art02-GB⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04700850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Animal board invited review: Improving animal health and welfare in the transition of livestock farming systems: Towards social acceptability and sustainability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Belén Barrio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Boissy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergine Even</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 18 (3), pp.101100. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.animal.2024.101100⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04495275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Améliorer conjointement la santé et le bien-être des animaux dans la transition des systèmes d’élevage vers la durabilité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Belén Barrio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Boissy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergine Even</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRAE Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 37 (3), pp.8149. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.20870/productions-animales.2024.37.3.8149⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04820215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relevance of farm-scale indicators and tools for farmers to assess sustainability of their mixed crop-ruminant livestock systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernanda Figueiredo Granja Dorilêo Leite</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Faverin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Verónica Ciganda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Cristobal-Carballo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julio Cesar dos Reis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 950, pp.175218. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2024.175218⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04792684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Produire et mettre en marché des produits animaux issus de l’agriculture biologique : un moteur pour la transition vers l’agroécologie ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Nozières-Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuna Chiffoleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRAE Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 37 (2), pp.7631. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.20870/productions-animales.2024.37.2.7631⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04711526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to concurrently achieve economic, environmental, and animal welfare performances in French suckler cattle farms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Larissa Mysko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Joseph Minviel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Veissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 218, pp.103956. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agsy.2024.103956⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04628862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining beef cattle and sheep in an organic system. II. Benefits for economic and environmental performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Vazeille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Jury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Troquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 17 (4), pp.100759. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.animal.2023.100759⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04056589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Productivity gains, evolution of productive performances, and profitability of organic ruminant farms: farm size and feed self-sufficiency matter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edith Kouakou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Joseph Minviel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Organic Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 13 (2), pp.205-220. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13165-023-00422-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04036961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining beef cattle and sheep in an organic system. I. Co-benefits for promoting the production of grass-fed meat and strengthening self-sufficiency</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Prache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Vazeille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weaam Chaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Sepchat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Priscilla Note</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 17 (4), pp.100758. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.animal.2023.100758⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04056667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation of short- and long-term floor and ceiling prices for manure in a crop and livestock farms exchange</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eglantine Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Brunschwig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renewable Agriculture and Food Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 38, pp.e21. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S1742170523000108⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04069770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring Rotational Grazing and Crossbreeding as Options for Beef Production to Reduce GHG Emissions and Feed-Food Competition through Farm-Level Bio-Economic Modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Mertens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lennart Kokemohr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Braun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Legein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 13 (6), pp.1020. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ani13061020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04069761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reducing energy consumption without compromising food security: the imperative that could transform agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Bockstaller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petros Chatzimpiros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Colnenne-David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Research Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 18 (8), pp.081001. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1748-9326/ace462⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04157081v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Life Cycle Sustainability Assessment of European beef production systems based on a farm-level optimization model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lennart Kokemohr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neus Escobar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Mertens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giacomo Pirlo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cleaner Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 379 (1), pp.134552. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jclepro.2022.134552⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03833437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation des systèmes de production agricole aux changements de contexte environnemental, agricole et social, et place des légumineuses dans la transition agroécologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjorie Ubertosi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Brunschwig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Castel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Chapuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-P Goron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 86, pp.419-437. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2022-vol86-art34⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03687097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Positive deviant strategies implemented by organic multi-species livestock farms in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Grillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Defne Ulukan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gun Bernes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Dumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 201, pp.103453. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agsy.2022.103453⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03723011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PSDR4 New-DEAL : La diversité des élevages d'herbivores : des clefs d'adaptation pour l'avenir</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rapey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Dumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Donato Andueza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Bigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 86, pp.205-217. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2022-vol86-art18⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03648619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PSDR4 POEETE -Réfléchir la polyculture élevage à l'échelle des territoires et des exploitations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Brunschwig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eglentine Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Goron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Chapuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 86, pp.219-230. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/ciag-2022-vol86-art19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03886944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compétitivité et emplois à la production dans les secteurs bovins français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Perrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Beguin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Moraine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRAE Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 33 (4), pp.261-282. </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.20870/productions-animales.2020.33.4.4609⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03196381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does mixing livestock farming enterprises improve farm and product sustainability?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Joseph Minviel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Agricultural Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.1 - 16. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/14735903.2021.1932150⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03252898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of the contribution of 16 European beef production systems to food security</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Jarousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Madrange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Balouzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëva Guillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 190, pp.103088. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agsy.2021.103088⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03143906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ecological network analysis to link interactions between system components and performances in multispecies livestock farms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucille Steinmetz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Dumont</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agronomy for Sustainable Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 41 (3), pp.1-16. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s13593-021-00696-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03256055v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hétérogénéité, déterminants et soutien du revenu des agriculteurs français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Piet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Delame</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Desjeux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Jeanneaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Notes et Etudes Socio-Economiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 49, pp.5-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03405184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Survey Data on European Organic Multi-Species Livestock Farms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Defne Ulukan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucille Steinmetz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Moerman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gun Bernes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Sustainable Food Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 5, </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fsufs.2021.685778⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03430934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are there economies of inputs in mixed crop-livestock farming systems? A cross-frontier approach applied to French dairy-grain farms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Joseph Minviel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 53 (20), pp.2275-2291. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00036846.2020.1856324⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03109012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesurer le revenu des exploitations agricoles françaises : analyse comparée sur 15 ans d’indicateurs issus du Rica et de la MSA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Piet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Delame</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Jeanneaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Laroche-Dupraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie rurale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 378, pp.37-56. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/economierurale.9402⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03516957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calcul des Unités Gros Bétails : proposition d’une méthode basée sur les besoins énergétiques pour affiner l'étude des systèmes d'élevage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRAE Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 34 (2), pp.139-160. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.20870/productions-animales.2021.34.2.4855⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03510521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gains de productivité et évolution de la profitabilité des élevages bovins français sur trois décennies (1988-2018)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanae Boukhriss</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie rurale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 378, pp.119-135. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/economierurale.9474⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03560000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploitations de polyculture-élevage bovin viande : plus grandes mais pas plus profitables que les exploitations d’élevage herbagères</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Charleuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers Agricultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 29, </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/cagri/2020015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02906253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Food efficiency of livestock in organic farming and competition with human nutrition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Madeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Mottet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Poyard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 79, pp.413-424. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15454/1yh2-af26⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03209673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre les atouts de la diversification des systèmes d’élevage herbivores du nord du Massif central.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Dumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Cournut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Mugnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Fleurance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRAE Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 33 (3), pp.173-188. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.20870/productions-animales.2020.33.3.4557⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generation and distribution of productivity gains in beef cattle farming: Who are the winners and losers between 1980 and 2015?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Natier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Boussemart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 13 (05), pp.1063-1073. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S1751731118002574⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02107423v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’efficience nette de conversion des aliments par les animaux d’élevage : une nouvelle approche pour évaluer la contribution de l’élevage à l’alimentation humaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Laisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Baumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léonie Dusart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gaudré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Rouillé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 31 (3), pp.269-288. </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.20870/productions-animales.2018.31.3.2355⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01995110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation et répartition des gains de productivité en élevage bovin viande. Qui sont les gagnants et les perdants sur les 35 dernières années ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Natier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Boussemart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 3-4/2019, pp.1-8. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22004/ag.econ.293992⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02628165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation du fonctionnement de systèmes de polyculture-élevage au niveau du territoire : approche par l’analyse de coûts de transactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eglantine Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hedi Ben Chedly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Pierret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Brunschwig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 72, pp.15-29. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15454/7B45V4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02297466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richesse créée, rémunération et transformations du travail en systèmes laitiers économes et autonomes en agriculture biologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Coquil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Franck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves J.-Y. Pailleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Fiorelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fourrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 235, pp.175-180</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02626052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversité des systèmes de production et des filières bovines en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Delaby</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 68, pp.129-150. </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15454/K8IUMD⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01905535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Three decades of productivity change in French beef production: a Färe-Primont index decomposition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Hervé Dakpo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Jeanneaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Latruffe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Australian Journal of Agricultural and Resource Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 62, pp.352-372. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1467-8489.12264⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01831439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation et répartition des gains de productivité en élevage bovin viande. Qui sont les gagnants et les perdants sur les 35 dernières années ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Natier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Boussemart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La revue française de la recherche en viandes et produits carnés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 34, pp.1-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02628264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yield gap analysis of feed-crop livestock systems: The case of grass-based beef production in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aart van Der Linden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon J. Oosting</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerrie W.J. van de Ven</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imke J.M. de Boer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 159, pp.21-31. </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agsy.2017.09.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02622762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aménités et impacts sur l’environnement des exploitations françaises élevant des bovins pour la viande</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Doreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Farruggia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 30 (2), pp.165-177</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01604305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation et répartition des gains de productivité en élevage bovin viande. Qui sont les gagnants et les perdants entre 1980 et 2015 ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Boussemart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Natier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie rurale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 361, pp.71-91. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/economierurale.5294⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02623223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mieux coupler cultures et élevage dans les exploitations d’herbivores conventionnelles et biologiques : une voie d’amélioration de leur durabilité ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Dieulot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daphné Durant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Guilbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Mischler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fourrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 231 (235), pp.235-245</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01637733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'élevage bio progresse en France. Quels enjeux pour les systèmes fourragers ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Niels Bize</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëlys Bouttes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Chauvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Diomard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fourrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 231, pp.239-276</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02617564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct and indirect impacts of crop–livestock organization on mixed crop–livestock systems sustainability: a model-based study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inès Sneessens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Lamadon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Brunschwig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 10 (11), pp.1911-1922. </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S1751731116000720⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02635951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Productivity and technical efficiency of suckler beef production systems: trends for the period 1990 to 2012</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Roulenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Troquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 9 (12), pp.2050-2059. </w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S1751731115002013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02641487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manques à produire et pertes alimentaires dans la filière viande bovine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Agabriel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 48, pp.241-260. </w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/893m-7j60⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02630837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse diachronique de l'efficience technique des systèmes de production bovin viande. Baisse de la productivité des facteurs variables sur 23 ans.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Roulenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Troquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie rurale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 349-350, pp.149-169</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02633643v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse et déterminants de l'évolution des performances d'élevages bovins et ovins allaitants en zones défavorisées de 1990 à 2012</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Laignel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Roulenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 27 (1), pp.49-64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02641670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Origin, quantities and fate of nitrogen flows associated with animal production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Dourmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Beline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lescoat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Faverdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Animal Biosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 5 (S1), pp.28-48. </w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S2040470014000272⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01198244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variability in greenhouse gas emissions, fossil energy consumption and farm economics in suckler beef production in 59 French farms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Roulenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 188, pp.180-191. </w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agee.2014.03.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02640042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une démarche associant experts de terrain et chercheurs pour simuler la dynamique agricole d’un territoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rapey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 13, p. 66 - p. 70. </w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14758/SET-REVUE.2014.13.11⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01058086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La polyculture-élevage bovin viande : un système durable de production de viande bovine ? Résultats à l’échelle de la ferme, questions et perspectives.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Roulenc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 39, pp.83-97. </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/d9sg-ky59⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02630674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mixed crop-livestock farming systems: a sustainable way to produce beef? Commercial farms results, questions and perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Roulenc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 8 (8), pp.1218-1228. </w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S1751731114000378⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02634826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nitrogen flows and livestock farming: lessons and perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Peyraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Cellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Aarts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Béline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Bockstaller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Animal Biosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 5 (S 1), pp.68-71. </w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S2040470014000314⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02600720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Productivité du travail en élevage bovin allaitant charolais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Roulenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La revue française de la recherche en viandes et produits carnés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02643458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les systèmes d’élevage agrobiologiques du Massif Central : évolution (2008-2011) et analyse transversale (trans-productions) des résultats technico-économiques et de leurs déterminants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Tauriac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Belvèze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Patout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 32, pp.317-331. </w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/5dbq-g270⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02645391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une démarche prospective pour appréhender la dynamique agricole d'un territoire de montagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rapey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Auvergne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 1-2 (602-603), pp.51-61</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02642333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valoriser la diversité des prairies auvergnates : principaux résultats du projet PSDR-Valprai.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Baumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rapey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Caron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Auvergne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Revue d'Auvergne, N° Special "Productions, gouvernance et ingénierie territoriales" (602-603), pp.21-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00979634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Productivité du travail et économie en élevages d’herbivores : définition des concepts, analyse et enjeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Charroin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Devienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Fromont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Palazon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 25 (2), pp.193-210</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02653097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valoriser la diversité des prairies auvergnates : principaux résultats du projet PSDR-Valprai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Baumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rapey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Caron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Auvergne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 1-2 (602-603), pp.21-38</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of type of ration and allocation methods on the environmental impacts of beef-production systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi Tuyet Hanh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hayo van Der Werf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maguy Eugène</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Devun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Livestock Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 145 (1-3), pp.239-251. </w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.livsci.2012.02.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01209098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Productive, environmental and economic performances assessments of organic and conventional suckler cattle farming systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Organic Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 1 (1), pp.1-16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02641798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fonctionnement et performances des systèmes d'élevage agrobiologiques du Massif Central</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zoom</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 6, pp.8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02642144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consommation d'énergie, gaz à effet de serre et élevage bovin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Montagne et Alpinisme</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, pp.2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02653840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy consumption, greenhouse gas emissions and economic performance assessments in French Charolais suckler cattle farms: Model-based analysis and forecasts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 103 (1), pp.41-50. </w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agsy.2009.08.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02665855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consommation d'énergie, émissions de gaz à effet de serre et bilan économique en élevage bovin allaitant charolais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zoom 26. Arboriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02653187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les systèmes herbagers confortés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Résussir Bovins Viande</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, n. p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02653499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environnement : question de bon sens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Exploitant Agricole de Saône et Loire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02653510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution et sensibilité aux aléas des résultats technico-économiques des exploitations de bovins allaitants selon les profils de production. Analyse d'un panel de 55 exploitations du bassin Charolais de 1987 à 2007</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Agabriel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 23 (1), pp.91-102</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02664756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les systèmes d'élevage en AB sont-ils durables ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alter Agri</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 97, p. 10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02653405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le modèle Dexi-SH* pour une évaluation multicritère de la durabilité agro-écologique des systèmes d’élevage bovins laitiers herbagers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Gerber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Astigarraga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian C. Bockstaller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Fiorelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Hostiou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 4, pp.249-252. </w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/c6ay-2v28⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01173148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elevage biologique de bovins allaitants dans le Massif Central : résultats technico-économiques et identifications des principaux verrous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Bécherel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 22 (3), pp.189-196</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02654506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">En filière fromagère AOP, les conditions de production dans les cahiers des charges et leurs conséquences pour les exploitations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne A. Farruggia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Parguel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Hulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Reuillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Pomiès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fourrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 199, pp.311-329</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02664176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consommations d’énergie et émissions de gaz à effet de serre en élevage bovin allaitant. Analyses et prospectives économiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Belvèze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean J. Devun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fourrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 199, pp.331-348</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02662986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elevage de bovins allaitants en agriculture biologique dans le Massif Central : analyse des résultats technico-économiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude GLOUTON</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier BÉBIN</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence BÉCHEREL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 4, pp.135-144. </w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/29vz-s677⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02664600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental good production in the optimum activities portfolio of a risk-averse farmer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petr Havlik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Enjolras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Boisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Jacquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Etudes en Agriculture et Environnement - Review of agricultural and environmental studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 86 (1), pp.9-33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01172862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental good production in the optimum activities portfolio of a risk averse-farmer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petr Havlik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffroy Enjolras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Boisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Jacquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'Etudes en Agriculture et Environnement - Review of agricultural and environmental studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 86, pp.9-33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01201167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incidences de la vente directe sur les élevages allaitants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Limon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travaux et Innovations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 139, pp.22-26</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01195156v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts de la sécheresse de 2003 sur les résultats technico-économiques en élevage bovin allaitant Charolais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fourrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 191, pp.311-322</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02653282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint production under uncertainty and multifunctionality of agriculture : policy considerations and applied analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petr Havlík</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Boisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence F. Jacquet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Review of Agricultural Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 32 (4), pp.489-515. </w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/erae/jbi027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02680361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolutions, dispersions et déterminants du revenu en élevage bovin allaitant charolais. Etude sur 15 ans (1989-2003) à partir d'un échantillon constant de 69 exploitations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1999</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 18 (4), pp.265-275</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00489829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolutions, dispersions et déterminants du revenu en élevage bovin allaitant charolais. Etude sur 15 ans (1989-2003) à partir d'un échantillon constant de 69 exploitations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1999</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 18 (4), pp.265-275</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00490696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation to Agenda 2000 (CAP reform) and optimisation of the farming system of French suckler cattle farms in the Charolais area: a model-based study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 83 (2), pp.179-202. </w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agsy.2004.03.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00489674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolutions, dispersions et déterminants du revenu en élevage bovin allaitant charolais. Etude sur 15 ans (1989-2003) à partir d'un échantillon constant de 69 exploitations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 18 (4), pp.265-275</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02682351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolutions, dispersions et déterminants du revenu en élevage bovin allaitant charolais. Etude sur 15 ans (1989-2003) à partir d'un échantillon constant de 69 exploitations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1999</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 18 (4), pp.265-275</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00490275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts possibles de la réforme de la PAC de juin 2003 et de ses différentes options d'application sur des exploitations d'élevages bovins allaitants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRA sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 4-5/3, pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02675444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conversion of cattle and sheep suckler farming to organic farming : adaptation of the farming system and its economic consequences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Livestock Production Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 80 (1-2), pp.141-152</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02669793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les conséquences de la crise bovine en 2001 sur les résultats économiques des exploitations d'élevage allaitant charolais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La revue française de la recherche en viandes et produits carnés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, hs, pp.39-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02670865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le robot de traite : pour qui ? pourquoi ? Caractérisation des exploitations équipées, simulations économiques et éléments de réflexion avant investissement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Wallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Prugnard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 14 (1), pp.51-61</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02669529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modes de récolte des fourrages et systèmes d'élevage. L'exemple des exploitations de la zone Charolaise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Lienard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 11 (5), pp.388-395</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02698275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution des systèmes de récolte et d'élevage en exploitations herbagères de bovins allaitants. Cas du Charolais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Lienard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fourrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 155, pp.305-317</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02686276v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VAACHERIN Vulnérabilité, Adaptation, Atténuation face au CHangement climatique de l’Elevage de Ruminants et de porcINs. Indicateurs agro-climatiques à l’horizon 2050</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne de La Foye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Même</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05459977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vulnérabilité, Adaptation, Atténuation face au CHangement climatique de l'Elevage de Ruminants et de porcINs ; Scénarios d’évolution du cadre socio-économique de l’agriculture à l’horizon 2050</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Montagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maguy Eugène</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Larroque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05023056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Description of beef production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jimmy Balouzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Vaudaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Madrange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaelle Botreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Braun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05274188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vulnérabilité, Adaptation, Atténuation face au CHangement climatique de l'Elevage de Ruminants et de porcINs : Scénarios et projections climatiques à l’horizon 2050</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne de La Foye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05023035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quels besoins de recherche pour améliorer conjointement la santé et le bien-être des animaux dans la transition agroécologique de l’élevage ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Belén Barrio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Boissy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergine Even</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04586551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesurer le revenu des exploitations agricoles françaises : Analyse comparée sur 15 ans d'indicateurs issus du Rica et de la MSA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Piet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Delame</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Jeanneaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Laroche-Dupraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03276776v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compétitivité et emplois à la production dans les secteurs bovins français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Perrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Beguin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Moraine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03151255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multicriteria Evaluation Tree Task 2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maëva Guiller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Madrange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Botreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05274198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Methodological guide Implementation of co-definition and evaluation of sustainable farming systems Deliverable 4.5</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Legein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Melchior</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Mertens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Hennart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lennart Kokemohr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05274224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (142)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the vulnerability of French livestock production to climate and socio-economic change</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Coré--Brazier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesco Accatino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">76th EAAP Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EAAP - European Federation of Animal Science, Sep 2025, Innsbruck, Austria. 31 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05266907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Productivité et profitabilité des exploitations bovines françaises face à l’abandon des quotas laitiers, à la décapitalisation bovine et à l’inflation : des ruptures par rapport aux décennies précédentes ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19èmes Journées de Recherches en Sciences Sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE, SFER, CIRAD, Dec 2025, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05490373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A method to assess the resilience of livestock farms to climatic hazards: application to organic ruminant farms in the Massif Central</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Célia Boivent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27. Rencontres autour des recherches sur les ruminants (3R 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de l'Elevage - INRAE, Dec 2024, Paris, France. pp.329-333</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04837126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farm animal health and welfare at the heart of agroecological livestock system priorities: proposed research questions to contribute to this objective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Belén Barrio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Boissy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergine Even</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">75. Annual Meeting of the European Federation of Animal Science (EAAP 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Federation of Animal Science (EAAP), Sep 2024, Firenze, Italy. pp.241</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04671284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-performance technico-économique, environnementale et en bien-être animal en élevage bovin allaitant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Larissa Mysko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Joseph Minviel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Veissier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27. Rencontres autour des recherches sur les ruminants (3R 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de l'élevage [IDELE] INRAE, Dec 2024, Paris, France. pp.176-179</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04775183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Productivité du travail et efficience productive des exploitations bovines françaises : l'agrandissement, un frein ou un accélérateur à la création de richesse ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les exploitations agricoles et les métiers en agriculture : Évolutions, transformations, perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFER, Jun 2024, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04647997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quels besoins de recherches pour améliorer conjointement la santé et le bien-être des animaux dans la transition agroécologique de l'élevage ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Ducrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belen Barrio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Boissy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergine Even</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27. Rencontres autour des recherches sur les ruminants (3R 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de l'élevage [IDELE]; INRAE, Dec 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05109093v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new concept for agro-ecological efficiency at different scales of ruminant production systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hieu Nguyen-Ba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Ferlay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">74. Annual Meeting of the European Federation of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE, Aug 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04192373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring crossbreeding to reduce GHG Emissions and feed-food competition in beef production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Mertens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lennart Kokemohr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Braun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Legein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Book of Abstracts of the 74. Annual Meeting of the European Federation of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE, Aug 2023, Lyon, France. pp.529</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04200758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resilence of ruminant organic systems to climatic hazards: a study model in French grassland area</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Célia Boivent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Book of Abstracts of the 74th Annual Meeting of the European Federation of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE, Aug 2023, Lyon, France. pp.721</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04200899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une évaluation de la résilience d’exploitations d’élevage face aux aléas climatiques : application à des élevages de ruminants bio du Massif central</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Célia Boivent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17èmes journées de recherche en sciences sociales INRAE, SFER, CIRAD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFER-INRAE-CIRAD, Dec 2023, Saclay, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04381410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining cattle and sheep in a grassland-based system: which effects for system multiperformance?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Prache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Vazeille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Sepchat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Priscilla Note</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">74. Annual Meeting of the European Federation of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE, Aug 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04192405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural equation modelling applied to multi-performance objectives in French suckler cattle farms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Larissa Billaudet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Veissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Joseph Minviel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Book of Abstracts of the 74. Annual Meeting of the European Federation of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE, Aug 2023, Lyon, France. pp.558</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04196937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthèse du chantier Agroécologie (AE) & Marché</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Benoît Magrini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Alaphilippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bertagnoli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Cadoré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Caillat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire de restitution du chantier « Agroécologie et Marché » des Groupes Filières d’INRAE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Paris, France. 51 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04068955v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gains de productivité d’élevages de ruminants en agriculture biologique : la taille et l’autonomie alimentaire des exploitations importent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Kouakou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Joseph Minviel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de l'Elevage - INRAE, Dec 2022, Paris, France. pp.351</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03899050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mixité d’espèces offre des clés d’adaptation pour accroître les performances économiques et environnementales de l’élevage bovin herbager</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Dumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Fleurance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le poly-élevage, une solution ? Journée MODEF Nouvelle-Aquitaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2022, Domps, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04771808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does integration promote sustainability in organic multi-species livestock farms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucille Steinmetz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Ulukan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bernes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Brock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">72nd Annual Meeting of the European Federation of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Davos, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03376530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A typology of European organic multi-species livestock farms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gun Bernes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Brock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IAHA preconference OWC, Rennes 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03580526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hétérogénéité, déterminants et trajectoires du revenu des agriculteurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Piet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Laroche-Dupraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Hervé Dakpo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Assemblée Générale du CGAAER (Conseil Général de l’Alimentation, de l’Agriculture et des Espaces Ruraux - CGAAER)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CGAAER - Conseil Général de l’Alimentation, de l’Agriculture et des Espaces Ruraux, Feb 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03210138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compétitivité et emplois à la production dans les secteurs bovins français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Perrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Beguin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Moraine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. Journée de Recherches en Sciences Sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFER; INRAE; CIRAD, Apr 2021, Clermont Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03206773v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les indicateurs de revenu dans les exploitations agricoles en France : analyse comparée des données RICA et MSA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Piet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Delame</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Jeanneaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Laroche-Dupraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comité des utilisateurs du Rica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RICA, Apr 2021, Webinaire, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03592198v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réfléchir aux multiples conséquences des choix stratégiques en Polyculture-Elevage Ce que révèle l’utilisation de la modélisation avec Orfee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Mondière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Brunschwig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'échanges PSDR4 Auvergne-Rhone-Alpes Accompagner la transition agroécologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2021, Virtual conference, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04732874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A refined method for calculating ruminant Livestock Units to improve farm performance analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">72nd Annual meeting European Federation of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, DAVOS, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03579355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les indicateurs de revenu dans les exploitations agricoles en France : une analyse comparée sur 15 ans entre les données du RICA et celles de la MSA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Piet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Jeanneaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Laroche-Dupraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Ridier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. Journées de Recherches en Sciences Sociales - JRSS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFER; INRAE; CIRAD, Apr 2021, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03206915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation des performances de jeunes bovins croisés finis à l'herbe dans deux systèmes d'élevage de montagne conduits en agriculture biologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Sepchat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Vazeille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Troquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Prache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Priscilla Note</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres Recherches Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03203322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Setting up an alfalfa hay production chain at a territory scale: determination of the price of interest for producers and buyers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thiery E</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Brunschwig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de l'Elevage; INRAE, Dec 2020, En ligne, France. pp.326-329</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03384792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation de la contribution de 16 systèmes d'élevage de production de viande bovine européens à la sécurité alimentaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Madrange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Jarousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Balouzat Jimmy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maeva Guillier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres Recherches Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03203779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation de la modélisation comme support de réflexion aux systèmes Polyculture élevage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aymeric Mondière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Brunschwig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium PSDR4 Transitions pour le développement des territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2020, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04732850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La diversification des systèmes d’élevage herbivores permet d’accroitre leur multi-performance et les adapte aux aléas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Dumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Cournut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Mugnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Fleurance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium PSDR4 Transitions pour le développement des territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, virtuel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03110681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La compétitivité et l'attractivité du secteur bovin en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Perrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Beguin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Moraine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25. Rencontres Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de l'élevage; INRAE, Dec 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03215899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agronomic and economic interest of straw-manure exchanges between crop and livestock farms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eglantine Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Brunschwig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">70. Annual meeting of the European Association for Animal Production (EAAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Gand, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02787563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mixed crop suckler cattle farming systems: economies of scale or economies of scope?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Charleuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">70. Annual meeting of the European Federation of Animal Science (EAAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Ghent, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02736333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation des performances des fermes d’herbivores mixtes comparativement aux fermes spécialisées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Joseph Minviel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlène Verdier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13emes journées de recherche en sciences sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02938165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organization of an alfalfa hay sector between cereal farms, livestock farms and a local cooperative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eglantine Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Brunschwig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">70. Annual meeting of the European Association for Animal Production (EAAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Gand, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02787562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional regression to model the link between livestock farms' performance and their size</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne de La Foye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. journées de recherche en sciences sociales INRAE, SFER, CIRAD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03136485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’efficience des exploitations d’élevage de ruminants en agriculture biologique du Massif Central : avantage aux spécialisés herbagers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Gautier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Grenier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02733904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Savoir caractériser les complémentarités entre cultures et élevage pour accompagner la reconception des systèmes de polyculture - élevage dans leurs transitions agroécologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Mischler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Tresch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Jousseins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Chambaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daphné Durant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24. Rencontres Recherches Ruminants (3R)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2018, Paris, France. pp.63</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02297505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation des intérêts agronomiques et économiques des échanges paille-fumier entre exploitations de grandes culture et d'élevage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eglantine Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Brunschwig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Journées de Recherches en Sciences Sociales (JRSS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02733595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The net contribution of ruminant production to the protein supply for humans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Laisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Baumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Madrange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27. General meeting of the European Grassland Federation (EGF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Cork, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01827929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interdisciplinary design of low-input grass-fed livestock systems: the example of the Salamix system experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Vazeille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Note</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Sepchat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Sallé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24. Rencontres autour des Recherches sur les Ruminants (3R 2018)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de l'Elevage; INRAE, Dec 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03941077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are labour productivity, specialisation and efficiency of livestock production systems compatible?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">69. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Dubrovnick, Croatia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02733579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruminants can produce more human-edible protein than they eat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Laisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Baumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Madrange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. International Symposium on the Nutrition of Herbivores (ISNH10)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02734517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation des intérêt agronomiques et économiques des échanges entre exploitations de grandes cultures et d'élevage : exemples des échanges paille-fumier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eglantine Thiery</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Brunschwig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire annuel projet POEETE programme PSDR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Fontaines, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02786292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structures et performances d’élevage bovins allaitants charolais. Pac, marchés, aléas : 26 ans d’évolutions (1990-2015)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AG syndicat de races Charolais et Limousines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, Obernai, France. 46 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02786433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yield gap analysis of beef production systems: the case of grass-based beef production in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. van Der Linden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S.J. Oosting</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G.W.J. van de Ven</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.K. van Ittersum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">68. Annual Meeting of the European Association for Animal Production (EAAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Tallinn, Estonia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02738042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generation and distribution of productivity gains in beef cattle farming over the last 36 years</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Boussemart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Natier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">68. Annual Meeting of the European Associationfor Animal Production (EAAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Tallinn, Estonia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02733512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are mixed cattle-sheep farms more sustainable than specialized farms under economic risks?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlène Verdier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">68. Annual Meeting of the European Associationfor Animal Production (EAAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Tallinn, Estonia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01608247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Productivité des systèmes bovins allaitants charolais : Formation et répartition des gains de productivité 1980-2015</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Natier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Boussemart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prospective Filière Viande Bovine Française » INTERBEV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Montreuil-sous-Bois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02784950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobiliser des bases de données de suivi d’élevage pour évaluer le niveau de couplage des exploitations : proposition méthodologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Dieulot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Mischler</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque RMT SpyCE Les polycultures-élevages: valoriser leurs atouts pour la transition agro-écologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RMT SPyCE.; AgroSup Dijon - Institut National Supérieur des Sciences Agronomiques, de l'Alimentation et de l'Environnement. FRA., Oct 2017, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02735854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance globale des systèmes de polyculture élevage : Impacts directs et indirects de l’organisation Culture-Elevage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inès Sneessens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Lamadon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Brunschwig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque « Les polycultures-élevages: valoriser leurs atouts pour la transition agro-écologique »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02736944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation des exploitations laitières de polyculture-élevage en Isère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Goron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud de Pomyers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Martel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Pierret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque RMT SpyCE Les polycultures-élevages: valoriser leurs atouts pour la transition agro-écologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RMT SPyCE, Oct 2017, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02297545v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Productivité des systèmes bovins allaitants charolais évolutions 1980-2014</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Assemblée Générale Institut du Charolais et Charolais Bourgogne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Charolles, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Table ronde : analyse économique de la crise des filières viandes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16. Journées Sciences du Muscle et Technologies des Viandes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02739321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mixité ovin-bovin : un atout pour faire face à la volatilité des prix et aux incertitudes institutionnelles? Simulations sur la période 1990-2015</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlène Verdier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire Eider-Métafort</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Aubière, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793366v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beef cattle farms in less-favoured areas: drivers of sustainability over the last 24 years. Implications for the futur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th Meeting of the FAO-CIHEAM Mountain Pastures Network</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Saragosse, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02739736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beef cattle farms in less-favoured areas. Multi-performances, drivers of sustainability over the last 25 years</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19. Meeting of the FAO‐CIHEAM Mountain Pastures sub‐network</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Zaragoza, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02742637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grassland production systems: combining animal species and crossbreeding to strengthen sustainability ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Prache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Vazeille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Dhour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">67. Annual meeting of the European Federation of Animal Science EAAP 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2016, Belfast, Ireland. 5 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02739555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Répartition des gains de productivité en élevage bovin viande. Qui sont les gagnants et les perdants sur les 35 dernières années ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Natier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Boussemart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16. Journées Sciences du Muscle et Technologies des Viandes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02742421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formation et répartition des gains de productivité en élevage bovin viande. Qui sont les gagnants et les perdants sur les 35 dernières années ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Natier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Boussemart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02739360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pollution-adjusted productivity change in French suckler cow farms: The use of a generalized multiplicatively complete Färe-Primont index</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Hervé Dakpo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Jeanneaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Latruffe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9èmes Journées de Recherches en Sciences Sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFER, INRA, CIRAD, 2015, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02277504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Productivity and efficiency of French suckler beef production systems: trends over the last 20 years</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Roulenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Troquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">66. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Federation of Animal Science (EAAP). INT., Aug 2015, Varsovie, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02799746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pollution-adjusted productivity change in french suckler cow farms: The use of a generalized multiplicatively complete färe-primont index</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Hervé Dakpo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Jeanneaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure Latruffe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Journées de recherches en sciences sociales (JRSS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UMR Laboratoire d'Economie Forestière (0356).; Société Française d'Economie Rurale (SFER). FRA.; Centre de Coopération Internationale en Recherche Agronomique pour le Développement (CIRAD). FRA., Dec 2015, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01511989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suckler beef systems in France: recent evolution, challenges and future prospects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Agabriel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Conference of the British Society of Animal Science (BSAS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2015, Chester, United Kingdom. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02792129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crop-livestock integration and diversification to enhance farming systems efficiency</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inès Sneessens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Lamadon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Brunschwig</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">66. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Federation of Animal Science (EAAP). INT., Aug 2015, Varsovie, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02792995v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de l'évolution de la productivité avec la méthode des comptes de surplus dans des exploitations agricoles spécialisées en bovin viande : la productivité s'essouffle et ne permet pas de maintenir les revenus face aux ciseaux des prix malgré les soutiens.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Natier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Boussemart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Journées de recherches en sciences sociales (JRSS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française d'Economie Rurale (SFER). FRA.; Centre de Coopération Internationale en Recherche Agronomique pour le Développement (CIRAD). FRA.; Institut National de la Recherche Agronomique (INRA). FRA.; Université de Lorraine (UL). FRA., Dec 2015, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02740024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les performances productives, environnementales et économiques des exploitations bovin viande vont de pair</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Roulenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse et déterminants de l'évolution des performances d'élevages bovins et ovins allaitants en zones défavorisées de 1990 à 2012</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Laignel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Roulenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. Journées Sciences du Muscle et Technologies des Viandes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2014, Clermont-Ferrand, France. 2 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02738720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augmentation de la productivité du travail et érosion de l'efficience globale des systèmes de production bovins allaitants Charolais entre 1990 et 2013</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Roulenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Troquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2014, Paris, France. 422 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02741079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse et déterminants de l’évolution des performances d’élevages allaitants en zones défavorisées de 1990 a 2012</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Laignel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Roulenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. Journées Sciences du Muscle et Technologies des Viandes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National de la Recherche Agronomique (INRA). FRA., Nov 2014, Clermont-Ferrand, France. 204 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02738851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficience des systèmes de production bovins allaitants. Evolutions 1990-2013</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Roulenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Troquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Journées de Recherches en Sciences Sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UMR Economie Appliquée de Grenoble (1215)., Dec 2014, Grenoble, France. 16 diapos</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elevages biologique de bovins allaitants charolais. Analyse des résultats technico-économiques. Comparaison avec conventionnels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées filières Bio d'Auvergne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2014, Puy-en Velay, France. n.p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02792946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variabilité des émissions de gaz à effet de serre, de la consommation d'énergie fossile et des résultats économiques en élevage bovin viande : analyse des résultats de 59 fermes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Roulenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. Journées Sciences du Muscle et Technologies des Viandes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National de la Recherche Agronomique (INRA). FRA., Nov 2014, Clermont-Ferrand, France. 204 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02738857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse du fonctionnement et des performances des systèmes d élevage agrobiologique du Massif Central. Résultats filière bovin viande</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Belvèze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22. Sommet de l'Elevage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de l'Elevage (IDELE). FRA., Oct 2013, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02803660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performances techniques, économiques et environnementales des systèmes bovins allaitant : distinguer &amp;quot;élevages&amp;quot;, &amp;quot;élevages utilisant des cultures&amp;quot; et &amp;quot;élevages plus cultures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Roulenc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les systèmes de polyculture-élevage dans les territoires. Agriculture de demain et enjeux d'aujourd'hui</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Toulouse, France. pp.13-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02745808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse du fonctionnement et des performances des systèmes d'élevage bovins allaitants AB du Massif Central</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Belvèze</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée départementale Bio : Production de viande bovine et ovine en agriculture biologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2013, Jaligny-sur-Besbre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02804100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PAC, marchés, aléas : 23 ans d’évolution des structures, des systèmes de production et de l’économie d’exploitations d’élevage allaitant (bovins et ovins) en zones défavorisées. Et après ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Laignel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Roulenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Journées de Recherches en Sciences Sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française d'Economie Rurale (SFER). FRA., Dec 2013, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02746279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PAC, marchés, aléas : 23 ans d'évolution en exploitations d'élevage bovin et ovin allaitant en zones défavorisées. Et après ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Laignel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Roulenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut de l'Elevage (IDELE). Paris, FRA., Dec 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02745128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Programme Transversal &amp;quot;Systèmes de ruminants écologiquement intensifs : de l'étude de verrous techniques à l'évaluation multicritère</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Prache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seminaire scientifique Unite Mixte de Recherches sur les Herbivores</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Saint-Genès-Champanelle, France. 15 diapos</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02802383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elevages bovins Charolais AB : produits et coûts de production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22. Sommet de l'Elevage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02802144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse transversale (multi-espèce) et pluriannuelle du fonctionnement et des performances des systèmes d’élevage agrobiologiques du Massif Central</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Tauriac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Belvèze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Patout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DinABio 2013. Colloque National sur les Recherches en Agriculture Biologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut Technique de l'Agriculture Biologique (ITAB). FRA., Nov 2013, Tours, France. 252 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02747199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beef production in France: economic and environmental performances of suckler-cattle farms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">64. Annual Meeting of the European Federation of Animal Science (EAAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Nantes, France. 665 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02745013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessment on nitrogen flows in livestock farming system in France. Main issues and options</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Peyraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Cellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Donnars</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rechauchère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frans Aarts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference Planet under pressure : New knowledge, towards solutions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, London, United Kingdom. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01190254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mieux valoriser la diversité des prairies de moyenne montagne : analyse et perspectives sur la base des travaux du projet PSDR Valprai</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rapey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Baumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Caron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium PSDR. Les chemins du développement territorial</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Clermont-Ferrand, France. pp.17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02597108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les flux d'azote en élevage de ruminants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Louis Peyraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Cellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Donnars</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frans Aarts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Beline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19. Rencontres Recherches Ruminants (3R)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2012, Paris (FR), France. pp.41-48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00840613v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GHG emissions in French suckler cattle and meet sheep production systems: what variability and what factors to explain?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Research Alliance - groupe Livestock</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2011, Saint-Genes-Champanelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02803275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une démarche prospective pour appréhender la dynamique agricole d'un petit territoire herbager de montagne dans les 5 prochaines années</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rapey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02744709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse transversale (multi-espèces) du fonctionnement et des performances des systèmes d'élevage agrobiologiques du Massif Central</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Boutry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Belveze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Patout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02745465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GHG emissions in French suckler cattle and meat sheep production systems: what variability and what factors to explain?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conseil scientifique URH. Les recherches sur les Gaz à Effet de serre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Theix, France. 13 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02803476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse du fonctionnement et des performances des systèmes d'élevage agrobiologique du Massif Central</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sommet de l'Elevage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Clermont-Ferrand / Cournon d'Auvergne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02802655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of the enrichment of ruminant rations with omega 3 fatty acids on the environmental impacts of beef production systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi Tuyet Hanh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hayo van Der Werf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maguy Eugène</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Devun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Symposium on the Nutrition of Herbivores (ISNH8)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, Aberystwyth, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02744601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Which types of farms for managing mountain grasslands in the future? A prospective approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rapey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Grassland Federation Symposium 2011. Grassland farming and land management systems in mountainous regions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2011, Raumberg-Gumpenstein, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02595692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’effet de l’enrichissement des rations en oméga 3 sur les impacts environnementaux des systèmes de production de viande bovine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi Tuyet Hanh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hayo van Der Werf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maguy Eugène</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Devun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02748770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intérêt des productions laitières sous cahier des charges AOP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Pomiès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Veissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres du Conseil régional d'Auvergne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Saint-Genès Champanelle, France. 10 diapos</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02802044v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Added value from specific production schemes: PDO for traditional cheese animal welfare</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Veissier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Visite des membres de la Commission des "Ressources naturelles" du Comité des Régions européennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Theix, France. pp.16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02802509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une démarche de prospective agricole articulant les niveaux de l'exploitation et du territoire pour des exploitations et zones herbagères auvergnates (VALPRAI)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rapey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecole-chercheurs PSDR. Chemins de recherches partenariales et interdisciplinaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Carcans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01195346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agriculture, élevage bovin viande et environnement : compatible ou pas ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence-débat Elevage bovin et environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, APVN., Oct 2010, Dompierre-les-Ormes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02813691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Livestock farms in mountainous grassland area: outlook '2015</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Roziere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Laignel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">61. Annual Meeting of the European Association for Animal Production(EAAP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2010, Heraklion, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02750727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élevage biologique de bovins allaitants charolais : analyse des résultats technico-économiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Assemblée générale des Eleveurs Bio de Bourgogne (EBB)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Autun, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02813453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élevage biologique de bovins allaitants Charolais : analyse des résultats technico-économiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Assemblée Générale de l'Union Bio</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2010, Chambérat, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02812768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Résultats technico-économiques des systèmes d'élevage Bio dans la Massif Central</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rendez-Vous 2010 du Pôle Bio</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02812379v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une démarche prospective pour appréhender la dynamique agricole d'un petit territoire herbager de montagne dans les cinq prochaines années</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rapey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18èmes journées 3R</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2010, Paris, France. 5 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00658719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are organic suckler cattle farming systems more sustainable than conventional systems? Productive, environmental and economic performances assessments: a model‐based study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. European IFSA Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02752421v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation économique et environnementale des systèmes Charolais, le cas des GES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Rencontres INRA au Salon International de l'Agriculture 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02750828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prospective « 2015 » pour des élevages de ruminants en zones herbagères du Massif Central : quelles adaptations pour quels résultats ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Roziere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Laignel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02752718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Energy consumption, greenhouse gas emissions and economic performances assessments in suckler cattle farms. Impacts of the conversion to Organic Farming</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">60. Annual Meeting of the European Association for Animal Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2009, Barcelone, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02750783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les conditions de production laitière dans les cahiers des charges des filières fromagères sous signe AOC et leurs conséquences dans les exploitations d’élevage des zones d’appellation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne A. Farruggia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Parguel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Hulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Reuillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Pomiès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de l'Association Française pour la Production Fourragère (AFPF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02754261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">VALPRAI: la diversité des PRAIries de moyennes montagnes, un atout à VALoriser pour le développement de ces territoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Baumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rapey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Caron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire acteurs-chercheurs PSDR Auvergne 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2009, Gannat, France. pp.4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02593593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consommations d’énergie non renouvelable, émissions de gaz à effet de serre et résultats économiques en élevage bovin allaitant. Impacts de la conversion à l’AB</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2009, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02756948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">To adapt the stocking rate aiming at the feeding self-sufficiency : a way to secure the economic results for suckler cattle farms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">59. Annual Meeting of the EAAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2008, Vilnius, Lithuania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02751507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strategies for the end of suckler cow farmers'careers without known successor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Broutard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ingrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">59. Annual Meeting of EAAP</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2008, Vilnius, Lithuania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01195181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct marketing of beef in organic suckler cattle farms: economic results and impact on breeding system management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Limon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. ISOFAR Scientific Conference in the Frame of the 16. IFOAM Organic World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Modena, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01195216v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transmission des exploitations en élevage bovins allaitant : problématiques de la fin de carrière et leviers de réussite pour l’installation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Sarzeaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Broutard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Carteron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ingrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2008, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01195240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le modèle Dexi-SH* pour une évaluation multicritère de la durabilité agro-écologique des systèmes d'élevage laitier herbager</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Gerber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Laura Astigarraga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian C. Bockstaller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Fiorelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Hostiou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DinABio : Développement &amp; innovation en agriculture biologique. Colloque national</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01173133v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Partenariats et passerelles entre la Recherche et le Développement en agriculture biologique dans le Massif Central</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Haegelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Louis Reuillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque sur les recherches en agriculture biologique "De l'étude des verrous techniques à la conception de modèles de développement"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2008, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02758007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La vente directe en élevage bovin viande : résultats économiques et conséquences sur la conduite technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Limon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. Rencontres Recherches Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2007, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01195160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Choice of a suckler cattle farming system: a decision support tool confronted with the farmer's beheviour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Bensaid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">58. Annual Meeting of the European Association for Animal Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les CTE en élevage allaitant du Massif Central : choix des mesures, impacts sur les systèmes de production et sur l’économie des exploitations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Vallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Laignel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. Rencontres Recherches Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2007, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02757937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agri-environmental measures, UE CAP and choice of a suckler cattle production system: a farm-scale modelling approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Methodologies on Integrated Analysis on Farm Production Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Catane, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La conduite de l'alimentation en élevage bovin allaitant : analyse des écarts entre pratiques et recommandations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Agabriel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Constant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. Rencontres Recherches Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2007, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01195142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farm meat marketing in cattle suckler breeding : Economic results and impacts on breeding system management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Limon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">58. Annual Meeting of the European Association for Animal Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2007, Dublin, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01195141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Food self-sufficiency and farm economics in French organic suckler cattle farms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint Organic Congress : Organic farming and European rural development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2006, Odense, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02753806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolutions, scatters and determinants of the farm income in suckler cattle charolais farms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">57. Annual Meeting of the European Association for Animal Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Antalya, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02751034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolutions de 1978 à 2005 constatées sur 24 exploitations d'élevage bovin charolais dans la zone herbagère Nord Massif Central</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">. Ecole Nationale Vétérinaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Bovine Nantaise 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2006, Nantes, France. 4 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02812188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Animal and economic performances for large French suckler cattle herds : The case of Charolais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">57. Annual Meeting of the European Association for Animal Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Antalya, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02753295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PAC, prix et primes : quelles incidences sur les types de produits vendus en élevage bovin allaitant charolais ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Rencontres Recherches Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2005, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02761859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PAC, prix et primes : quelles incidences sur les types de produits vendus en élevage bovin allaitant Charolais ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Rencontres Recherches Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2005, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02760176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conversion of French suckler cattle farms to organic farming : adaptation of the system and its economic consequences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1. Scientific conference of the ISOAR and 15. IFOAM Organic world congress : Researching sustainable systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Adélaïde, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02760054v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joint production under uncertainty and multifunctionality of agriculture : policy considerations and applied analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petr Havlík</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence F. Jacquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Boisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">90. EAAE Seminar. Multifunctional agriculture, policies and markets: understanding the critical linkage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2004, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02759095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts de mesures agri-environnementales sur le choix du système de production en élevage Salers allaitants du nord Cantal : étude par modélisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Soulez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Garel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Rencontres Recherches Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2004, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02761049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolutions constatées depuis 25 ans en exploitations d'élevage bovin charolais dans la zone herbagère nord Massif central</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque SFER : Les systèmes de production agricole : performances, évolutions, perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2004, Lille, France. 10 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02830823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts possibles de la réforme de la PAC de juin 2003 et de ses différentes options d'application sur des exploitations d'élevages bovins allaitants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée du département ESR : La réforme de la Politique Agricole Commune de juin 2003</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02828304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agri-environmental measures and choice of a suckler cattle production system : modelling of the Salers system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Soulez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Garel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">90. EAAE seminar : Multifunctional agriculture, policies and markets : understanding the critical linkage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2004, Rennes, France. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02828455v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performances technico-économiques pour les grands troupeaux bovins allaitants : le cas du Charolais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Rencontres Recherches Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2004, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02760088v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrating the constraints of organic farming into a model for optimising suckler cattle farming systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. International LFS symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2003, Benevento, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02759444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bilan et autonomie azotée à l'échelle de l'exploitation d'élevage bovin allaitant : adaptation des systèmes de production, conséquences économiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. Colloque 3R : Rencontres autour des recherches sur les ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2003, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02764083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conversion of mixed holdings (crop/suckler cattle) to organic farming : finding a balance between fodder and cash crops and economic consequences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. IFOAM Organic world congress : Cultivating communities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2002, Victoria, Canada. 1 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02825810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conséquences de la crise bovine en 2001 sur les résultats économiques des exploitations d'élevage bovin allaitant charolais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Rencontres Recherches Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2002, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02763494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les conséquences de la crise bovine en 2001 sur les résultats économiques des exploitations d'élevage allaitant charolais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Journées des Sciences du muscle et technologies de la viande</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2002, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02827506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conversion des élevages bovins et ovins allaitants à l'Agriculture Biologique (AB) : adaptations des systèmes et incidences économiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8. Rencontres Recherches Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2001, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02759624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic milking systems : characterising the farms equipped with AMS, impact and economic simulations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Wallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Prugnard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence internationale : Physiological and technical aspects of machine milking</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2001, Nitra, Slovakia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02760013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un outil d'aide à la décision dans le choix du système d'exploitation en élevage bovin allaitant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Hautcolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2000, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02769352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déterminants du revenu par travailleur des exploitations d'élevage bovin allaitant. Analyse en composantes principales à partir d'un échantillon de 64 exploitations charolaises du Nord Massif Central</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Gasqui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 1999, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02770600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conférence, soirée débat à l'invitation de la Confédération Paysanne de l'Aveyron : Gains de productivité et évolution de la profitabilité des élevages bovins français sur trois décennies (1988-2018)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04843580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elevage bovins allaitants Charolais : L’agrandissement un frein à la création de richesse ? 35 ans d’évolutions et perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04843791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Table ronde au JT de 19h de France 3 Auvergne le 14 mars 2024 : PAC et élevage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04843086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interview JT de 19h France 3 Auvergne le 7 février 2024 : Economie des élevages bovins viande en Auvergne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04843038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Participation à un débat télévisé sur France 3 Auvergne Dimanche en Politique : La colère agricole Acte II</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04843615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interview par France Culture le 2 février 2023 : Où sont passées les Vaches du Massif central ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04842997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structures, pratiques et performances d’élevage bovins allaitants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04843774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structures, pratiques, productivité et profitabilité des élevages bovins allaitants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04843742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les résultats marquants du projet PSDR New-DEAL en 30 fiches illustrées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rapey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Cournut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Mugnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Vollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04968061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Focus Diversité de l'Elevage en Auvergne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rapey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Dumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Donato Andueza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Bigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02965527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PRODUCTIVITE DES SYSTEMES BOVINS ALLAITANTS CHAROLAIS : Formation et répartition des gains de productivité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lherm M</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Natier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Boussemart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02792780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Participation table ronde à l'AG de la Fédération Nationale Bovine le 6 février 2019 à Mende : Productivité et avenir de l'élevage bovin allaitant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04843057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élevage biologique de bovins allaitants Charolais: analyse des résultats technico-économiques 2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Troquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02790324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversité de l’Elevage en Auvergne : un Levier de durabilité pour la transition agroécologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rapey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Donato Andueza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Bigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Chassaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02474542v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brèves 4 pages An 2 Projet PSDR New-DEAL. Diversité de l'élevage en Auvergne : un levier de durabilité pour la transition agroécologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rapey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Andueza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève G. Bigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Chassaing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018, pp.4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02607332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversité de l’élevage en Auvergne : un levier de durabilité pour la transition agroécologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Andueza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F Besson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Bigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bonhiver</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02474720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport final du projet PSDR Auvergne ValPrai. La diversité des prairies de moyenne montagne : un atout à valoriser pour le développement de ces territoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Baumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rapey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Caron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011, 32 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01195297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse approfondie PHAE en Auvergne par le cabinet EPICES (Evaluer les Politiques et Innover pour les Citoyens et les Espaces) dans le cadre de l'évaluation à mi-parcours du PDRH (Programme Développement Rural Hexagonal) pour le ministère de l'Agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02812779v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport de présentation au séminaire régional PSDR Auvergne du Projet Valprai : la diversité des PRAIries de moyenne montagne, un atout à VALoriser pour le développement de ces territoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Baumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rapey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Caron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2009, pp.4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02592370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structures, pratiques et performances d'élevages bovins allaitants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">École d'ingénieur. Lyon, France. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04843661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Productivité du travail et économie des exploitations bovines françaises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">École d'ingénieur. Lempdes (Clermont-Ferrand), France. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04843681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Economie des systèmes d'élevage herbagers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">École d'ingénieur. Lempdes (Clermont-Ferrand), France. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04843699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engraisser des Boeufs Bio à l'herbe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Troquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Licence. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02788722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structures et performances d'élevages bovins allaitants Charolais. PAC, marchés, aléas : 23 ans d’évolutions (1990-2013)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Ingénieurs Agro 3è année (Dépendance des exploitations aux aides PAC, conséquences sur l'orientation des systèmes et leur efficience), 2015, 50 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02796339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structures et performances d'élevages bovins allaitants Charolais. PAC, marchés, aléas : 23 ans d’évolutions (1990-2013)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Ingénieur spécialité agronomie (Module : enjeux économiques), 2014, 50 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02796383v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elevage bovin viande et environnement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Master. Bouge ton self !, 2014, 36 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02801902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The sheep performances in a grassland-based system is improved when combined with beef cattle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Vazeille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Jury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Prache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Troquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">72nd Annual Meeting of the European Federation of Animal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, DAVOS, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03580352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mixing sheep and cattle at farm lkevel: A solution tof face market and policy risks?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Mosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlène Verdier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. Congress of the European Association of Agricultural Economists (EAAE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Parme, Italy. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01605158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance globale de systèmes mixtes de polyculture élevage : étude par modélisation des impacts directs et indirects de l’organisation cultures-élevage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inès Sneessens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Brunschwig</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Lamadon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7. Rencontres Recherche Ruminants (3R)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2016, Paris, France. Institut de l'Elevage - INRA, Rencontres autour des Recherches sur les Ruminants, 2016, Rencontres autour des Recherches sur les Ruminants</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01607641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Greenhouse gas emissions and fossil energy consumption in suckler beef production: variability and linkage to farm economics. 2-years longitudinal analysis of results from 59 farms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Roulenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5. Greenhouse Gases and Animal Agriculture Conference (GGAA 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, Dublin, Ireland. Cambridge University Press, Advances in Animal Biosciences, 4 (2), 591 p., 2013, Proceedings of the 5th Greenhouse Gases and Animal Agriculture Conference (GGAA 2013). </w:t></w:r><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S2040470013000095⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autonomie alimentaire en élevages bovins et ovins biologiques du Massif Central : résultats, pratiques et perceptions par les éleveurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Beleveze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Patout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Reuillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20. Rencontres autour des Recherches sur les Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2013, Paris, France. </w:t></w:r><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Institut de l'Elevage - INRA</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, Rencontres autour des Recherches sur les Ruminants, 20, 2013, 20èmes Rencontres Recherches Ruminants</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02746884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elevage bovin allaitant biologique du Massif Central : analyse des résultats technico-économiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Becherel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Glouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">. Institut de L'Elevage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. Rencontres Recherches Ruminants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2006, France. 1 p., 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02816411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hétérogénéité, déterminants et trajectoires du revenu des agriculteurs français.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Piet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H Dakpo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Delame</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">100p, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03597033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réduire les pertes d'azote dans l'élevage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Peyraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Cellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Donnars</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francoise Vertès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frans Aarts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions Quae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 168 p., 2014, Matière à débattre et décider, 978-2-7592-2245-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (ouvrage de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01198252v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptations des éleveurs de bovins allaitants charolais à la suite de la crise de l'ESB de 1996. Evolutions 1994-1997 d'un échantillon de 87 exploitations en Bourgogne, Limousin et Auvergne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Lienard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRA-ESR, 35 p., 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02835087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport scientifique de fin de projet PSDR new-DEAL « Diversité de l’Elevage en Auvergne : un Levier de durabilité pour la transition agroécologique »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rapey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Fleurance</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Donato Andueza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève Bigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] INRAE; VetAgroSup; IFCE. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03086053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hétérogénéité, déterminants et trajectoires du revenu des agriculteurs français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Piet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V Chatellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Hervé Dakpo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N Delame</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] INRAE, SMART-LERECO (coordination). 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02877320v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note d’avancement annuel An1 PSDR new-DEAL. Diversité de l’élevage en Auvergne : un levier de durabilité pour la transition agroécologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rapey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Andueza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geneviève G. Bigot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Botreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] irstea. 2017, pp.13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02606328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Résultats techniques et économiques 2015 d'élevages charolais, évolution par rapport à 2013 et 2014</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Troquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Roulenc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02800844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId649" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les flux d’azote liés aux élevages : réduire les pertes, rétablir les équilibres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Peyraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Cellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frans Aarts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Béline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian C. Bockstaller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Ministère de l'alimentation, de l'agriculture et de la pêche et Ministère de l'écologie, de l'énergie, du développement durable, des transports et du logement. 2012, 527 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId649" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01198315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les flux d’azote liés aux élevages : réduire les pertes, rétablir les équilibres. Synthèse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Peyraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Cellier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Donnars</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rechauchère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frans Aarts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[0] Ministère de l'alimentation, de l'agriculture et de la pêche et Ministère de l'écologie, de l'énergie, du développement durable, des transports et du logement. 2012, 73 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03146108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapport final du projet PSDR Auvergne ValPrai. La diversité des prairies de moyenne montagne : un atout à valoriser pour le développement de ces territoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Baumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rapey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Caron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] irstea. 2011, pp.32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02596903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note d'avancement 2010 du projet PSDR Auvergne Valprai. La diversité des prairies de moyenne montagne : un atout à valoriser pour le développement de ces territoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Baumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rapey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Caron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] irstea. 2010, pp.17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02594191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation en 4 pages du projet PSDR Auvergne ValPrai. La diversité des prairies de moyenne montagne: un atout à valoriser pour le développement de ces territoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Baumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rapey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Caron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] irstea. 2010, pp.4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02596117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note d'avancement annuel projet PSDR-Valprai : la diversité des prairies de moyenne montagne, un atout à valoriser pour le développement de ces territoires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Baumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rapey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Caron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] irstea. 2009, pp.14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02593591v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gains de productivité et coûts de production dans les exploitations d'élevage bovin viande</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Cayla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Belard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2003, pp.75</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02581877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre de rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantification des flux d’azote à l’échelle de l’animal et des ateliers d’élevage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Dourmad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Faverdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId659" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis J.-L. Fiorelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lescoat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Publié dans le Chapitre 5 (Résumé et synthèse de l'étude sont disponibles sur le site de l'institut ) </w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Ce rapport est disponible dans : Expertises Scientifiques Collectives. 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre de rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport d’expertise collective)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02810808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId660" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Converting suckler cattle farming systems to organic farming : a method to assess the productive, environmental and economic impacts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel M. Lherm</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Bébin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methods and procedures for building sustainable farming systems : Application in the European Context</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId661" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions Springer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 277 p., 2012, 978-94-007-5002-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId660" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02802457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId662" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pratiques des éleveurs et recommandations des chercheurs : quels outils d’aide à la décision pour l’alimentation des bovins allaitants ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Agabriel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Constant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Dauphin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Concevoir et construire la décision : Démarches en agriculture, agroalimentaire et espace rural</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Quae, 2009, Update Sciences et Technologies, 978-2-7592-0365-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId662" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01195263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId664" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élevages ovin et bovin allaitants biologiques : concilier productivité et autonomie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transitions vers l'agriculture biologique - Pratiques et accompagnements pour des sytèmes innovants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Editions Quae, 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02815068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logiciel (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId665" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Opt INRA_Mixte : création et validation d'un modèle mathématique (programmation linéaire) d'optimisation économique des systèmes mixtes à double troupeau bovins lait/bovins allaitant de montagne du Massif Central</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick P. Veysset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02811937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId666"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05459977v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne de La Foye" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise M&#234;me" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mosnier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Veysset" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05274188v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Balouzat" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Vaudaux" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Madrange" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphaelle Botreau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Braun" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05023035v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05023056v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Montagne" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maguy Eug&#232;ne" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Larroque" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04586551v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ducrot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Bel&#233;n Barrio" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Boissy" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Charrier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergine Even" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03151255v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chatellier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Perrot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Beguin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Moraine" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03276776v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Piet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Delame" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jeanneaux" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Laroche-Dupraz" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05274198v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Guiller" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Botreau" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05274224v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Legein" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Melchior" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mertens" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Hennart" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lennart Kokemohr" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05003464v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Beno&#238;t Magrini" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bertagnoli" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Cadore" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Caillat" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Carlin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2025-Vol100-art01" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05474112v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larissa Mysko" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Joseph Minviel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Veissier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2025.38.4.8323" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05314449v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2025-vol100-art09-GB" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04882175v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hieu Nguyen-Ba" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ortigues Marty" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Monteils" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonzalo Cantalapiedra-Hijar" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2025.101423" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05010344v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2025-Vol100-art09" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04236257v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yawose Olivier Kudawoo" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timo Sipil&#228;inen" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#8217;hand Fares" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick P. Veysset" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09640568.2025.2485973" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04784558v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Boivent" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2024.104150" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05010133v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien Lantremange" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Saint-Ges" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clementina Sebillotte" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2025-Vol100-art11" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05314842v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2025-vol100-art11-GB" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04700850v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Ubertosi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Brunschwig" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Castel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Chapuis" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Goron" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2024-vol86-art02-GB" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04495275v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2024.101100" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04820215v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2024.37.3.8149" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04792684v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda Figueiredo Granja Doril&#234;o Leite" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Faverin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ver&#243;nica Ciganda" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Cristobal-Carballo" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Cesar dos Reis" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.175218" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04711526v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Nozi&#232;res-Petit" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuna Chiffoleau" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2024.37.2.7631" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04628862v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2024.103956" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04056667v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Prache" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Vazeille" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weaam Chaya" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Sepchat" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Note" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2023.100758" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04069770v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eglantine Thiery" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1742170523000108" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04056589v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Benoit" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Jury" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Troquier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2023.100759" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04036961v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Kouakou" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13165-023-00422-9" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04069761v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ani13061020" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04157081v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bockstaller" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petros Chatzimpiros" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Colnenne-David" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/ace462" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03687097v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chapuis" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P Goron" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol86-art34" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03833437v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neus Escobar" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Pirlo" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2022.134552" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03723011v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Grillot" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Defne Ulukan" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gun Bernes" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Dumont" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2022.103453" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03648619v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rapey" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donato Andueza" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Bigot" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Blanc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol86-art18" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03886944v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eglentine Thiery" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol86-art19" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03196381v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2020.33.4.4609" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03252898v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14735903.2021.1932150" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03143906v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jarousse" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Guillier" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2021.103088" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03256055v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Steinmetz" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-021-00696-x" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03405184v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Desjeux" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03430934v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Moerman" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Blanc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fsufs.2021.685778" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03109012v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00036846.2020.1856324" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03516957v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/economierurale.9402" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03510521v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2021.34.2.4855" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03560000v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanae Boukhriss" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/economierurale.9474" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02906253v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Charleuf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lherm" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cagri/2020015" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03209673v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Madeline" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Mottet" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Poyard" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1yh2-af26" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107609v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cournut" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Mugnier" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Fleurance" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2020.33.3.4557" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107423v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Veysset" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lherm" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Natier" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Boussemart" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731118002574" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995110v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Laisse" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Baumont" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onie Dusart" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Gaudr&#233;" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Rouill&#233;" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2018.31.3.2355" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628165v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Natier" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22004/ag.econ.293992" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02297466v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedi Ben Chedly" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Pierret" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/7B45V4" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905535v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Delaby" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/K8IUMD" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626052v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Coquil" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Franck" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves J.-Y. Pailleux" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Fiorelli" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831439v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Herv&#233; Dakpo" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Latruffe" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1467-8489.12264" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628264v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622762v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aart van Der Linden" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon J. Oosting" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerrie W.J. van de Ven" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imke J.M. de Boer" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2017.09.006" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623223v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/economierurale.5294" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637733v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Martel" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Dieulot" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Durant" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Guilbert" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mischler" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604305v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Doreau" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Farruggia" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02617564v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels Bize" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lys Bouttes" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Chauvin" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Delmas" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Diomard" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635951v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Sneessens" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lamadon" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731116000720" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630837v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Agabriel" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/893m-7j60" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641487v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Lherm" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Roulenc" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier D. B&#233;bin" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731115002013" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633643v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640042v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2014.03.003" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B207C70F-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01058086v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2014.13.11" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630674v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/d9sg-ky59" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641670v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Laignel" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198244v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Dourmad" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Beline" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lescoat" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Faverdin" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S2040470014000272" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634826v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731114000378" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600720v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Peyraud" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cellier" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Aarts" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice B&#233;line" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S2040470014000314" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643458v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645391v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Tauriac" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Belv&#232;ze" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Patout" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/5dbq-g270" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-00979634v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ingrand" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Caron" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642333v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653097v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Charroin" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Devienne" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Fromont" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Palazon" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597105v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Caron" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209098v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Tuyet Hanh Nguyen" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayo van Der Werf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Devun" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2012.02.010" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641798v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642144v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653510v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665855v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2009.08.005" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8JNWS8J0-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653187v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653499v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653840v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664756v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173148v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Gerber" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Astigarraga" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian C. Bockstaller" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Fiorelli" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Hostiou" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/c6ay-2v28" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653405v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654506v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique B&#233;cherel" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664176v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne A. Farruggia" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Parguel" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Hulin" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Reuillon" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Pomi&#232;s" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662986v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean J. Devun" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664600v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude GLOUTON" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier B&#201;BIN" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence B&#201;CHEREL" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/29vz-s677" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201167v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Havlik" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Enjolras" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Boisson" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jacquet" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01172862v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195156v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Limon" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653282v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00489829v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680361v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Havl&#237;k" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence F. Jacquet" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/erae/jbi027" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/564CE994586B237D0EB2E2F0463EFCF7A3640140/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00490696v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00489674v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2004.03.006" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1X3F47NM-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682351v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00490275v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675444v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669793v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Benoit" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670865v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669529v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Wallet" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Prugnard" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686276v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lienard" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier B&#233;bin" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698275v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05266907v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Cor&#233;--Brazier" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Accatino" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04837126v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04671284v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109093v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belen Barrio" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04775183v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04647997v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04200899v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04200758v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mertens" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Braun" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Legein" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04192373v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ferlay" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04381410v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04192405v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04068955v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Alaphilippe" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Cador&#233;" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04196937v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larissa Billaudet" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03899050v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kouakou" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04771808v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Joly" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03580526v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Brock" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03376530v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ulukan" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bernes" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Brock" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03210138v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Herv&#233; Dakpo" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03206773v2" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03592198v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732874v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Mondi&#232;re" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579355v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03206915v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Ridier" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03203322v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03384792v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiery E" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03203779v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Balouzat Jimmy" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Guillier" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732850v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110681v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03215899v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736333v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02938165v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Verdier" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787563v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787562v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03136485v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Veysset" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827929v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Laisse" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03941077v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Note" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Sall&#233;" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733595v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02297505v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Tresch" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Jousseins" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Chambaut" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733904v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gautier" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Grenier" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734517v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733579v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786292v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786433v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733512v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608247v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738042v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. van Der Linden" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.J. Oosting" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.W.J. van de Ven" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.K. van Ittersum" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735854v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02784950v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736944v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02297545v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud de Pomyers" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739736v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742637v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739321v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793366v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793192v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739555v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dhour" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742421v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739360v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799746v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01511989v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277504v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792129v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792995v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740024v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743227v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738720v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741079v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738851v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793134v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792946v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738857v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745808v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804100v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803660v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746279v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745128v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802383v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802144v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747199v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745013v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597108v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Caron" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190254v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Peyraud" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cellier" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Donnars" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rechauch&#232;re" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frans Aarts" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00840613v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Peyraud" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802655v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744601v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744709v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803476v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745465v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Boutry" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Belveze" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Patout" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803275v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595692v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748770v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802044v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Martin" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802509v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813691v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750727v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Roziere" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195346v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812379v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813453v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812768v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00658719v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752421v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750828v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752718v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593593v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754261v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750783v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756948v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195240v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sarzeaud" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Broutard" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Carteron" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195181v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195216v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751507v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173133v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Laura Astigarraga" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758007v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Haegelin" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Reuillon" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755235v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Bensaid" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757937v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Vallier" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755256v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195160v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Limon" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195142v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Constant" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195141v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753806v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751034v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812188v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Ecole Nationale V&#233;t&#233;rinaire" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753295v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760176v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761859v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760054v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759095v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761049v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Soulez" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Petit" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Garel" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830823v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828304v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828455v1" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760088v1" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759444v1" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764083v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02825810v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763494v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827506v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760013v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759624v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769352v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Hautcolas" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770600v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gasqui" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04843791v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04843580v1" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04843086v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04843038v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04843615v1" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04842997v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04843774v1" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04843742v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792780v1" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lherm M" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Boussemart" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04968061v1" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bigot" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Vollet" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965527v1" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04843057v1" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02474542v1" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Chassaing" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790324v1" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607332v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Andueza" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve G. Bigot" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02474720v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F Besson" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bonhiver" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195297v1" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812779v1" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592370v1" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04843661v1" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04843681v1" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04843699v1" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788722v1" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796339v1" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796383v1" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801902v1" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03580352v1" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605158v1" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607641v1" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749652v1" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S2040470013000095" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746884v1" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Beleveze" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.journees3r.fr/spip.php?rubrique355" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816411v1" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Becherel" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Glouton" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Institut de L'Elevage" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03086053v1" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02877320v1" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Benoit" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Chatellier" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Delame" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606328v1" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800844v1" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198315v1" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146108v1" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596903v1" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594191v1" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596117v1" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593591v1" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02581877v1" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cayla" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Belard" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03597033v1" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Piet" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Dakpo" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198252v1" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Vert&#232;s" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r3898-reduire-les-pertes-d-azote-dans-l-elevage.html" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02835087v1" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802457v1" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://link.springer.com/book/10.1007/978-94-007-5003-6" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195263v1" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dauphin" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815068v1" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810808v1" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis J.-L. Fiorelli" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811937v1" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05535790v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larissa Mysko" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Mosnier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Veysset" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Veissier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Joseph Minviel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2026.104692" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05010344v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2025-Vol100-art09" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04882175v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hieu Nguyen-Ba" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ortigues Marty" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Monteils" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonzalo Cantalapiedra-Hijar" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2025.101423" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05314449v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2025-vol100-art09-GB" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05003464v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Beno&#238;t Magrini" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bertagnoli" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Cadore" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Caillat" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Carlin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2025-Vol100-art01" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05474112v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2025.38.4.8323" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04236257v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yawose Olivier Kudawoo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timo Sipil&#228;inen" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#8217;hand Fares" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick P. Veysset" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09640568.2025.2485973" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04784558v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Boivent" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2024.104150" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05314842v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien Lantremange" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Saint-Ges" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clementina Sebillotte" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2025-vol100-art11-GB" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05010133v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2025-Vol100-art11" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04700850v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Ubertosi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Brunschwig" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Castel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Chapuis" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Goron" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2024-vol86-art02-GB" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04495275v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ducrot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Bel&#233;n Barrio" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Boissy" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Charrier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergine Even" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2024.101100" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04820215v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2024.37.3.8149" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04792684v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda Figueiredo Granja Doril&#234;o Leite" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Faverin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ver&#243;nica Ciganda" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Cristobal-Carballo" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Cesar dos Reis" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.175218" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04711526v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Nozi&#232;res-Petit" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuna Chiffoleau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2024.37.2.7631" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04628862v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2024.103956" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04056589v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Benoit" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Vazeille" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Jury" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Troquier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2023.100759" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04036961v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Kouakou" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13165-023-00422-9" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04056667v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Prache" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weaam Chaya" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Sepchat" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Note" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.animal.2023.100758" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04069770v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eglantine Thiery" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1742170523000108" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04069761v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mertens" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lennart Kokemohr" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Braun" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Legein" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ani13061020" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04157081v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bockstaller" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petros Chatzimpiros" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Colnenne-David" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1748-9326/ace462" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03833437v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neus Escobar" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Pirlo" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2022.134552" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03687097v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chapuis" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P Goron" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol86-art34" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03723011v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Grillot" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Defne Ulukan" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gun Bernes" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Dumont" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2022.103453" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03648619v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rapey" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donato Andueza" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Bigot" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Blanc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol86-art18" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03886944v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eglentine Thiery" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2022-vol86-art19" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03196381v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chatellier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Perrot" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Beguin" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Moraine" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2020.33.4.4609" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03252898v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14735903.2021.1932150" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03143906v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jarousse" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Madrange" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Balouzat" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Guillier" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2021.103088" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03256055v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Steinmetz" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-021-00696-x" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03405184v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Piet" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Delame" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Desjeux" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Jeanneaux" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03430934v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Moerman" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Blanc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fsufs.2021.685778" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03109012v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00036846.2020.1856324" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03516957v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Laroche-Dupraz" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/economierurale.9402" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03510521v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2021.34.2.4855" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03560000v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanae Boukhriss" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/economierurale.9474" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02906253v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Charleuf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lherm" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cagri/2020015" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03209673v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Madeline" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Mottet" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Poyard" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1yh2-af26" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107609v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cournut" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Mugnier" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Fleurance" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2020.33.3.4557" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02107423v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Veysset" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lherm" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Natier" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Boussemart" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731118002574" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995110v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Laisse" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Baumont" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onie Dusart" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Gaudr&#233;" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Rouill&#233;" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2018.31.3.2355" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628165v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Natier" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22004/ag.econ.293992" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02297466v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedi Ben Chedly" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Pierret" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/7B45V4" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626052v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Coquil" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Franck" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves J.-Y. Pailleux" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Fiorelli" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905535v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Delaby" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/K8IUMD" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01831439v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Herv&#233; Dakpo" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Latruffe" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1467-8489.12264" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628264v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622762v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aart van Der Linden" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon J. Oosting" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerrie W.J. van de Ven" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imke J.M. de Boer" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2017.09.006" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604305v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Doreau" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Farruggia" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623223v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/economierurale.5294" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01637733v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Martel" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Dieulot" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Durant" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Guilbert" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mischler" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02617564v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niels Bize" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lys Bouttes" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Chauvin" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Delmas" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Diomard" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635951v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Sneessens" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lamadon" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731116000720" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641487v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Lherm" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Roulenc" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier D. B&#233;bin" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731115002013" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630837v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Agabriel" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/893m-7j60" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02633643v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641670v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Laignel" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198244v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Dourmad" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Beline" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lescoat" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Faverdin" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S2040470014000272" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640042v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2014.03.003" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B207C70F-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01058086v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2014.13.11" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630674v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/d9sg-ky59" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634826v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731114000378" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02600720v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Peyraud" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Cellier" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Aarts" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice B&#233;line" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S2040470014000314" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643458v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645391v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Tauriac" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Belv&#232;ze" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Patout" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/5dbq-g270" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642333v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-00979634v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ingrand" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Caron" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653097v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Charroin" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Devienne" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Fromont" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Palazon" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597105v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Caron" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209098v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Tuyet Hanh Nguyen" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayo van Der Werf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maguy Eug&#232;ne" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Devun" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2012.02.010" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641798v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02642144v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653840v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665855v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2009.08.005" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8JNWS8J0-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653187v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653499v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653510v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664756v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653405v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173148v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Gerber" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Astigarraga" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian C. Bockstaller" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Fiorelli" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Hostiou" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/c6ay-2v28" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654506v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique B&#233;cherel" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664176v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne A. Farruggia" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Parguel" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Hulin" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Reuillon" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Pomi&#232;s" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662986v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean J. Devun" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664600v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude GLOUTON" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier B&#201;BIN" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence B&#201;CHEREL" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/29vz-s677" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01172862v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Havlik" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Enjolras" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Boisson" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jacquet" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201167v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195156v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Limon" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653282v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680361v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petr Havl&#237;k" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence F. Jacquet" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/erae/jbi027" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/564CE994586B237D0EB2E2F0463EFCF7A3640140/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00489829v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00490696v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00489674v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2004.03.006" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1X3F47NM-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682351v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00490275v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675444v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669793v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Benoit" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670865v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669529v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Wallet" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Prugnard" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698275v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lienard" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier B&#233;bin" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02686276v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05459977v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne de La Foye" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise M&#234;me" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05023056v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Montagne" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Larroque" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05274188v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Vaudaux" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphaelle Botreau" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05023035v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04586551v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03276776v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03151255v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05274198v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;va Guiller" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Botreau" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05274224v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Melchior" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Hennart" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05266907v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Cor&#233;--Brazier" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Accatino" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05490373v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04837126v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04671284v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04775183v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04647997v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109093v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belen Barrio" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04192373v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ferlay" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04200758v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mertens" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Braun" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Legein" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04200899v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04381410v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04192405v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04196937v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larissa Billaudet" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04068955v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Alaphilippe" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Cador&#233;" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03899050v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Kouakou" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04771808v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Joly" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03376530v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ulukan" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bernes" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Brock" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03580526v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Brock" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03210138v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Herv&#233; Dakpo" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03206773v2" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03592198v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732874v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Mondi&#232;re" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03579355v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03206915v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Ridier" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03203322v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03384792v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiery E" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03203779v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Balouzat Jimmy" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Guillier" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732850v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110681v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03215899v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787563v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736333v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02938165v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Verdier" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787562v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03136485v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Veysset" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733904v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gautier" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Grenier" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02297505v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Tresch" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Jousseins" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Chambaut" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733595v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827929v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Laisse" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03941077v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Note" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Sall&#233;" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733579v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734517v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786292v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786433v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738042v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. van Der Linden" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.J. Oosting" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.W.J. van de Ven" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.K. van Ittersum" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733512v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608247v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02784950v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735854v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02736944v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02297545v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud de Pomyers" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793192v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739321v1" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793366v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739736v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742637v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739555v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dhour" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742421v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739360v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277504v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799746v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01511989v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792129v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792995v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740024v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743227v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738720v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741079v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738851v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793134v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792946v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02738857v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803660v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745808v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804100v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746279v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745128v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802383v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802144v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747199v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745013v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190254v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Peyraud" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cellier" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Donnars" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rechauch&#232;re" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frans Aarts" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597108v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Caron" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-rennes-angers.hal.science/hal-00840613v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Peyraud" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803275v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744709v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02745465v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Boutry" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Belveze" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Patout" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02803476v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802655v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744601v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02595692v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748770v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802044v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Martin" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802509v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195346v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813691v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750727v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Roziere" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02813453v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812768v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812379v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00658719v1" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752421v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750828v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752718v1" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750783v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754261v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593593v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756948v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751507v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195181v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Broutard" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195216v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195240v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sarzeaud" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Carteron" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173133v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Laura Astigarraga" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758007v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Haegelin" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Reuillon" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195160v1" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Limon" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755235v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Bensaid" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757937v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Vallier" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755256v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195142v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Constant" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195141v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753806v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751034v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812188v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Ecole Nationale V&#233;t&#233;rinaire" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753295v1" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761859v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760176v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760054v1" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759095v1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761049v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Soulez" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Petit" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Garel" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02830823v1" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828304v1" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828455v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760088v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759444v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764083v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02825810v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763494v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827506v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759624v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760013v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02769352v1" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Hautcolas" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770600v1" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gasqui" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04843580v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04843791v1" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04843086v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04843038v1" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04843615v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04842997v1" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04843774v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04843742v1" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-04968061v1" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bigot" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Vollet" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965527v1" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792780v1" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lherm M" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Boussemart" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04843057v1" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790324v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02474542v1" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Chassaing" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02607332v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Andueza" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve G. Bigot" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-02474720v1" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F Besson" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bonhiver" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195297v1" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812779v1" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02592370v1" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04843661v1" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04843681v1" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04843699v1" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788722v1" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796339v1" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796383v1" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801902v1" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03580352v1" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605158v1" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607641v1" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749652v1" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S2040470013000095" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746884v1" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Beleveze" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.journees3r.fr/spip.php?rubrique355" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02816411v1" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Becherel" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Glouton" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=. Institut de L'Elevage" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03597033v1" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Piet" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Dakpo" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198252v1" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Vert&#232;s" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r3898-reduire-les-pertes-d-azote-dans-l-elevage.html" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02835087v1" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03086053v1" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02877320v1" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Benoit" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Chatellier" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Delame" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606328v1" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800844v1" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01198315v1" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146108v1" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596903v1" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594191v1" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596117v1" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02593591v1" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02581877v1" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cayla" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Belard" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810808v1" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis J.-L. Fiorelli" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02802457v1" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://link.springer.com/book/10.1007/978-94-007-5003-6" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195263v1" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dauphin" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02815068v1" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811937v1" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>