--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -651,51 +651,51 @@
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oanez Ackermann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Lancet Regional Health - Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 50, </w:t>
+              <w:t xml:space="preserve">, 2025, 50, pp.101183. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.lanepe.2024.101183⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
@@ -836,364 +836,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04921891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N-Terminal Fragments of TDP-43—In Vitro Analysis and Implication in the Pathophysiology of Amyotrophic Lateral Sclerosis and Frontotemporal Lobar Degeneration</w:t>
+                <w:t xml:space="preserve">PET Study of Microglial Activation in Kleine-Levin Syndrome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anna Chami</w:t>
+                <w:t xml:space="preserve">Lucie Barateau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léa Bedja-Iacona</w:t>
+                <w:t xml:space="preserve">Anis Krache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Richard</w:t>
+                <w:t xml:space="preserve">Alexandre da Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Debora Lanznaster</w:t>
+                <w:t xml:space="preserve">Michel Lecendreux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylviane Marouillat</w:t>
+                <w:t xml:space="preserve">Sofiene Chenini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 15 (9), pp.1157. </w:t>
+              <w:t xml:space="preserve">Neurology Neuroimmunology &amp; Neuroinflammation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 11 (4), pp.e200263. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/genes15091157⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1212/NXI.0000000000200263⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04755409v1</w:t>
+                <w:t xml:space="preserve">hal-04615146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PET Study of Microglial Activation in Kleine-Levin Syndrome</w:t>
+                <w:t xml:space="preserve">N-Terminal Fragments of TDP-43—In Vitro Analysis and Implication in the Pathophysiology of Amyotrophic Lateral Sclerosis and Frontotemporal Lobar Degeneration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Barateau</w:t>
+                <w:t xml:space="preserve">Anna Chami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anis Krache</w:t>
+                <w:t xml:space="preserve">Léa Bedja-Iacona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre da Costa</w:t>
+                <w:t xml:space="preserve">Elodie Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Lecendreux</w:t>
+                <w:t xml:space="preserve">Debora Lanznaster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sofiene Chenini</w:t>
+                <w:t xml:space="preserve">Sylviane Marouillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurology Neuroimmunology &amp; Neuroinflammation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 11 (4), pp.e200263. </w:t>
+              <w:t xml:space="preserve">Genes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15 (9), pp.1157. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1212/NXI.0000000000200263⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/genes15091157⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04615146v1</w:t>
+                <w:t xml:space="preserve">hal-04755409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microglia Density and Its Association With Disease Duration, Severity, and Orexin Levels in Patients With Narcolepsy Type 1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Barateau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anis Krache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre da Costa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Lecendreux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Debs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1538,64 +1538,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shanez Haouari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian R Andres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Debora Lanznaster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylviane Marouillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Brulard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1672,51 +1672,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Alarcan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yara Al Ojaimi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Debora Lanznaster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Michel Escoffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2414,295 +2414,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03353407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Familial clustering of primary lateral sclerosis and amyotrophic lateral sclerosis: Supplementary evidence for a continuum</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marta Gromicho</w:t>
+                <w:t xml:space="preserve">Common and rare variant association analyses in amyotrophic lateral sclerosis identify 15 risk loci with distinct genetic architectures and neuron-specific biology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wouter van Rheenen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rick van der Spek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Bakker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joke van Vugt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Hop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Neurology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ene.14960⟩</w:t>
+              <w:t xml:space="preserve">Nature Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 53 (12), pp.1636-1648. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41588-021-00973-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03390641v1</w:t>
+                <w:t xml:space="preserve">hal-03939733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Common and rare variant association analyses in amyotrophic lateral sclerosis identify 15 risk loci with distinct genetic architectures and neuron-specific biology</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Paul Hop</w:t>
+                <w:t xml:space="preserve">Familial clustering of primary lateral sclerosis and amyotrophic lateral sclerosis: Supplementary evidence for a continuum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Corcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Lunetta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Couratier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Vourc’h</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Gromicho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 53 (12), pp.1636-1648. </w:t>
+              <w:t xml:space="preserve">European Journal of Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 28 (8), pp.2780-2783. </w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41588-021-00973-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/ene.14960⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03939733v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03390641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Primary Lateral Sclerosis: Clinical, radiological and molecular features</w:t>
               </w:r>
@@ -2861,51 +2861,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Camu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Brulard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylviane Marouillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Couratier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2950,295 +2950,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03369962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Targeting synaptic dysfunction using SINEUP ncRNA enhancer in neurodegenerative diseases</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Effect of SMN Gene Dosage on ALS Risk and Disease Severity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Moisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramona Zwamborn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kathia Zaleta-Rivera</w:t>
+                <w:t xml:space="preserve">Joke Vugt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stefano Espinoza</w:t>
+                <w:t xml:space="preserve">Rick Spek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roberto F. Delgadillo</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sylviane Marouillat</w:t>
+                <w:t xml:space="preserve">Wouter Rheenen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LE STUDIUM Multidisciplinary Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.34846/le-studium.214.02.fr.10-2021⟩</w:t>
+              <w:t xml:space="preserve">Annals of Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 89 (4), pp.686-697. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ana.26009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04198506v1</w:t>
+                <w:t xml:space="preserve">hal-03350820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Effect of SMN Gene Dosage on ALS Risk and Disease Severity</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ramona Zwamborn</w:t>
+                <w:t xml:space="preserve">Targeting synaptic dysfunction using SINEUP ncRNA enhancer in neurodegenerative diseases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kathia Zaleta-Rivera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joke Vugt</w:t>
+                <w:t xml:space="preserve">Stefano Espinoza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rick Spek</w:t>
+                <w:t xml:space="preserve">Roberto F. Delgadillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wouter Rheenen</w:t>
+                <w:t xml:space="preserve">Emmanuel Astoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylviane Marouillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Neurology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 89 (4), pp.686-697. </w:t>
+              <w:t xml:space="preserve">LE STUDIUM Multidisciplinary Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 5, pp.62-69. </w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ana.26009⟩</w:t>
+                <w:t xml:space="preserve">⟨10.34846/le-studium.214.02.fr.10-2021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03350820v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04198506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genes containing hexanucleotide repeats resembling C9ORF72 and expressed in the central nervous system are frequent in the human genome</w:t>
               </w:r>
@@ -3620,834 +3620,834 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02991948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advances in disease-modifying pharmacotherapies for the treatment of amyotrophic lateral sclerosis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The specific metabolome profiling of patients infected by SARS-COV-2 supports the key role of tryptophan-nicotinamide pathway and cytosine metabolism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Blasco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rudolf Hergesheimer</w:t>
+                <w:t xml:space="preserve">C Bessy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Débora Lanznaster</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Christian R Andres</w:t>
+                <w:t xml:space="preserve">L Plantier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Se Bakkouche</w:t>
+                <w:t xml:space="preserve">A Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Piver</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Expert Opinion on Pharmacotherapy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/14656566.2020.1746270⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (1), pp.16824. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-020-73966-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02869854v1</w:t>
+                <w:t xml:space="preserve">inserm-03412059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The specific metabolome profiling of patients infected by SARS-COV-2 supports the key role of tryptophan-nicotinamide pathway and cytosine metabolism</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Advances in disease-modifying pharmacotherapies for the treatment of amyotrophic lateral sclerosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L Plantier</w:t>
+                <w:t xml:space="preserve">Rudolf Hergesheimer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Lefevre</w:t>
+                <w:t xml:space="preserve">Débora Lanznaster</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Vourc’h</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian R Andres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E Piver</w:t>
+                <w:t xml:space="preserve">Se Bakkouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 10 (1), pp.16824. </w:t>
+              <w:t xml:space="preserve">Expert Opinion on Pharmacotherapy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 21 (9), pp.1103-1110. </w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-020-73966-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/14656566.2020.1746270⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-03412059v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02869854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LIMK2-1 is a Hominidae-Specific Isoform of LIMK2 Expressed in Central Nervous System and Associated with Intellectual Disability</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Metabo-lipidomics of Fibroblasts and Mitochondrial-Endoplasmic Reticulum Extracts from ALS Patients Shows Alterations in Purine, Pyrimidine, Energetic, and Phospholipid Metabolisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Veyrat-Durebex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Tastet</w:t>
+                <w:t xml:space="preserve">Céline Bris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Cuberos</w:t>
+                <w:t xml:space="preserve">Philippe Codron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Béatrice Vallée</w:t>
+                <w:t xml:space="preserve">Cinzia Bocca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annick Toutain</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Martine Raynaud</w:t>
+                <w:t xml:space="preserve">Stephanie Chupin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuroscience</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Molecular Neurobiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02067472v1</w:t>
+                <w:t xml:space="preserve">hal-02032108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabo-lipidomics of Fibroblasts and Mitochondrial-Endoplasmic Reticulum Extracts from ALS Patients Shows Alterations in Purine, Pyrimidine, Energetic, and Phospholipid Metabolisms</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Stephanie Chupin</w:t>
+                <w:t xml:space="preserve">Recombinant Intrabodies as Molecular Tools and Potential Therapeutics for Amyotrophic Lateral Sclerosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dênis Reis de Assis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Chami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rudolf Hergesheimer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Halewa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seyedeh Tayebeh Ahmad Pour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Neurobiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">LE STUDIUM Multidisciplinary Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp.1-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.34846/le-studium.173.02.fr.03-2019⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02032108v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03218538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The debated toxic role of aggregated TDP-43 in amyotrophic lateral sclerosis: a resolution in sight?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rudolf C Hergesheimer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna A Chami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Reis de Assis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Vourc’h</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Andres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Brain - A Journal of Neurology </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 142 (5), pp.1176-1194. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/brain/awz078⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02612470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recombinant Intrabodies as Molecular Tools and Potential Therapeutics for Amyotrophic Lateral Sclerosis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">LIMK2-1 is a Hominidae-Specific Isoform of LIMK2 Expressed in Central Nervous System and Associated with Intellectual Disability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Tastet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Cuberos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Vallée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dênis Reis de Assis</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Rudolf Hergesheimer</w:t>
+                <w:t xml:space="preserve">Annick Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Judith Halewa</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Seyedeh Tayebeh Ahmad Pour</w:t>
+                <w:t xml:space="preserve">Martine Raynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LE STUDIUM Multidisciplinary Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 399, pp.199-210. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuroscience.2018.12.017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.34846/le-studium.173.02.fr.03-2019⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03218538v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02067472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ferritin and LDL-cholesterol as biomarkers of fat-free mass loss in ALS</w:t>
               </w:r>
@@ -4580,51 +4580,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Relevancy of Data Regarding the Metabolism of Iron to Our Understanding of Deregulated Mechanisms in ALS; Hypotheses and Pitfalls</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Petillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rudolf Hergesheimer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Puy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4701,51 +4701,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Primary fibroblasts derived from sporadic amyotrophic lateral sclerosis patients do not show ALS cytological lesions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Codron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Cassereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4835,64 +4835,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LIMK2-1, a new isoform of human LIMK2, regulates actin cytoskeleton remodeling via a different signaling pathway than that of its two homologs, LIMK2a and LIMK2b</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Vallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Cuberos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Doudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5088,295 +5088,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02051961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changes in glomerular filtration rate and outcomes in patients with atrial fibrillation</w:t>
+                <w:t xml:space="preserve">Identification of metabolic pathway disturbances using multimodal metabolomics in autistic disorders in a Middle Eastern population</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Fauchier</w:t>
+                <w:t xml:space="preserve">Sylvie Mavel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Bisson</w:t>
+                <w:t xml:space="preserve">Tania Bitar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Emond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Clementy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Patrick Vourc’h</w:t>
+                <w:t xml:space="preserve">Lydie Nadal-Desbarats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Angoulvant</w:t>
+                <w:t xml:space="preserve">Antoine Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Heart Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 198, pp.39-45. </w:t>
+              <w:t xml:space="preserve">Journal of Pharmaceutical and Biomedical Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 152, pp.57 - 65. </w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ahj.2017.12.017⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jpba.2018.01.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03655485v1</w:t>
+                <w:t xml:space="preserve">hal-01826422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of metabolic pathway disturbances using multimodal metabolomics in autistic disorders in a Middle Eastern population</w:t>
+                <w:t xml:space="preserve">Changes in glomerular filtration rate and outcomes in patients with atrial fibrillation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Mavel</w:t>
+                <w:t xml:space="preserve">Laurent Fauchier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tania Bitar</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Patrick Emond</w:t>
+                <w:t xml:space="preserve">Arnaud Bisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lydie Nadal-Desbarats</w:t>
+                <w:t xml:space="preserve">Nicolas Clementy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Vourc’h</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Lefèvre</w:t>
+                <w:t xml:space="preserve">Denis Angoulvant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Pharmaceutical and Biomedical Analysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 152, pp.57 - 65. </w:t>
+              <w:t xml:space="preserve">American Heart Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 198, pp.39-45. </w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jpba.2018.01.007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ahj.2017.12.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01826422v1</w:t>
+                <w:t xml:space="preserve">hal-03655485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The combination of four analytical methods to explore skeletal muscle metabolomics: Better coverage of metabolic pathways or a marketing argument?</w:t>
               </w:r>
@@ -5401,51 +5401,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Patin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bocca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Nadal-Desbarats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Bonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5630,51 +5630,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Metabolic Disturbances of Motoneurons Exposed to Glutamate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Mavel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blandine Madji Hounoum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6008,295 +6008,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02025282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic correlation between amyotrophic lateral sclerosis and schizophrenia</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Margaret O’brien</w:t>
+                <w:t xml:space="preserve">Wildtype motoneurons, ALS‐Linked SOD1 mutation and glutamate profoundly modify astrocyte metabolism and lactate shuttling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blandine Madji Hounoum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Mavel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Coque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Patin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Vourc’h</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/ncomms14774⟩</w:t>
+              <w:t xml:space="preserve">Glia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 65 (4), pp.592 - 605. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/glia.23114⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04423266v1</w:t>
+                <w:t xml:space="preserve">hal-04767249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wildtype motoneurons, ALS‐Linked SOD1 mutation and glutamate profoundly modify astrocyte metabolism and lactate shuttling</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Patrick Vourc’h</w:t>
+                <w:t xml:space="preserve">Genetic correlation between amyotrophic lateral sclerosis and schizophrenia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Russell L Mclaughlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dick Schijven</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wouter van Rheenen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristel R van Eijk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaret O’brien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Glia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 65 (4), pp.592 - 605. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8 (1), pp.14774. </w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/glia.23114⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/ncomms14774⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04767249v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04423266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Omics to Explore Amyotrophic Lateral Sclerosis Evolution: the Central Role of Arginine and Proline Metabolism</w:t>
               </w:r>
@@ -6321,51 +6321,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Corcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Vourc’h</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Nadal-Desbarats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Baranek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6710,51 +6710,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Blasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Veyrat-Durebex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cinzia Bocca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Patin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6812,295 +6812,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02104331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome-wide association analyses identify new risk variants and the genetic architecture of amyotrophic lateral sclerosis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Wouter van Rheenen</w:t>
+                <w:t xml:space="preserve">NSC-34 Motor Neuron-Like Cells Are Unsuitable as Experimental Model for Glutamate-Mediated Excitotoxicity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blandine Madji Hounoum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Vourc’h</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aleksey Shatunov</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Frank Diekstra</w:t>
+                <w:t xml:space="preserve">Romain Felix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Corcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Patin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/ng.3622⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Cellular Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 10, pp.118. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fncel.2016.00118⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03939751v1</w:t>
+                <w:t xml:space="preserve">hal-04767258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NSC-34 Motor Neuron-Like Cells Are Unsuitable as Experimental Model for Glutamate-Mediated Excitotoxicity</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Patrick Vourc’h</w:t>
+                <w:t xml:space="preserve">Genome-wide association analyses identify new risk variants and the genetic architecture of amyotrophic lateral sclerosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wouter van Rheenen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksey Shatunov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annelot Dekker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Russell Mclaughlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Felix</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Franck Patin</w:t>
+                <w:t xml:space="preserve">Frank Diekstra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Cellular Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 10, pp.118. </w:t>
+              <w:t xml:space="preserve">Nature Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 48 (9), pp.1043-1048. </w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fncel.2016.00118⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/ng.3622⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04767258v1</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03939751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Panel of oxidative stress and inflammatory biomarkers in als: a pilot study</w:t>
               </w:r>
@@ -7214,342 +7214,342 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03776862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A common functional allele of the Nogo receptor gene, reticulon 4 receptor (RTN4R), is associated with sporadic amyotrophic lateral sclerosis in a French population</w:t>
+                <w:t xml:space="preserve">Deficits in Information Transfer between Hospital-Based and Primary-Care Physicians, the Case of Kidney Disease: A Cross-Sectional Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maïté Amy</w:t>
+                <w:t xml:space="preserve">Benedicte Sautenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oliver Staehlin</w:t>
+                <w:t xml:space="preserve">Agnès Caille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédérique René</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sylviane Marouillat</w:t>
+                <w:t xml:space="preserve">Bruno Giraudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Léger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Vourc’h</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Amyotrophic Lateral Sclerosis and Frontotemporal Degeneration</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Nephrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 28 (5), pp.563-570. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s40620-015-0175-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01985793v1</w:t>
+                <w:t xml:space="preserve">hal-03156122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deficits in Information Transfer between Hospital-Based and Primary-Care Physicians, the Case of Kidney Disease: A Cross-Sectional Study</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A common functional allele of the Nogo receptor gene, reticulon 4 receptor (RTN4R), is associated with sporadic amyotrophic lateral sclerosis in a French population</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Giraudeau</w:t>
+                <w:t xml:space="preserve">Maïté Amy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Léger</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Patrick Vourc’h</w:t>
+                <w:t xml:space="preserve">Oliver Staehlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique René</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Blasco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylviane Marouillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nephrology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Amyotrophic Lateral Sclerosis and Frontotemporal Degeneration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 16 (7-8), pp.490--496</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03156122v1</w:t>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01985793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mutation screening of the ubiquitin ligase gene RNF135 in French patients with autism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Tastet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Decalonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylviane Marouillat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Malvy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7894,77 +7894,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Prospective Study of Estimated Glomerular Filtration Rate and Outcomes in Patients With Atrial Fibrillation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amitava Banerjee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Fauchier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Vourc'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Andres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8015,64 +8015,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">1H-13C NMR-based urine metabolic profiling in autism spectrum disorders.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Mavel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Nadal-Desbarats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Blasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8143,350 +8143,350 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-00908985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xq27 FRAXA Locus is a Strong Candidate for Dyslexia: Evidence from a Genome-Wide Scan in French Families</w:t>
+                <w:t xml:space="preserve">Total protein level in cerebrospinal fluid is stable in elderly adults</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Huc-Chabrolle</w:t>
+                <w:t xml:space="preserve">Diane Dufour-Rainfray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Charon</w:t>
+                <w:t xml:space="preserve">Emilie Beaufils</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Vourc’h</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Guilmatre</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Patrick Vourc’h</w:t>
+                <w:t xml:space="preserve">Emilie Vierron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Tripi</w:t>
+                <w:t xml:space="preserve">Laurent Mereghetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Behavior Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 43 (2), pp.132-140. </w:t>
+              <w:t xml:space="preserve">Journal of the American Geriatrics Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 61 (10), pp.1819-1821. </w:t>
             </w:r>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10519-012-9575-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/jgs.12489⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-04608759v1</w:t>
+                <w:t xml:space="preserve">hal-02650316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Total protein level in cerebrospinal fluid is stable in elderly adults</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Xq27 FRAXA Locus is a Strong Candidate for Dyslexia: Evidence from a Genome-Wide Scan in French Families</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Beaufils</w:t>
+                <w:t xml:space="preserve">M. Huc-Chabrolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Charon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Guilmatre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Vourc’h</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId327" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Laurent Mereghetti</w:t>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Tripi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Geriatrics Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jgs.12489⟩</w:t>
+              <w:t xml:space="preserve">Behavior Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 43 (2), pp.132-140. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10519-012-9575-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId330" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02650316v1</w:t>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04608759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renal Impairment and Ischemic Stroke Risk Assessment in Patients With Atrial Fibrillation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amitava Banerjee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Fauchier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Vourc’h</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8576,77 +8576,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GC-MS-based urine metabolic profiling of autism spectrum disorders.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Emond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Mavel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nacima Aïdoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Nadal-Desbarats</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Montigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8831,90 +8831,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LIMK2d, a truncated isoform of Lim kinase 2 regulates neurite growth in absence of the LIM kinase domain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Tastet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Vourc’h</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Laumonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Vallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Michelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9964,51 +9964,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of the oligodendrocyte myelin glycoprotein (OMgp) on the expansion and neuronal differentiation of rat neural stem cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Andres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylviane Védrine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10123,51 +10123,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agathe Paubel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremy Violette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïté Amy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Praline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10270,51 +10270,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Petit-Teixeira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Pierre Müh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Andres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Bienvenu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10543,51 +10543,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LIM kinases are promising therapeutic targets: from the development of small molecule inhibitors targeting these kinases to preclinical validation on different mouse models.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Vallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rayan Berabez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10681,51 +10681,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular and functional characterization of LIMK2-1, a hominidae-specific isoform of LIMK2 associated with intellectual disability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Bénédetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Vallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Tastet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10912,333 +10912,333 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02904794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LIM kinases: new therapeutic targets to treat Neurofibromatosis type I</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId170" w:history="1">
+                <w:t xml:space="preserve">The three isoforms of human LIMK2 regulate actin cytoskeleton remodeling via different pathways</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Vallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Cuberos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Doudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Godin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId408" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Karen Plé</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Vourc’h</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 7th EMBO meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Mannheim, Germany. </w:t>
+              <w:t xml:space="preserve">EMBL Symposium, Actin in action: From Molecules to Cellular Functions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Heidelberg, Germany. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02453490v1</w:t>
+                <w:t xml:space="preserve">hal-02453489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId422" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The three isoforms of human LIMK2 regulate actin cytoskeleton remodeling via different pathways</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId170" w:history="1">
+                <w:t xml:space="preserve">LIM kinases: new therapeutic targets to treat Neurofibromatosis type I</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Vallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Doudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Godin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Patrick Vourc’h</w:t>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Champiré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karen Plé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMBL Symposium, Actin in action: From Molecules to Cellular Functions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Heidelberg, Germany. </w:t>
+              <w:t xml:space="preserve">The 7th EMBO meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Mannheim, Germany. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId422" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02453489v1</w:t>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02453490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LIMK2-1, a new primate-specific isoform of LIMK2, is associated with intellectual disability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Vallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Cuberos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Tastet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Doudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11476,77 +11476,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Routier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Bénédetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Vallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Plé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : WO2021239727 A1. AMV. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
@@ -11969,354 +11969,354 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02748238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of the oligodendrocyte myelin glycoprotein (OMgp) on the expansion and neuronal differentiation of rat neural stem cells</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Michelle Caroline</w:t>
+                <w:t xml:space="preserve">Expression des isoformes de LIM Kinase 2 pendant la neurogenèse et la stimulation des neurones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Tastet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Vourc'H</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Laumonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Michelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Duittoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9. Colloque de la Société des Neurosciences</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">22. Colloque Biotechnocentre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2009, Seillac, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId390" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02819790v1</w:t>
+                <w:t xml:space="preserve">hal-02753426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expression des isoformes de LIM Kinase 2 pendant la neurogenèse et la stimulation des neurones</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Anne Duittoz</w:t>
+                <w:t xml:space="preserve">Effect of the oligodendrocyte myelin glycoprotein (OMgp) on the expansion and neuronal differentiation of rat neural stem cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Andres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Védrine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tabagh Refaat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle Caroline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22. Colloque Biotechnocentre</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">9. Colloque de la Société des Neurosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Bordeaux, France. n.p., </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.brainres.2009.05.070⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId449" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02753426v1</w:t>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02819790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inhibition of neural precursor cell proliferation by the oligodendrocyte myelin glycoprotein (OMgp)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Vourc'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId444" w:history="1">
+            <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId446" w:history="1">
+            <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Védrine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Amy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12461,51 +12461,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="6708BACA"/>
+    <w:nsid w:val="D043FEFB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12692,51 +12692,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/patrick-vourch" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7960-8139" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008980v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibylle de Bertier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Lautrette" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Del-Mar Amador" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomoko Miki" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Boill&#233;e" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00415-025-13007-1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974610v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Ea" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Taulier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Contino-P&#233;pin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wladimir Urbach" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Desgranges" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36922/jctr.24.00061" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877256v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Veyrat-Durebex" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Osman" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yara Al Ojaimi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gosset" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Dupuy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21678421.2024.2433578" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988732v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Abadie" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldja Abderrahmane" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouarda Abdous" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Abel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oanez Ackermann" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lanepe.2024.101183" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921891v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Saez-Atienzar" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cleide dos Santos Souza" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Chia" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selina Beal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ileana Lorenzini" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.xgen.2024.100679" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755409v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Chami" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Bedja-Iacona" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Richard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debora Lanznaster" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Marouillat" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes15091157" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04615146v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Barateau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Krache" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre da Costa" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lecendreux" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiene Chenini" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/NXI.0000000000200263" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04561871v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Debs" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000209326" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767126v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Alarcan" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Bruno" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Emond" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Raoul" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Vourc&#8217;h" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nyas.15147" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04456548v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Corcia" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bernard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cassereau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Codron" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2023.05.005" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541653v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shanez Haouari" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian R Andres" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Brulard" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms24021268" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03723283v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Escoffre" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Corcia" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jpm12071071" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939759v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Al Khleifat" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfredo Iacoangeli" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joke van Vugt" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Bowles" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Moisse" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41525-021-00267-9" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03521270v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Lunetta" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Couratier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Gromicho" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ene.15134" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939741v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Hop" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramona Zwamborn" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eilis Hannon" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemma Shireby" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Nabais" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/scitranslmed.abj0264" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03332250v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2021.01.007" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03353407v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Muratet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Teyssou" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Chiot" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian S Lobsiger" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnnp-2020-325921" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03390641v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ene.14960" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939733v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wouter van Rheenen" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rick van der Spek" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Bakker" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41588-021-00973-1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03284185v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bede" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-F. Pradat" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lope" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Blasco" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2021.04.008" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03369962v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Camu" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Brulard" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnnp-2020-325064" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198506v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathia Zaleta-Rivera" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Espinoza" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto F. Delgadillo" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Astoul" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34846/le-studium.214.02.fr.10-2021" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03350820v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joke Vugt" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rick Spek" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wouter Rheenen" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ana.26009" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03493473v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Wurmser" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Mouzat" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Kassem" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2020.07.027" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03351418v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lumbroso" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cazeneuve" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Mouzat" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Camu" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2019.07.027" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02991948v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gijs H P Tazelaar" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Boeynaems" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias De Decker" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joke J F a Van Vugt" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindy Kool" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/braincomms/fcaa064" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02869854v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudolf Hergesheimer" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;bora Lanznaster" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Se Bakkouche" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14656566.2020.1746270" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03412059v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bessy" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Plantier" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Lefevre" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Piver" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-73966-5" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02067472v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Tastet" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Cuberos" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Vall&#233;e" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Toutain" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Raynaud" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2018.12.017" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T45PC1R5-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02032108v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bris" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Codron" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cinzia Bocca" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Chupin" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02612470v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudolf C Hergesheimer" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna A Chami" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Reis de Assis" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Andres" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awz078" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03218538v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#234;nis Reis de Assis" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Halewa" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seyedeh Tayebeh Ahmad Pour" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34846/le-studium.173.02.fr.03-2019" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02363239v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre J&#233;sus" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Patin" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Eddine Bakkouche" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Beltran" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21678421.2019.1597126" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351424v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Petillon" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Puy" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2018.01031" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01964500v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cassereau" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Vourc'H" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21678421.2018.1431787" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01966439v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Doudeau" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Godin" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gosset" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02051961v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Beltran" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2017.07.001" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655485v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Fauchier" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bisson" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Clementy" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Angoulvant" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ahj.2017.12.017" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01826422v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Mavel" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Bitar" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Nadal-Desbarats" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lef&#232;vre" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpba.2018.01.007" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01655608v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bruno" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Patin" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bocca" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bonnier" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpba.2017.10.013" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621329v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabel Maruani" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Durieux-Verde" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Mazereeuw-Hautier" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Boccara" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Martin" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2340/00015555-2835" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01826389v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Madji Hounoum" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Coque" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12035-018-0945-8" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02029592v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Dangoumau" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02025282v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Beltran" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423266v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Russell L Mclaughlin" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dick Schijven" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristel R van Eijk" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret O&#8217;brien" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms14774" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767249v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/glia.23114" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03534393v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Baranek" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12035-016-0078-x" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893586v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Vinceneux" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bruyere" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Haillot" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Charles" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre de La Taille" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pros.23383" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774095v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Besson" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Camdessanch&#233;" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Pautot" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ene.13257" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104331v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-17389-9" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939751v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksey Shatunov" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelot Dekker" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Russell Mclaughlin" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Diekstra" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ng.3622" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767258v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Felix" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fncel.2016.00118" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03776862v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Blasco" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Garcon" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Boyer" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/cjn.2016.284" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985793v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Amy" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Staehlin" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Ren&#233;" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156122v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Sautenet" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Caille" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Giraudeau" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie L&#233;ger" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40620-015-0175-3" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02072312v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Decalonne" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Malvy" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rose-Anne Th&#233;pault" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/ypg.0000000000000100" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02072231v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Cuberos" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Vall&#233;e" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Tastet" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.febslet.2015.10.032" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02438479v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aya Zeghimi" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Novell Anthony" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rose-Anne Thepault" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayache Bouakaz" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/1061186X.2014.921922" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03677545v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amitava Banerjee" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Taillandier" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1378/chest.13-2103" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00908985v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Bonnet-Brilhault" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2013.03.064" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04608759v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Huc-Chabrolle" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Charon" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guilmatre" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tripi" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10519-012-9575-5" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650316v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Dufour-Rainfray" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Beaufils" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Vierron" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mereghetti" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jgs.12489" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-4KVKP4DW-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03679433v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jacc.2013.02.035" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00908948v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacima A&#239;doud" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Montigny" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-013-6934-x" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00871180v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Annan" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Beaufils" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ursule-Catherine Viola" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hommet" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1756-0500-6-343" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01136281v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Laumonnier" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Michelle" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2012.02.134" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QMHFJT7R-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129597v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Musnier" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Leon" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Morales" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Reiter" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Boulo" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/me.2011-1267" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00927560v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Praline" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rian Rat" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Gendrot" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jns.2012.02.029" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XWV9P9B6-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00926892v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathleen Coutadeur" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Fournier" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/17482968.2010.522587" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00926903v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Nadjar" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Ribourtout" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul H Gordon" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jns.2010.12.018" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-38VCV0RX-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00663530v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Refaat Tabagh" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane V&#233;drine" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Cherpi-Antar" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2350-11-30" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00600748v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Petiot" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zorica Stevic" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raoul Morales" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnnp.2009.197558" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/827EB3C39C688A6614FA6696651D6C5E7F417F73/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00926733v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Martin" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Mah&#233;" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Antar" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/17482960802444972" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02527025v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Michelle" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brainres.2009.05.070" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MVLWTDNP-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00926684v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Paubel" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Violette" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Meininger" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/archneur.65.10.1333" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019548v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Petit-Teixeira" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre M&#252;h" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bienvenu" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajmg.10210" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-5PL141J3-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04110913v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherif Beldjord" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamel Chelly" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.ejhg.5200660" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906944v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rayan Berabez" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Champir&#233;" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Brion" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdennour Braka" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924881v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. B&#233;n&#233;detti" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Cub&#233;ros" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Toutain" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904794v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Champir&#233;" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Braka" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Doudeau" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Godin" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02453490v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Pl&#233;" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02453489v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02453486v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818145v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vourc'H" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Laumonnier" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Michelle" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Duittoz" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03555349v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Routier" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne B&#233;n&#233;detti" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bonnet" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02365870v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Patin" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.E. Bakkouche" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.R. Andres" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810531v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Le&#243;n" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenhael Jegot" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Tesseraud" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748238v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vlad Costache" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819790v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Martin" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Andres" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. V&#233;drine" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tabagh Refaat" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Caroline" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753426v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819833v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Amy" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/patrick-vourch" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7960-8139" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008980v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibylle de Bertier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Lautrette" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Del-Mar Amador" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomoko Miki" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Boill&#233;e" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00415-025-13007-1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04974610v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Ea" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Taulier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Contino-P&#233;pin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wladimir Urbach" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Desgranges" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36922/jctr.24.00061" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04877256v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Veyrat-Durebex" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Osman" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yara Al Ojaimi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gosset" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Dupuy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21678421.2024.2433578" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04988732v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Abadie" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldja Abderrahmane" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouarda Abdous" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Abel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oanez Ackermann" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lanepe.2024.101183" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921891v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Saez-Atienzar" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cleide dos Santos Souza" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Chia" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selina Beal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ileana Lorenzini" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.xgen.2024.100679" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04615146v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Barateau" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Krache" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre da Costa" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lecendreux" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiene Chenini" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/NXI.0000000000200263" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755409v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Chami" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Bedja-Iacona" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Richard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debora Lanznaster" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Marouillat" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes15091157" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04561871v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Debs" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000209326" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767126v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Alarcan" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Bruno" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Emond" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Raoul" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Vourc&#8217;h" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nyas.15147" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04456548v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Corcia" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bernard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Cassereau" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Codron" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2023.05.005" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04541653v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shanez Haouari" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian R Andres" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Brulard" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms24021268" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03723283v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Escoffre" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Corcia" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jpm12071071" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939759v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Al Khleifat" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfredo Iacoangeli" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joke van Vugt" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Bowles" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Moisse" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41525-021-00267-9" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03521270v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Lunetta" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Couratier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Gromicho" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ene.15134" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939741v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Hop" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramona Zwamborn" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eilis Hannon" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemma Shireby" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Nabais" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/scitranslmed.abj0264" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03332250v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2021.01.007" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03353407v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Muratet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Teyssou" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Chiot" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian S Lobsiger" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnnp-2020-325921" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939733v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wouter van Rheenen" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rick van der Spek" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Bakker" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41588-021-00973-1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03390641v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ene.14960" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03284185v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bede" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-F. Pradat" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lope" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Blasco" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2021.04.008" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03369962v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Camu" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Brulard" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnnp-2020-325064" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03350820v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joke Vugt" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rick Spek" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wouter Rheenen" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ana.26009" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198506v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathia Zaleta-Rivera" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Espinoza" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto F. Delgadillo" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Astoul" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34846/le-studium.214.02.fr.10-2021" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03493473v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Wurmser" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Mouzat" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Kassem" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2020.07.027" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03351418v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lumbroso" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cazeneuve" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Mouzat" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Camu" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2019.07.027" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02991948v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gijs H P Tazelaar" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Boeynaems" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias De Decker" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joke J F a Van Vugt" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindy Kool" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/braincomms/fcaa064" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03412059v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bessy" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Plantier" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Lefevre" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Piver" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-73966-5" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02869854v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudolf Hergesheimer" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;bora Lanznaster" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Se Bakkouche" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14656566.2020.1746270" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02032108v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bris" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Codron" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cinzia Bocca" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Chupin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03218538v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#234;nis Reis de Assis" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Halewa" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seyedeh Tayebeh Ahmad Pour" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34846/le-studium.173.02.fr.03-2019" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02612470v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudolf C Hergesheimer" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna A Chami" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Reis de Assis" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Andres" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awz078" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02067472v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Tastet" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Cuberos" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Vall&#233;e" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Toutain" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Raynaud" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2018.12.017" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T45PC1R5-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02363239v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre J&#233;sus" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Patin" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Eddine Bakkouche" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Beltran" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21678421.2019.1597126" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02351424v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Petillon" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Puy" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2018.01031" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01964500v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cassereau" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Vourc'H" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21678421.2018.1431787" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01966439v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Doudeau" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Godin" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gosset" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02051961v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Beltran" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2017.07.001" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01826422v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Mavel" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Bitar" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Nadal-Desbarats" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lef&#232;vre" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpba.2018.01.007" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655485v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Fauchier" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Bisson" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Clementy" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Angoulvant" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ahj.2017.12.017" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01655608v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bruno" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Patin" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bocca" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bonnier" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpba.2017.10.013" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621329v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabel Maruani" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Durieux-Verde" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Mazereeuw-Hautier" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Boccara" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Martin" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2340/00015555-2835" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01826389v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Madji Hounoum" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Coque" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12035-018-0945-8" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02029592v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Dangoumau" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02025282v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Beltran" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767249v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/glia.23114" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423266v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Russell L Mclaughlin" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dick Schijven" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristel R van Eijk" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret O&#8217;brien" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms14774" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03534393v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Baranek" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12035-016-0078-x" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893586v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Vinceneux" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bruyere" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Haillot" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Charles" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre de La Taille" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pros.23383" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01774095v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Besson" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Camdessanch&#233;" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Pautot" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ene.13257" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104331v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-17389-9" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04767258v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Felix" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fncel.2016.00118" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939751v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksey Shatunov" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelot Dekker" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Russell Mclaughlin" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Diekstra" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ng.3622" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03776862v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Blasco" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Garcon" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Boyer" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/cjn.2016.284" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156122v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Sautenet" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Caille" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Giraudeau" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie L&#233;ger" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40620-015-0175-3" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01985793v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Amy" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Staehlin" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Ren&#233;" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02072312v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Decalonne" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Malvy" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rose-Anne Th&#233;pault" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/ypg.0000000000000100" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02072231v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Cuberos" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Vall&#233;e" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Tastet" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.febslet.2015.10.032" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02438479v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aya Zeghimi" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Novell Anthony" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rose-Anne Thepault" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayache Bouakaz" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/1061186X.2014.921922" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03677545v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amitava Banerjee" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Taillandier" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1378/chest.13-2103" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00908985v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Bonnet-Brilhault" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Barth&#233;l&#233;my" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2013.03.064" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650316v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Dufour-Rainfray" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Beaufils" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Vierron" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mereghetti" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jgs.12489" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-4KVKP4DW-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04608759v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Huc-Chabrolle" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Charon" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Guilmatre" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tripi" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10519-012-9575-5" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03679433v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jacc.2013.02.035" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00908948v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacima A&#239;doud" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Montigny" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-013-6934-x" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00871180v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Annan" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Beaufils" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ursule-Catherine Viola" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hommet" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1756-0500-6-343" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01136281v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Laumonnier" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Michelle" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2012.02.134" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QMHFJT7R-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01129597v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Musnier" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Leon" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Morales" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Reiter" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Boulo" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/me.2011-1267" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00927560v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Praline" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rian Rat" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Gendrot" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jns.2012.02.029" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XWV9P9B6-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00926892v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathleen Coutadeur" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Fournier" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/17482968.2010.522587" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00926903v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Nadjar" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Ribourtout" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul H Gordon" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jns.2010.12.018" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-38VCV0RX-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00663530v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Refaat Tabagh" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane V&#233;drine" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Cherpi-Antar" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2350-11-30" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00600748v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Petiot" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zorica Stevic" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raoul Morales" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnnp.2009.197558" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/827EB3C39C688A6614FA6696651D6C5E7F417F73/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00926733v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Martin" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Mah&#233;" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Antar" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/17482960802444972" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02527025v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Michelle" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brainres.2009.05.070" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MVLWTDNP-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-00926684v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Paubel" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremy Violette" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Meininger" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/archneur.65.10.1333" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019548v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Petit-Teixeira" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre M&#252;h" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bienvenu" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajmg.10210" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-5PL141J3-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04110913v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherif Beldjord" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamel Chelly" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.ejhg.5200660" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04906944v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rayan Berabez" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Champir&#233;" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Brion" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdennour Braka" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924881v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. B&#233;n&#233;detti" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Cub&#233;ros" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Toutain" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904794v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Champir&#233;" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Braka" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Doudeau" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Godin" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02453489v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02453490v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Pl&#233;" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02453486v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818145v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vourc'H" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Laumonnier" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Michelle" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Duittoz" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03555349v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Routier" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne B&#233;n&#233;detti" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bonnet" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02365870v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Patin" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.E. Bakkouche" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.R. Andres" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810531v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Le&#243;n" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenhael Jegot" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Tesseraud" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02748238v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vlad Costache" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753426v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819790v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Martin" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Andres" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. V&#233;drine" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tabagh Refaat" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Caroline" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819833v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Amy" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>