--- v0 (2026-03-05)
+++ v1 (2026-03-29)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (24)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (25)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -204,485 +204,498 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05439352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transforming European Societies through open access and transparency*</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Machine Bias. How Do Generative Language Models Answer Opinion Polls?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Boelaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Coavoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étienne Ollion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivaylo D. Petev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Präg</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alexi Gugushvili</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Societies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1162/euso_e_00025⟩</w:t>
+              <w:t xml:space="preserve">Sociological Methods and Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 54 (3), pp.1156-1196. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/00491241251330582⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05439391v1</w:t>
+                <w:t xml:space="preserve">hal-05543238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamics of later-life caregiving and health. Insights from biomarker data and cognitive tests</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Bertogg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Präg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klara Raiber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Social Science Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 131, pp.103205. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ssresearch.2025.103205⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05439353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Who do they think you are? Inconsistencies in self- and proxy-reports of education within families</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Lavest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Ferry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Ichou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Präg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Social Science Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 132, pp.103225. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ssresearch.2025.103225⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05412484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Total Effect of Social Origins on Educational Attainment: Meta-analysis of Sibling Correlations From 18 Countries</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Transforming European Societies through open access and transparency*</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Präg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christiaan Monden</w:t>
+                <w:t xml:space="preserve">Evelyn Ersanilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexi Gugushvili</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Demography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1215/00703370-11579806⟩</w:t>
+              <w:t xml:space="preserve">European Societies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 27 (1), pp.1-3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1162/euso_e_00025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05439356v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05439391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Subjective social status and trajectories of frailty: findings from the English Longitudinal Study of Ageing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asri Maharani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -701,759 +714,785 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Präg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BMJ Public Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 2 (1), pp.e000629. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/bmjph-2023-000629⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05439360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Russia's invasion of Ukraine and perceived intergenerational mobility in Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexi Gugushvili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Präg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">British Journal of Sociology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 75 (5), pp.873-891. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1468-4446.13135⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05439358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding Ukrainian society before and after the Russian invasion</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Evelyn Ersanilli</w:t>
+                <w:t xml:space="preserve">The Total Effect of Social Origins on Educational Attainment: Meta-analysis of Sibling Correlations From 18 Countries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lewis Anderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Präg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelina Akimova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christiaan Monden</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Societies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/14616696.2024.2350780⟩</w:t>
+              <w:t xml:space="preserve">Demography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 61 (5), pp.1637-1666. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1215/00703370-11579806⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05439394v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05439356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fixed-term work contracts and anti-immigration attitudes. A novel test of ethnic competition theory</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Understanding Ukrainian society before and after the Russian invasion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tamara Martsenyuk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexi Gugushvili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyn Ersanilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Präg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Socio-Economic Review</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/ser/mwab059⟩</w:t>
+              <w:t xml:space="preserve">European Societies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 26 (2), pp.173-177. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/14616696.2024.2350780⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05439370v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05439394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Subjective socioeconomic status and self-rated health in the English Longitudinal Study of Aging: A fixed-effects analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Coustaury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elias Jeannot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adele Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clotilde Nietge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Asri Maharani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Social Science &amp; Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 336, pp.116235. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.socscimed.2023.116235⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05439362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intergenerational Social Mobility and Allostatic Load in Midlife and Older Ages: A Diagonal Reference Modeling Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sinéad Mcloughlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Präg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mel Bartley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rose Anne Kenny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathal Mccrory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journals of Gerontology Series B: Psychological Sciences and Social Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 78 (1), pp.154-166. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/geronb/gbac122⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05439368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Does Children’s Education Improve Parental Health and Longevity? Causal Evidence from Great Britain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecilia Potente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Präg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiaan Monden</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Health and Social Behavior</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 64 (1), pp.21-38. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1177/00221465221143089⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05439366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Subjective social status and allostatic load among older people in England: A longitudinal analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lindsay Richards</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1472,1554 +1511,1720 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Präg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Social Science &amp; Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 320, pp.115749. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.socscimed.2023.115749⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05439364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Believing in conspiracy theories in Spain during the COVID-19 pandemic: Drivers and public health implications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Türkay Salim Nefes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Präg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Romero-Reche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Pereira-Puga</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Social Science &amp; Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 336, pp.116263. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.socscimed.2023.116263⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05439361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An invitation to submit</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fixed-term work contracts and anti-immigration attitudes. A novel test of ethnic competition theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyn Ersanilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Präg</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alexi Gugushvili</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Societies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/14616696.2022.2029131⟩</w:t>
+              <w:t xml:space="preserve">Socio-Economic Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 21 (1), pp.293-318. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/ser/mwab059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05439396v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05439370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Does perceived social mobility affect health? Evidence from a fixed effects approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexi Gugushvili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olga Zelinska</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Präg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grzegorz Bulczak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Social Science &amp; Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 294, pp.114705. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.socscimed.2022.114705⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05439375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intragenerational Social Mobility and Well-being in Great Britain: A Biomarker Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Präg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nina-Sophie Fritsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lindsay Richards</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Social Forces</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/sf/soab153⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05439372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Subjective social mobility and health in Germany</w:t>
+                <w:t xml:space="preserve">An invitation to submit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Präg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyn Ersanilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexi Gugushvili</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Societies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 23 (4), pp.464-486. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/14616696.2021.1887916⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 24 (1), pp.1-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/14616696.2022.2029131⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05439378v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05439396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heterogeneous mental health development during the COVID-19 pandemic in the United Kingdom</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lea Ellwardt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Präg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 11 (1), pp.15958. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41598-021-95490-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05439387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intergenerational social mobility and health in Russia: Mind over matter?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexi Gugushvili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Präg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Life Course Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 47, pp.100390. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.alcr.2020.100390⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05439385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sibling Similarity in Education Across and Within Societies</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Educational Inequalities in Labor Market Exit of Older Workers in 15 European Countries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aleksi Karhula</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jana Mäcken</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Präg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moritz Hess</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lea Ellwardt</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Demography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1215/00703370-9164021⟩</w:t>
+              <w:t xml:space="preserve">Journal of Social Policy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 51 (2), pp.435-459. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0047279421000258⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05439380v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05439376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Educational Inequalities in Labor Market Exit of Older Workers in 15 European Countries</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sibling Similarity in Education Across and Within Societies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moritz Hess</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Michael Grätz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kieron Barclay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Øyvind Wiborg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Torkild Lyngstad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aleksi Karhula</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Social Policy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S0047279421000258⟩</w:t>
+              <w:t xml:space="preserve">Demography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 58 (3), pp.1011-1037. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1215/00703370-9164021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05439376v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05439380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Does downward social mobility make people more hostile towards immigrants?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marii Paskov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Präg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lindsay Richards</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Research in Social Stratification and Mobility</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 72, pp.100543. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.rssm.2020.100543⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05439383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Subjective social mobility and health in Germany</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Präg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexi Gugushvili</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Societies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 23 (4), pp.464-486. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/14616696.2021.1887916⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05439378v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">The sibsize revolution in an international context: Declining social disparities in the number of siblings in 26 countries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Präg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seongsoo Choi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christiaan Monden</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Demographic Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 43, pp.461-500. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4054/DemRes.2020.43.17⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05439389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Machine-Learning Text Analysis of Intergenerational Mobility Perceptions in Germany, Sweden, and the United Kingdom</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Climate Change Concerns and Perceived Intergenerational Mobility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexi Gugushvili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Präg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05439350v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05567602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Language Barriers and Healthcare Uptake. Causal Evidence From Immigrants in France</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julia Nicolas</w:t>
+                <w:t xml:space="preserve">Machine-Learning Text Analysis of Intergenerational Mobility Perceptions in Germany, Sweden, and the United Kingdom</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexi Gugushvili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felix Lennert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Präg</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...11 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05439344v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05439350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Language Barriers and Healthcare Uptake. Causal Evidence From Immigrants in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Präg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sorana Toma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05439344v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Russia’s Invasion of Ukraine and Perceived Intergenerational Mobility in Czechia and Uruguay. An Unexpected Event During Survey Design Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maik Hamjediers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Präg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexi Gugushvili</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05439347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId101"/>
+      <w:footerReference w:type="default" r:id="rId108"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3166,51 +3371,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439352v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsay Richards" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asri Maharani" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Pr&#228;g" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.socscimed.2025.118787" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439391v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyn Ersanilli" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexi Gugushvili" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/euso_e_00025" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439353v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Bertogg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klara Raiber" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssresearch.2025.103205" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05412484v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Lavest" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Ferry" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Ichou" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssresearch.2025.103225" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439356v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lewis Anderson" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelina Akimova" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiaan Monden" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1215/00703370-11579806" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439360v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjph-2023-000629" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439358v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1468-4446.13135" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439394v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamara Martsenyuk" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14616696.2024.2350780" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439370v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ser/mwab059" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439362v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Coustaury" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Jeannot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adele Moreau" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Nietge" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.socscimed.2023.116235" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439368v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sin&#233;ad Mcloughlin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mel Bartley" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rose Anne Kenny" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathal Mccrory" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/geronb/gbac122" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439366v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Potente" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00221465221143089" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439364v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.socscimed.2023.115749" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439361v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#252;rkay Salim Nefes" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Romero-Reche" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Pereira-Puga" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.socscimed.2023.116263" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439396v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14616696.2022.2029131" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439375v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Zelinska" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grzegorz Bulczak" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.socscimed.2022.114705" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439372v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina-Sophie Fritsch" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sf/soab153" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439378v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14616696.2021.1887916" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439387v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Ellwardt" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-95490-w" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439385v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.alcr.2020.100390" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439380v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Gr&#228;tz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kieron Barclay" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#216;yvind Wiborg" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torkild Lyngstad" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksi Karhula" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1215/00703370-9164021" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439376v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana M&#228;cken" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moritz Hess" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0047279421000258" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439383v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marii Paskov" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rssm.2020.100543" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439389v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seongsoo Choi" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4054/DemRes.2020.43.17" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439350v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Lennert" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439344v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Nicolas" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sorana Toma" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439347v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maik Hamjediers" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439352v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsay Richards" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asri Maharani" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Pr&#228;g" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.socscimed.2025.118787" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05543238v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boelaert" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Coavoux" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Ollion" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivaylo D. Petev" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00491241251330582" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439353v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Bertogg" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klara Raiber" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssresearch.2025.103205" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05412484v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Lavest" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Ferry" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Ichou" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssresearch.2025.103225" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439391v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyn Ersanilli" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexi Gugushvili" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/euso_e_00025" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439360v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjph-2023-000629" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439358v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1468-4446.13135" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439356v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lewis Anderson" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelina Akimova" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiaan Monden" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1215/00703370-11579806" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439394v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamara Martsenyuk" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14616696.2024.2350780" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439362v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Coustaury" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Jeannot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adele Moreau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Nietge" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.socscimed.2023.116235" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439368v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sin&#233;ad Mcloughlin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mel Bartley" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rose Anne Kenny" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathal Mccrory" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/geronb/gbac122" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439366v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Potente" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00221465221143089" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439364v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.socscimed.2023.115749" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439361v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T&#252;rkay Salim Nefes" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Romero-Reche" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Pereira-Puga" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.socscimed.2023.116263" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439370v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ser/mwab059" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439375v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Zelinska" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grzegorz Bulczak" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.socscimed.2022.114705" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439372v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina-Sophie Fritsch" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sf/soab153" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439396v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14616696.2022.2029131" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439387v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Ellwardt" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-95490-w" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439385v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.alcr.2020.100390" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439376v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana M&#228;cken" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moritz Hess" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0047279421000258" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439380v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Gr&#228;tz" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kieron Barclay" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#216;yvind Wiborg" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torkild Lyngstad" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksi Karhula" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1215/00703370-9164021" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439383v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marii Paskov" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rssm.2020.100543" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439378v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14616696.2021.1887916" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439389v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seongsoo Choi" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4054/DemRes.2020.43.17" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05567602v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439350v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Lennert" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439344v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Nicolas" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sorana Toma" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05439347v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maik Hamjediers" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>