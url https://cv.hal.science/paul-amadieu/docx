--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1584,230 +1584,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04639496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inventories in the wine industry: From sector and financial determinants to strategic behaviors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Carole Maurel</w:t>
+                <w:t xml:space="preserve">The predictive value of financial wine inventory reporting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Valette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Pierrot</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Paul Amadieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13. Annual AAWE Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Vienne, Austria. 4 p</w:t>
+              <w:t xml:space="preserve">13th Annual Conference of American Association of Wine Economists (AAWE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02789122v1</w:t>
+                <w:t xml:space="preserve">hal-02428548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The predictive value of financial wine inventory reporting</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Justine Valette</w:t>
+                <w:t xml:space="preserve">Inventories in the wine industry: From sector and financial determinants to strategic behaviors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Maurel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Pierrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Foued Cheriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Amadieu</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Françoise Pierrot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th Annual Conference of American Association of Wine Economists (AAWE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Vienna, Austria</w:t>
+              <w:t xml:space="preserve">13. Annual AAWE Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Vienne, Austria. 4 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02428548v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02789122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A financial approach of cooperatives exit</w:t>
               </w:r>
@@ -3237,51 +3237,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wine management and marketing 2: Responses of the industry to crises and new expectations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Foued Cheriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Maurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3347,51 +3347,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Management et marketing du vin 2 : comprendre les enjeux et les nouvelles opportunités pour la filière vigne et vin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Foued Cheriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Maurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3448,51 +3448,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Management et marketing du vin : opportunités pour les entreprises et enjeux pour la filière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Foued Cheriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Maurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3562,51 +3562,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wine management and marketing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Foued Cheriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Maurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3897,51 +3897,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Hannin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Maurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Foued Cheriet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Foued Cheriet; Carole Maurel; Paul Amadieu; Hervé Hannin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Wine management and marketing 2: Responses of the industry to crises and new expectations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
@@ -4018,51 +4018,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Hannin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Maurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Foued Cheriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Amadieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4152,51 +4152,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Hannin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Maurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Foued Cheriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Amadieu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4277,51 +4277,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Hannin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Maurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Foued Cheriet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Foued Cheriet, Carole Maurel, Paul Amadieu, Hervé Hannin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Management et marketing du vin 2 : comprendre les enjeux et les nouvelles opportunités pour la filière vigne et vin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ISTE Editions, pp.345-348, 2023, Agriculture, Science des aliments et nutrition, 9781784059569</w:t>
@@ -4363,51 +4363,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Construire un avenir pour la filière vitivinicole [Conclusion]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Foued Cheriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Hannin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4652,51 +4652,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wine management and marketing: Opportunities for companies and challenges for the industry [Conclusion]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Amadieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Foued Cheriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Hannin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5144,51 +5144,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245570v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Valette" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Amadieu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Sentis" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14bcy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905673v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Picot-Coupey" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Laurent Viviani" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJRDM-08-2016-0139" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01990418v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/fcs.2129" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428526v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jwe.2017.1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02608188v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Georgescu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00912621v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Maurel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jwe.2013.27" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00657391v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/erae/jbr012" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00840142v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/agr.20226" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-TXT4SHZ2-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466173v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Fran&#231;ois-Heude" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02608169v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02608135v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Baldo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02606038v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02608153v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02605940v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02605976v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639496v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Casanova" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789122v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Pierrot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Foued Cheriet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428548v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703113v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703339v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703357v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742867v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Antoine Sa&#239;sset" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Rivi&#232;re-Giordano" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152894v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153848v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153834v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153950v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153888v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02084176v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02084163v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00843149v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00880648v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01990751v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00479524v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04627036v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Hannin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wiley.com/en-us/Wine+Management+and+Marketing%2C+Volume+2%3A+Responses+of+the+Industry+to+Crises+and+New+Expectations-p-9781786308740" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04256308v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03141751v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istegroup.com/fr/produit/management-et-marketing-du-vin/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02996301v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://iste.co.uk/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466079v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bessi&#232;re" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466128v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04915110v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394302208.oth" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04627097v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394302208.fmatter" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04256363v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04256494v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03141850v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03611842v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145907v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03115262v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01683579v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781785364181.00033" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00611604v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245570v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Valette" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Amadieu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Sentis" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14bcy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905673v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Picot-Coupey" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Laurent Viviani" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJRDM-08-2016-0139" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01990418v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/fcs.2129" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428526v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jwe.2017.1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02608188v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Georgescu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00912621v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Maurel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jwe.2013.27" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00657391v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/erae/jbr012" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00840142v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/agr.20226" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-TXT4SHZ2-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466173v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Fran&#231;ois-Heude" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02608169v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02608135v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Baldo" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02606038v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02608153v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02605940v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02605976v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04639496v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Casanova" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02428548v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Pierrot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02789122v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Foued Cheriet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703113v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703339v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703357v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742867v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Antoine Sa&#239;sset" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Rivi&#232;re-Giordano" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152894v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153848v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153834v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153950v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02153888v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02084176v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02084163v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00843149v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00880648v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01990751v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00479524v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04627036v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Hannin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wiley.com/en-us/Wine+Management+and+Marketing%2C+Volume+2%3A+Responses+of+the+Industry+to+Crises+and+New+Expectations-p-9781786308740" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04256308v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03141751v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istegroup.com/fr/produit/management-et-marketing-du-vin/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02996301v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://iste.co.uk/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466079v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bessi&#232;re" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02466128v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04915110v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394302208.oth" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04627097v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781394302208.fmatter" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04256363v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04256494v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03141850v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03611842v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145907v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03115262v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01683579v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4337/9781785364181.00033" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00611604v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>