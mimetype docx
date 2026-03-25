--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -788,474 +788,474 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01997824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Une enfance en Quatrième République : souvenirs d’un apprentissage politique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Bacot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Éditions Pepper; l'Harmattan, pp.125, 2016, Témoignages, 978-2-343-10293-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01418055v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Guide de sociologie politique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Bacot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ellipses, pp.358, 2016, Optimum, 978-2-340-00924-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01278305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">Éditions Pepper; l'Harmattan, pp.125, 2016, Témoignages, 978-2-343-10293-1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Insularité et sécurité : l'île entre sécurité et conflictualité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Bacot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albane Geslin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bruylant, pp.284, 2014, 978-2-8027-4361-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...37 lines deleted...]
-              <w:t xml:space="preserve">Bruylant, pp.284, 2014, 978-2-8027-4361-3</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00961513v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les mots des élections</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Bacot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses universitaires du Mirail, pp.128, 2012, Les mots de, 978-2-8107-0124-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...24 lines deleted...]
-              <w:t xml:space="preserve">Presses universitaires du Mirail, pp.128, 2012, Les mots de, 978-2-8107-0124-7</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00660215v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La construction verbale du politique : études de politologie lexicale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Bacot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L'Harmattan, pp.170, 2011, 978-2-296-54088-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...24 lines deleted...]
-              <w:t xml:space="preserve">L'Harmattan, pp.170, 2011, 978-2-296-54088-0</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00561603v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La politique en 350 quiz</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Bacot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rue des Ecoles, 2010, 978-2-844-318-404</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05143017v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Connaissez-vous la politique ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Bacot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rue des Écoles, pp.93, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01816103v1</w:t>
-              </w:r>
-[...60 lines deleted...]
-                <w:t xml:space="preserve">hal-05143017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mots de l'espace et conflictualité sociale</w:t>
               </w:r>
@@ -1973,51 +1973,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Bacot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Desmarchelier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mots: les langages du politique</w:t>
+              <w:t xml:space="preserve">Mots : les langages du politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025/1 (137), 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/13pd7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
@@ -2077,51 +2077,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Genton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mots: les langages du politique</w:t>
+              <w:t xml:space="preserve">Mots : les langages du politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 124 | 2020, Dossier : pp 9- 126, 2020, Mots, les langages du politique, </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/mots.26992⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
@@ -2168,51 +2168,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Bacot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle Lecolle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mots: les langages du politique</w:t>
+              <w:t xml:space="preserve">Mots : les langages du politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 120 | 2019, pp.204, 2019, Mots, les langages du politique, </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/mots.25090⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
@@ -2285,51 +2285,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Le Bart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damon Mayaffre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mots: les langages du politique</w:t>
+              <w:t xml:space="preserve">Mots : les langages du politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 112, pp.156, 2016, </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/mots.22413⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
@@ -2393,51 +2393,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Monte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mots: les langages du politique</w:t>
+              <w:t xml:space="preserve">Mots : les langages du politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 195 (dossier pp. 5-78), 2013, 978-2-84788-393-0. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/mots.20991⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
@@ -2501,51 +2501,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvianne Rémi-Giraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mots: les langages du politique</w:t>
+              <w:t xml:space="preserve">Mots : les langages du politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.195, 2012, </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/mots.20807⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
@@ -2609,51 +2609,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Honoré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mots: les langages du politique</w:t>
+              <w:t xml:space="preserve">Mots : les langages du politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.156, 2011, </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/mots.20003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
@@ -2747,51 +2747,51 @@
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mots: les langages du politique</w:t>
+              <w:t xml:space="preserve">Mots : les langages du politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 94, pp.236, 2010, 978-2-84788-235-9. </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/mots.19839⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
@@ -2855,51 +2855,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Honoré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mots: les langages du politique</w:t>
+              <w:t xml:space="preserve">Mots : les langages du politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.143, 2008, </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/mots.11532⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
@@ -2950,51 +2950,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Le Bart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mots: les langages du politique</w:t>
+              <w:t xml:space="preserve">Mots : les langages du politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.164, 2007, 978-2-84788-111-0. </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/mots.72⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
@@ -3045,51 +3045,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvianne Rémi-Giraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mots: les langages du politique</w:t>
+              <w:t xml:space="preserve">Mots : les langages du politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Pagination non précisée, 2002</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00419800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -3123,325 +3123,325 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">« Et par le pouvoir d’un mot… ». Construire par l’adresse appartenances et oppositions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Bacot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Desmarchelier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mots : les langages du politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 2025/1 (137), pp.11-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/13pcx⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05134982v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Quand une passerelle pour pêcheurs en remplace une autre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Bacot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de l'Amicale des Anciens de Claude Bernard (Villefranche-sur-Saône)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 38, pp.23-26</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05134983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...32 lines deleted...]
-                <w:t xml:space="preserve">Dominique Desmarchelier</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La métaphore, outil politique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Bacot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mots: les langages du politique</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Réforme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 4060</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05144543v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quand Villefranche s'est trouvée &amp;quot;fermée à l'Orient&amp;quot; : ce que la voie ferrée a fait à la ville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Bacot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de l’Académie de Villefranche et du Beaujolais</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, A paraître, 48</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04681667v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-05144543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[ CR de lecture ] - Passard (Cédric), dir. – Les usages politiques de l’insulte, Paris, Classiques Garnier, 2024</w:t>
               </w:r>
@@ -3621,51 +3621,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Genton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mots: les langages du politique</w:t>
+              <w:t xml:space="preserve">Mots : les langages du politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, pp.9 - 23. </w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/mots.27007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
@@ -3712,51 +3712,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Bacot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle Lecolle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mots: les langages du politique</w:t>
+              <w:t xml:space="preserve">Mots : les langages du politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 120, pp.9-13. </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/mots.25099⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
@@ -3790,51 +3790,51 @@
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[ CR de lecture ] - Kerbrat-Orecchioni (Catherine), Les débats de l'entre-deux tours des élections présidentielles françaises.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Bacot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mots: les langages du politique</w:t>
+              <w:t xml:space="preserve">Mots : les langages du politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 2018/2 (117), pp.149-152. </w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/mots.23516.⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
@@ -3954,51 +3954,51 @@
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hommage à Bertrand Pirat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Bacot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mots: les langages du politique</w:t>
+              <w:t xml:space="preserve">Mots : les langages du politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 112, pp.19-20. </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/mots.22416⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
@@ -4045,51 +4045,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Bacot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Gaboriaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mots: les langages du politique</w:t>
+              <w:t xml:space="preserve">Mots : les langages du politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 112, pp.9-18. </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/mots.22415⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
@@ -4149,51 +4149,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Maria-Aldina Marques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Monte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mots: les langages du politique</w:t>
+              <w:t xml:space="preserve">Mots : les langages du politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 101, pp.5-10. </w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/mots.21093⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
@@ -4253,51 +4253,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Desmarchelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvianne Rémi-Giraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mots: les langages du politique</w:t>
+              <w:t xml:space="preserve">Mots : les langages du politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 100, pp.5-14. </w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/mots.20977⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
@@ -4357,51 +4357,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Desmarchelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Honoré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mots: les langages du politique</w:t>
+              <w:t xml:space="preserve">Mots : les langages du politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 95, pp.5-10. </w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/mots.20005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
@@ -4435,51 +4435,51 @@
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement et diversification d'une onomastique politique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Bacot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mots: les langages du politique</w:t>
+              <w:t xml:space="preserve">Mots : les langages du politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 94, pp.47-56. </w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/mots.19859⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
@@ -4569,51 +4569,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mots: les langages du politique</w:t>
+              <w:t xml:space="preserve">Mots : les langages du politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 94, "Trente ans d’étude des langages du politique (1980-2010)", pp.5-9. </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/mots.19841⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
@@ -4673,51 +4673,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Douzou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Honoré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mots: les langages du politique</w:t>
+              <w:t xml:space="preserve">Mots : les langages du politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 87, pp.85-95. </w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/mots.14503⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
@@ -4777,51 +4777,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Douzou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Paul Honoré</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mots: les langages du politique</w:t>
+              <w:t xml:space="preserve">Mots : les langages du politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 87, pp.5-12. </w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/mots.11552⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
@@ -4832,156 +4832,152 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01146290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">[ CR de lecture ] - Laurence Rosier, Petit traité de l'insulte, 2006, Loverval</w:t>
+                <w:t xml:space="preserve">[ CR de lecture ] - de Philippe Braud, Sociologie politique, 2006, 8e édition, LGDJ)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Bacot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mots: les langages du politique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 84, pp.116-119. </w:t>
+              <w:t xml:space="preserve">Mots : les langages du politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 84, pp.104-109. </w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/mots.1084⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/mots.1076⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05165655v1</w:t>
+                <w:t xml:space="preserve">hal-05165634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[ CR de lecture ] - de Alain Garrigou, L'ivresse des sondages, 2006, La Découverte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Bacot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mots: les langages du politique</w:t>
+              <w:t xml:space="preserve">Mots : les langages du politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 84, pp.109-112. </w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/mots.1078⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
             </w:r>
@@ -4996,105 +4992,109 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05165651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">[ CR de lecture ] - de Philippe Braud, Sociologie politique, 2006, 8e édition, LGDJ)</w:t>
+                <w:t xml:space="preserve">[ CR de lecture ] - Laurence Rosier, Petit traité de l'insulte, 2006, Loverval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Bacot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mots: les langages du politique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 84, pp.104-109. </w:t>
+              <w:t xml:space="preserve">Mots : les langages du politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 84, pp.116-119. </w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/mots.1076⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/mots.1084⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05165634v1</w:t>
+                <w:t xml:space="preserve">hal-05165655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Présentation</w:t>
               </w:r>
@@ -5110,51 +5110,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Bacot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Le Bart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mots: les langages du politique</w:t>
+              <w:t xml:space="preserve">Mots : les langages du politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 83, pp.5-8. </w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/mots.843⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
@@ -5201,51 +5201,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Bacot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylviane Rémi-Giraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mots: les langages du politique</w:t>
+              <w:t xml:space="preserve">Mots : les langages du politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 68, pp.3-6. </w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/mots.5132⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
@@ -5357,51 +5357,51 @@
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une représentation politique du sida : quelques modes discursifs au PCF</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Bacot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mots: les langages du politique</w:t>
+              <w:t xml:space="preserve">Mots : les langages du politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1991, 26, pp.85-103</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05144975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -6848,186 +6848,186 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01546968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Palavras da política e palavras da ciência política</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Bacot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Emediato, Wander. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Análises do discurso político</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, FALE/UFMG, pp.71-87, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01418061v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L’émergence d’une puissance nucléaire : les Français et le Plateau d’Albion dans les années 1960</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Bacot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Deschaux-Dutard, Delphine; Lavorel, Sabine. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Puissances émergentes et sécurité internationale, une nouvelle donne? Une perspective pluridisciplinaire sur la puissance et l'émergence sur la scène internationale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">PIE Peter Lang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.131-146, 2016, Géopolitique et résolution des conflits, 9782807601024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PIE Peter Lang</w:t>
-[...21 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">halshs-01546976v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">halshs-01418061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mots de la politique et mots de la science politique</w:t>
               </w:r>
@@ -9367,193 +9367,193 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le politique n'existe que par le langage&amp;quot; [Entretien avec Paul Bacot réalisé par Sylvianne Rémi-Giraud et Valérie Bonnet]</w:t>
-[...95 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">C’est surtout votre soumission à Vladimir Poutine qui a fait exploser les prix du gaz&amp;quot; (Bruno Le Maire au député RN Lionel Tivoli le 6 février 2024 à l’Assemblée nationale)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Bacot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SELP. Les mots du politique (site web)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, https://web.archive.org/web/20240223043431/https://selp.eu/non-classe/cest-surtout-votre-soumission-a-vladimir-poutine-qui-a-fait-exploser-les-prix-du-gaz/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04682579v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le politique n'existe que par le langage&amp;quot; [Entretien avec Paul Bacot réalisé par Sylvianne Rémi-Giraud et Valérie Bonnet]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Bacot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvianne Rémi-Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024, pp.181-189. </w:t>
+            </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04682579v1</w:t>
+                <w:t xml:space="preserve">⟨10.4000/mots.33194⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04594730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les agriculteurs, il faut leur foutre la paix ! (Aurore Bergé, France Inter, 21 janvier 2024)</w:t>
               </w:r>
@@ -9795,855 +9795,855 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04680116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Lettre aux Français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Bacot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SELP. Les mots du politique (site web)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, https://web.archive.org/web/20240211143208/https://selp.eu/presidentielle-2022/lettre-aux-francais/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04689128v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Il ne faut pas donner une seule voix à Madame Le Pen ! Il ne faut pas donner une seule voix à Madame Le Pen ! Il ne faut pas donner une seule voix à Madame Le Pen ! (Jean-Luc Mélenchon, Paris, 10 avril 2022)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Bacot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SELP. Les mots du politique (site web)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04689147v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Parrainer n’est pas soutenir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Bacot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SELP. Les mots du politique (site web)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, https://web.archive.org/web/20240223033301/https://selp.eu/presidentielle-2022/parrainer-nest-pas-soutenir/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04689121v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mon adversaire, c’est l’injustice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Bacot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SELP. Les mots du politique (site web)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, https://web.archive.org/web/20240211143208/https://selp.eu/presidentielle-2022/mon-adversaire-cest-linjustice/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04689132v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C’est un peu notre Arlette Laguiller de la droite nationale, Marine Le Pen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Bacot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SELP. Les mots du politique (site web)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, https://web.archive.org/web/20240211143208/https://selp.eu/presidentielle-2022/cest-un-peu-notre-arlette-laguiller-de-la-droite-nationale-marine-le-pen/</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04689114v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Bacot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SELP. Les mots du politique (site web)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04689138v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Préface [Droite et gauche en Iran]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Bacot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Droite et gauche en Iran : de la culture à la politique / Hadi Dolatabadi</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05134977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Mon adversaire, c’est l’injustice</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Il nous faudra donc travailler plus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Bacot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SELP. Les mots du politique (site web)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, https://web.archive.org/web/20240211143208/https://selp.eu/presidentielle-2022/mon-adversaire-cest-linjustice/</w:t>
+              <w:t xml:space="preserve">, 2022, https://web.archive.org/web/20240211143208/https://selp.eu/presidentielle-2022/il-nous-faudra-donc-travailler-plus/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">C’est un peu notre Arlette Laguiller de la droite nationale, Marine Le Pen</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04689142v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Ciotti, on pourrait l’appeler Éric Pécresse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Bacot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SELP. Les mots du politique (site web)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, https://web.archive.org/web/20240211143208/https://selp.eu/presidentielle-2022/cest-un-peu-notre-arlette-laguiller-de-la-droite-nationale-marine-le-pen/</w:t>
+              <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Z</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04689210v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Horizons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Bacot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SELP. Les mots du politique (site web)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022</w:t>
+              <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Il ne faut pas donner une seule voix à Madame Le Pen ! Il ne faut pas donner une seule voix à Madame Le Pen ! Il ne faut pas donner une seule voix à Madame Le Pen ! (Jean-Luc Mélenchon, Paris, 10 avril 2022)</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04689205v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moins de visios, plus de bistrot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Bacot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SELP. Les mots du politique (site web)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022</w:t>
+              <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Parrainer n’est pas soutenir</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03325925v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ensemble citoyens!</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Bacot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SELP. Les mots du politique (site web)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, https://web.archive.org/web/20240223033301/https://selp.eu/presidentielle-2022/parrainer-nest-pas-soutenir/</w:t>
+              <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...206 lines deleted...]
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04689207v1</w:t>
-              </w:r>
-[...205 lines deleted...]
-                <w:t xml:space="preserve">halshs-04689205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PCF is back !</w:t>
               </w:r>
@@ -12006,51 +12006,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1D9D3C61"/>
+    <w:nsid w:val="DD80A032"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12237,51 +12237,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/paul-bacot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/026700018" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://triangle.ens-lyon.fr/spip.php?article192" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134973v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bacot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/livre/parler-dur-parler-doux-parler-mou-en-politique/79370" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413121v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04694021v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves D&#233;loye" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsbdl.com/produit/la-metaphore-en-politique/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04185691v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Gorce" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-quand_la_langue_politique_fourche_lapsus_erreurs_et_malentendus_paul_bacot_yves_deloye_gaetan_gorce-9782140335860-77271.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03560363v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pum.univ-tlse2.fr/~Les-mots-de-l-election~.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135064v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02420561v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01997824v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01278305v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01418055v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00961513v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albane Geslin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00660215v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00561603v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816103v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05143017v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00252153v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvianne R&#233;mi-Giraud" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00419799v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Baratay" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Barbet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Faure" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Mayaud" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-l_animal_en_politique_paul_bacot_jean_luc_mayaud_olivier_faure_denis_barbet_eric_baratay-9782747550420-15547.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816104v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816105v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dujardin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05143929v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Bacot-D&#233;criaud" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Laplanche-Servigne" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Th&#233;venon" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816107v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05143903v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Journ&#232;s" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses.univ-lyon2.fr/product/show/9782729701673/les-nouvelles-ideologies" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816108v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134974v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Desmarchelier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13pd7" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03021124v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bonnet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Genton" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.26992" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02169744v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Lecolle" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.25090" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01390348v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Gaboriaux" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Le Bart" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damon Mayaffre" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.22413" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00816660v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Aldina Marques" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Monte" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.20991" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00762574v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.20807" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00587999v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Honor&#233;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.20003" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00547750v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Coulomb-Gully" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Oger" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.19839" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00358975v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Douzou" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.11532" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00207965v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.72" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00419800v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134983v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134982v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13pcx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681667v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144543v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134984v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.743.0595" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679505v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04916340v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.27007" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02514212v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.25099" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05139720v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.23516." TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05139742v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.674.0740g." TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01418070v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.22416" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834384v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.22415" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05139788v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Aldina Marques" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.21093" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00854560v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.20977" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01146305v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.20005" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00547745v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.19859" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145204v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Honore" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.19841" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00358970v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.14503" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01146290v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.11552" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05165655v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.1084" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05165651v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.1078" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05165634v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.1076" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145205v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.843" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145202v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane R&#233;mi-Giraud" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.5132" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144969v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rfsp.1993.394719" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144975v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145203v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144940v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144936v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144932v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144925v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144913v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rfsp.1978.393776" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144902v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144908v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rfsp.1977.393752" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144895v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144891v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134980v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734072v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editionsbdl.com" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04185690v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/livre/quand-la-langue-politique-fourche/1055" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01990051v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05139891v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808442v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05139828v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01546956v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01546968v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01546976v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/document/1113255" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01418061v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01418047v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cambridgescholars.com/product/978-1-4438-9768-6" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01278335v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00823687v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00823693v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00728719v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00645681v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00657793v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00584919v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00518170v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00416400v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00358964v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00358969v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00277458v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00277457v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05143027v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05143031v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00419797v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses.univ-lyon2.fr/product/show/9782729707132/la-polysemie-ou-lempire-des-sens" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05143036v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Mayaud" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00419796v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00419795v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00419794v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144511v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144506v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144517v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144478v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144489v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05143942v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05143919v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05143910v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03593640v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04594730v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.33194" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682579v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682583v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682626v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680138v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680116v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134977v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689132v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689114v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689138v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689147v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689121v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689128v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689142v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04689207v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03325925v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04689210v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04689205v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04689167v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04689201v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04689184v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02555802v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01719326v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Braud" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05143005v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149352v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00683062v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05143012v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149346v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00460788v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149359v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145201v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.286" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144523v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144500v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00547920v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00419798v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00294052v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/paul-bacot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/026700018" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://triangle.ens-lyon.fr/spip.php?article192" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134973v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Bacot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/livre/parler-dur-parler-doux-parler-mou-en-politique/79370" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413121v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04694021v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves D&#233;loye" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsbdl.com/produit/la-metaphore-en-politique/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04185691v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Gorce" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-quand_la_langue_politique_fourche_lapsus_erreurs_et_malentendus_paul_bacot_yves_deloye_gaetan_gorce-9782140335860-77271.html" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03560363v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pum.univ-tlse2.fr/~Les-mots-de-l-election~.html" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135064v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02420561v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01997824v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01418055v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01278305v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00961513v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albane Geslin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00660215v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00561603v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05143017v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816103v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00252153v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvianne R&#233;mi-Giraud" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00419799v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Baratay" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Barbet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Faure" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Mayaud" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/livre-l_animal_en_politique_paul_bacot_jean_luc_mayaud_olivier_faure_denis_barbet_eric_baratay-9782747550420-15547.html" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816104v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816105v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dujardin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05143929v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Bacot-D&#233;criaud" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Laplanche-Servigne" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Th&#233;venon" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816107v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05143903v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Journ&#232;s" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses.univ-lyon2.fr/product/show/9782729701673/les-nouvelles-ideologies" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816108v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134974v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Desmarchelier" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13pd7" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03021124v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bonnet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Genton" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.26992" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02169744v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Lecolle" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.25090" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01390348v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Gaboriaux" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Le Bart" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damon Mayaffre" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.22413" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00816660v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Aldina Marques" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Monte" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.20991" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00762574v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.20807" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00587999v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Honor&#233;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.20003" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00547750v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Coulomb-Gully" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Oger" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.19839" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00358975v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Douzou" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.11532" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00207965v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.72" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00419800v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134982v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13pcx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134983v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144543v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681667v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134984v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.743.0595" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679505v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04916340v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.27007" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02514212v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.25099" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05139720v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.23516." TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05139742v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.674.0740g." TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01418070v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.22416" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834384v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.22415" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05139788v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Aldina Marques" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.21093" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00854560v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.20977" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01146305v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.20005" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00547745v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.19859" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145204v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Honore" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.19841" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00358970v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.14503" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01146290v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.11552" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05165634v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.1076" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05165651v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.1078" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05165655v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.1084" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145205v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.843" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145202v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane R&#233;mi-Giraud" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.5132" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144969v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rfsp.1993.394719" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144975v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145203v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144940v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144936v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144932v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144925v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144913v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rfsp.1978.393776" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144902v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144908v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rfsp.1977.393752" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144895v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144891v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134980v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734072v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editionsbdl.com" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04185690v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-harmattan.fr/catalogue/livre/quand-la-langue-politique-fourche/1055" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01990051v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05139891v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808442v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05139828v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01546956v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01546968v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01418061v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01546976v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com/document/1113255" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01418047v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cambridgescholars.com/product/978-1-4438-9768-6" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01278335v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00823687v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00823693v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00728719v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00645681v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00657793v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00584919v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00518170v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00416400v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00358964v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00358969v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00277458v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00277457v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05143027v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05143031v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00419797v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses.univ-lyon2.fr/product/show/9782729707132/la-polysemie-ou-lempire-des-sens" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05143036v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Mayaud" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00419796v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00419795v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00419794v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144511v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144506v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144517v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144478v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144489v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05143942v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05143919v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05143910v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03593640v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682579v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04594730v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.33194" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682583v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04682626v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680138v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680116v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689128v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689147v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689121v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689132v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689114v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689138v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134977v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04689142v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04689210v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04689205v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03325925v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04689207v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04689167v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04689201v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04689184v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02555802v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01719326v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Braud" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05143005v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149352v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00683062v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05143012v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149346v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00460788v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149359v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05145201v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mots.286" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144523v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05144500v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00547920v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00419798v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00294052v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>