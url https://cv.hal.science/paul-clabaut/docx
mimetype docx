--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -918,542 +918,542 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03758029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transferable Gaussian Attractive Potentials for Organic/Oxide Interfaces</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Designing Active Sites for Structure-Sensitive Reactions via the Generalized Coordination Number: Application to Alcohol Dehydrogenation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Blanck</w:t>
+                <w:t xml:space="preserve">Kamila Kaźmierczak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Clabaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Loehlé</w:t>
+                <w:t xml:space="preserve">Ruben Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Perret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephan N. Steinmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcb.1c05156⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 125 (19), pp.10370-10377. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.1c01746⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03424499v1</w:t>
+                <w:t xml:space="preserve">hal-03271982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Designing Active Sites for Structure-Sensitive Reactions via the Generalized Coordination Number: Application to Alcohol Dehydrogenation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Kamila Kaźmierczak</w:t>
+                <w:t xml:space="preserve">Transferable Gaussian Attractive Potentials for Organic/Oxide Interfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Blanck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Clabaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Perret</w:t>
+                <w:t xml:space="preserve">Sophie Loehlé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephan N. Steinmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 125 (19), pp.10370-10377. </w:t>
+              <w:t xml:space="preserve">Journal of Physical Chemistry B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 125 (38), pp.10843-10853. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jpcc.1c01746⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jpcb.1c05156⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03271982v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03424499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Water Adlayers on Noble Metal Surfaces: Insights from Energy Decomposition Analysis</w:t>
+                <w:t xml:space="preserve">Ten Facets, One Force Field: The GAL19 Force Field for Water–Noble Metal Interfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Clabaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joachim Galiana</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Elise Antonetti</w:t>
+                <w:t xml:space="preserve">Paul Fleurat-Lessard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephan N. Steinmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0013040⟩</w:t>
+              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 16 (7), pp.4565-4578. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jctc.0c00091⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02989572v1</w:t>
+                <w:t xml:space="preserve">hal-03424265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ten Facets, One Force Field: The GAL19 Force Field for Water–Noble Metal Interfaces</w:t>
+                <w:t xml:space="preserve">Water Adlayers on Noble Metal Surfaces: Insights from Energy Decomposition Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Clabaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruben Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joachim Galiana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Fleurat-Lessard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Carine Michel</w:t>
+                <w:t xml:space="preserve">Elise Antonetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephan N. Steinmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 16 (7), pp.4565-4578. </w:t>
+              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 153 (5), pp.054703. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jctc.0c00091⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/5.0013040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03424265v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02989572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solvation Free Energies and Adsorption Energies at the Metal/Water Interface from Hybrid Quantum-Mechanical/Molecular Mechanics Simulations</w:t>
               </w:r>
@@ -2184,51 +2184,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860144v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Clabaut" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carles Mart&#237;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Michel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan N. Steinmann" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:12015e9a91aaa101edb79af6ec5edf1163c1eed3;origin=https://gitlab.com/lch_interfaces/solvhybrid.git;visit=swh:1:snp:541050a38da713589c8f83037c237a557aedcec6;anchor=swh:1:rev:6ae389bbcc8551d5cd6ad38e7969f36ea93d8b43" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03857062v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rey" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03857029v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain R&#233;ocreux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Girel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03700562v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03700535v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077889v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758029v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.2c00998" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424499v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Blanck" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Loehl&#233;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.1c05156" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271982v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Ka&#378;mierczak" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Staub" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Perret" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.1c01746" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989572v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Galiana" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Antonetti" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0013040" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424265v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Fleurat-Lessard" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.0c00091" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998070v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Schweitzer" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas W. G&#246;tz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.0c00632" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03284332v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021LYSEN015" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03700600v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077896v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077895v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860144v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Clabaut" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carles Mart&#237;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Michel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephan N. Steinmann" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:12015e9a91aaa101edb79af6ec5edf1163c1eed3;origin=https://gitlab.com/lch_interfaces/solvhybrid.git;visit=swh:1:snp:541050a38da713589c8f83037c237a557aedcec6;anchor=swh:1:rev:6ae389bbcc8551d5cd6ad38e7969f36ea93d8b43" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03857062v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rey" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03857029v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain R&#233;ocreux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Girel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03700562v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03700535v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077889v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03758029v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.2c00998" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271982v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamila Ka&#378;mierczak" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Staub" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Perret" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.1c01746" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424499v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Blanck" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Loehl&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcb.1c05156" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424265v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Fleurat-Lessard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.0c00091" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989572v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Galiana" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Antonetti" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0013040" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998070v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Schweitzer" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas W. G&#246;tz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.0c00632" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03284332v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021LYSEN015" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03700600v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077896v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02077895v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>