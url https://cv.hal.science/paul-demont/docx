--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -340,312 +340,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04211428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Albert Camus, l’Anabase de Xénophon et la « nouvelle Culture méditerranéenne »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Demont</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Anabases - Traditions et réceptions de l’Antiquité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 35, pp.101-110</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03813146v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Herodotus (and Protagoras) on the Foresight of the Divine (3.107-110)*</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Demont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Syllogos - Herodotus Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 1, pp.46-64. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48638/sylg.2022.1.91067⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.48638/sylg.2022.1.91067⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-04023047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Albert Camus, l’Anabase de Xénophon et la « nouvelle Culture méditerranéenne »</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">[Recension] Hélen King, Hippocrates Now. The “Father of Medecine” in the Internet Age. – Londres : Bloomsbury, 2020. – X+262 p. : bibliogr., index, ill. – (Bloomsbury Studies in Classical Reception). – ISBN : 978.1.3500.0589.1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Demont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anabases - Traditions et réceptions de l’Antiquité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 35, pp.101-110</w:t>
+              <w:t xml:space="preserve">Revue des études anciennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 122 (2), pp.615--617</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03807291v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silence Œdipe!' Le silence dans l'Œdipe à Colone de Sophocle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Demont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers du Théâtre Antique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, N.S. 3, pp.109--121</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03807298v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">halshs-03807291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Socrate et le tirage au sort</w:t>
               </w:r>
@@ -850,372 +850,372 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03138486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le tirage au sort dans l'Athènes antique : de la religion à la politique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Demont</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Participations - Revue de sciences sociales sur la démocratie et la citoyenneté</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Hos série, pp.99--115</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03807302v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Archaïsmes de prononciation et exceptions à la correptio attica dans l’Ajax de Sophocle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Demont</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lexis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 37, pp.19--26</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03807299v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le tirage au sort dans la démocratie de l’Athènes classique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Demont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SiloMag</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03807301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Le tirage au sort dans l'Athènes antique : de la religion à la politique</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">[Recension] Hippocrate, Femmes stériles, Maladies des jeunes filles, Superfétation, Excision du foetus, Texte établi, traduit et annoté par F. Bourbon, Les Belles Lettres (CUF), Paris, 2017</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Demont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Participations - Revue de sciences sociales sur la démocratie et la citoyenneté</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Hos série, pp.99--115</w:t>
+              <w:t xml:space="preserve">Revue des Études Grecques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 131, pp.788--792</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...89 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03807280v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La paix comme finalité chez Platon et Aristote</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Demont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les mots de la Paix</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03807281v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">halshs-03807280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xénophon et Plutarque dans &amp;quot;Der Tod in Venedig&amp;quot; de Thomas Mann</w:t>
               </w:r>
@@ -1748,246 +1748,246 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03807293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Ethics in Early Greek Medicine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Demont</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Wolfsdorf, David C. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Early Greek Ethics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oxford University Press, pp.520--544, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03807292v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Selection by Lot in Ancient Athens: From Religion to Politics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Demont</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Lopez-Rabatel, L. and Sintomer, Y. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sortition &amp; Democracy. History, Tools, Theories</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Imprint Academy, pp.112--129, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03807300v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La bâtardise dans l’Ajax de Sophocle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Demont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cariou, Morgane and Marquis, Émeline. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ἀντιγράψαι τῇ γραφῇ. Mélanges de littérature antique en l’honneur d’Alain Billault</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre d'études et de recherche sur l'Occident romain, pp.77--91, 2020, CEROR, 55</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03807295v1</w:t>
-              </w:r>
-[...144 lines deleted...]
-                <w:t xml:space="preserve">halshs-03807300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ἀκρασίη: [Hippocrate], Humeurs 9 (V 488.15-490.8 Littré, 168, 3-13 Overwien)</w:t>
               </w:r>
@@ -2550,51 +2550,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290575v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Demont" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/litt.219.0025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290586v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1215/0961754X-10568708" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211428v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023047v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48638/sylg.2022.1.91067" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03813146v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03807298v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03807291v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03807297v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03807296v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/vilpa.2020.1824" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03138486v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mondesanciens.2566" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03807301v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03807302v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03807299v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03807281v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03807280v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03807278v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03807279v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290602v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843833v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211406v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/M.BEHE-EB.5.134765" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03813287v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03807293v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03807295v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03807292v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03807300v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02965896v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Alessi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004432390_005" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03807294v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03807277v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03807268v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211444v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290575v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Demont" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/litt.219.0025" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290586v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1215/0961754X-10568708" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211428v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03813146v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023047v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48638/sylg.2022.1.91067" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03807291v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03807298v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03807297v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03807296v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/vilpa.2020.1824" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03138486v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mondesanciens.2566" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03807302v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03807299v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03807301v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03807280v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03807281v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03807278v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03807279v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290602v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03843833v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211406v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/M.BEHE-EB.5.134765" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03813287v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03807293v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03807292v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03807300v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03807295v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02965896v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Alessi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004432390_005" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03807294v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03807277v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03807268v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211444v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>