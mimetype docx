--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1089,278 +1089,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04704260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From Molecular Oxo-Hydroxo Ce Clusters to Crystalline CeO 2</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Synthesis of plutonium dioxide by citric acid-assisted Solution Combustion Synthesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Hautecouverture</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Estevenon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucia Amidani</w:t>
+                <w:t xml:space="preserve">Cyrielle Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephen Bauters</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Xavier Deschanels</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry of Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.2c03456⟩</w:t>
+              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 586, pp.154694. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2023.154694⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04721698v1</w:t>
+                <w:t xml:space="preserve">cea-04220574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of plutonium dioxide by citric acid-assisted Solution Combustion Synthesis</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">From Molecular Oxo-Hydroxo Ce Clusters to Crystalline CeO 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Estevenon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucia Amidani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyrielle Rey</w:t>
+                <w:t xml:space="preserve">Stephen Bauters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Tamain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Deschanels</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Michael Bodensteiner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 586, pp.154694. </w:t>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 35 (4), pp.1723-1734. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2023.154694⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.2c03456⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04220574v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04721698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How hydrothermal synthesis improves the synthesis of (Zr,Ce)SiO$_4$ solid solutions</w:t>
               </w:r>
@@ -1876,295 +1876,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03379823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ study of the synthesis of thorite (ThSiO 4 ) under environmental representative conditions</w:t>
+                <w:t xml:space="preserve">Soft Hydrothermal Synthesis of Hafnon, HfSiO 4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Estevenon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Kaczmarek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémy Causse</w:t>
+                <w:t xml:space="preserve">Mohamed Ruwaid Rafiuddin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éléonore Welcomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Szenknect</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Adel Mesbah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 49 (33), pp.11512-11521. </w:t>
+              <w:t xml:space="preserve">Crystal Growth &amp; Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 20 (3), pp.1820-1828. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D0DT01790F⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.cgd.9b01546⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03005940v1</w:t>
+                <w:t xml:space="preserve">hal-03005939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soft Hydrothermal Synthesis of Hafnon, HfSiO 4</w:t>
+                <w:t xml:space="preserve">In situ study of the synthesis of thorite (ThSiO 4 ) under environmental representative conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Estevenon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Ruwaid Rafiuddin</w:t>
+                <w:t xml:space="preserve">Jérémy Causse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Szenknect</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éléonore Welcomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Stephanie Szenknect</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adel Mesbah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Crystal Growth &amp; Design</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 20 (3), pp.1820-1828. </w:t>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 49 (33), pp.11512-11521. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.cgd.9b01546⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/D0DT01790F⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03005939v1</w:t>
+                <w:t xml:space="preserve">hal-03005940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-Temperature Thermodynamics of Cerium Silicates, A-Ce2Si2O7 , and Ce4.67(SiO4)3O</w:t>
               </w:r>
@@ -2814,51 +2814,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02360069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Carbonate Ions on the Synthesis of ThSiO 4 under Hydrothermal Conditions</w:t>
+                <w:t xml:space="preserve">Multiparametric Study of the Synthesis of ThSiO 4 under Hydrothermal Conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Estevenon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éléonore Welcomme</w:t>
@@ -2897,102 +2897,102 @@
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 57 (19), pp.12398-12408. </w:t>
+              <w:t xml:space="preserve">, 2018, 57 (15), pp.9393-9402. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.8b02146⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.8b01390⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02045590v1</w:t>
+                <w:t xml:space="preserve">hal-02045593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiparametric Study of the Synthesis of ThSiO 4 under Hydrothermal Conditions</w:t>
+                <w:t xml:space="preserve">Impact of Carbonate Ions on the Synthesis of ThSiO 4 under Hydrothermal Conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Estevenon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éléonore Welcomme</w:t>
@@ -3031,78 +3031,78 @@
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 57 (15), pp.9393-9402. </w:t>
+              <w:t xml:space="preserve">, 2018, 57 (19), pp.12398-12408. </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.8b01390⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.8b02146⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02045593v1</w:t>
+                <w:t xml:space="preserve">hal-02045590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (22)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3114,293 +3114,289 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new plutonium metal certified reference material at CETAMA: release of the MP4 standard</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Chronicles of peroxide plutonium species: structural characterization of new Pu(IV) green peroxide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Margate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastien Picart</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Giacomo Canciani</w:t>
+                <w:t xml:space="preserve">Matthieu Virot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Bayle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Menut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atalante 2024 - Sixth International ATALANTE Conference on Nuclear Chemistry for Sustainable Fuel Cycles</w:t>
+              <w:t xml:space="preserve">ATALANTE 2024 – Nuclear Chemistry for Sustainable Fuel Cycles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-04722324v1</w:t>
+                <w:t xml:space="preserve">hal-04766140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Préparation et caractérisation structurale d'un nouveau peroxyde de Pu(IV)</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Conversion hydrothermale de peroxydes d’U(VI) et de Pu(IV) en oxydes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Estevenon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Tamain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Dacheux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Clavier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3èmes rencontres rayonnement radiochimie R3C</w:t>
+              <w:t xml:space="preserve">R3C 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Nîmes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04766147v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04704997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preparation and structural characterization of an original peroxide complex of Pu(IV)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Margate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3422,137 +3418,137 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Tamain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Menut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JDA 2024 - 53rd Journées des Actinides international conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04764765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etudes de phase d’intérêt pour le corium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Avallone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Guéneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Estevenon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3584,303 +3580,307 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atelier NEEDS – GDR SCINEE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Marcoule, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04706185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronicles of peroxide plutonium species: structural characterization of new Pu(IV) green peroxide</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Thomas Dumas</w:t>
+                <w:t xml:space="preserve">A new plutonium metal certified reference material at CETAMA: release of the MP4 standard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Picart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marielle Crozet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ygor Davrain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Bertorello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giacomo Canciani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ATALANTE 2024 – Nuclear Chemistry for Sustainable Fuel Cycles</w:t>
+              <w:t xml:space="preserve">Atalante 2024 - Sixth International ATALANTE Conference on Nuclear Chemistry for Sustainable Fuel Cycles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04766140v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04722324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conversion hydrothermale de peroxydes d’U(VI) et de Pu(IV) en oxydes</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Préparation et caractérisation structurale d'un nouveau peroxyde de Pu(IV)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Margate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Virot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Bayle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Menut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">R3C 2024</w:t>
+              <w:t xml:space="preserve">3èmes rencontres rayonnement radiochimie R3C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Nîmes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04704997v1</w:t>
+                <w:t xml:space="preserve">hal-04766147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From conversion to fabrication and fine characterization of MOX fuel</w:t>
               </w:r>
@@ -4185,73 +4185,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Dacheux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Clavier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atalante 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Avignon, France</w:t>
+              <w:t xml:space="preserve">Plutonium Futures 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Charleston, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04705011v1</w:t>
+                <w:t xml:space="preserve">hal-04705012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of uranium and plutonium oxides by peroxide precipitation and hydrothermal treatment</w:t>
               </w:r>
@@ -4306,73 +4306,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Dacheux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Clavier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plutonium Futures 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Charleston, United States</w:t>
+              <w:t xml:space="preserve">Atalante 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04705012v1</w:t>
+                <w:t xml:space="preserve">hal-04705011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formation of PuSiO4: lessons coming from chemical analogues</w:t>
               </w:r>
@@ -4617,77 +4617,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mixed Actinides Oxides Synthesis by Solution Combustion Synthesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Hautecouverture</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Estevenon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Deschanels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th Forum on New Materials - CIMTEC 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Perugia, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5264,51 +5264,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éléonore Welcomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Szenknect</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Causse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MS&amp;T 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Portland, United States</w:t>
@@ -5999,77 +5999,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Actinides Mixed Oxides U1-yPuyO2 synthesis by Solution Combustion Synthesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Hautecouverture</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrielle Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Estevenon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Deschanels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plutonium Futures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6287,51 +6287,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="90F74A3C"/>
+    <w:nsid w:val="399D7D8F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6518,51 +6518,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/paul-estevenon" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8517-4744" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500636v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Hautecouverture" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Estevenon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Bazarkina" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina Kvashnina" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5dt02138c" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024010v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Muller" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Tamain" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dacheux" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Clavier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4DT03467H" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05114690v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Picart" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Crozet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Canciani" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ygor Davrain" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bertorello" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10967-025-10093-3" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704292v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Strzelecki" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaodong Zhao" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongwu Xu" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705508v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Margate" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Bayle" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dumas" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Dalodi&#232;re" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4CC01186D" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704276v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Barral" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Avallone" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateo Jeffredo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis de la Hos" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4DT01604A" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704260v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Baker" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.2c06657" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721698v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Amidani" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Bauters" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Bodensteiner" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.2c03456" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04220574v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Rey" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Deschanels" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2023.154694" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04220573v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Chanteau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Kaczmarek" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3DT01524F" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721760v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pier Lorenzo Solari" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonore Welcomme" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Szenknect" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2dt90053j" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03385996v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1DT02248B" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03379823v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew C Strzelecki" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Mesbah" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitaliy Goncharov" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.0c02757" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03005940v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Causse" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;l&#233;onore Welcomme" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0DT01790F" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03005939v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ruwaid Rafiuddin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.9b01546" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03004698v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyle Kriegsman" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianming Bai" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsearthspacechem.0c00231" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013951v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Jouan" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0DT01183E" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03005926v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Bourgeois" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nian Wei" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.0c01476" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02360056v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Vadot" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9DT01990A" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02360069v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Moisy" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9DT01258C" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02045590v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.8b02146" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02045593v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.8b01390" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04722324v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Picart" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766147v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Virot" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Menut" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764765v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706185v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Gu&#233;neau" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766140v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704997v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04731468v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Ramond" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Lebreton" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Simeon" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04724391v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davrain Ygor" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705011v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705012v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705038v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704996v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837791v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705035v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704327v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04720127v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702304v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705031v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02338619v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Estevenon" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Welcomme" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Poinssot" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Dacheux" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417722v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Moisy" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02438720v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02509805v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706095v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Chmali" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Martinez" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe M. Martin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837793v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03623554v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018ENCM0013" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/paul-estevenon" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8517-4744" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500636v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Hautecouverture" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Estevenon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Bazarkina" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina Kvashnina" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5dt02138c" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024010v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Muller" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Tamain" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dacheux" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Clavier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4DT03467H" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05114690v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Picart" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Crozet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Canciani" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ygor Davrain" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bertorello" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10967-025-10093-3" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704292v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Strzelecki" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaodong Zhao" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongwu Xu" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705508v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Margate" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Bayle" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Dumas" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Dalodi&#232;re" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4CC01186D" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704276v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Barral" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Avallone" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateo Jeffredo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis de la Hos" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4DT01604A" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704260v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Baker" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.2c06657" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04220574v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Rey" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Deschanels" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnucmat.2023.154694" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721698v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Amidani" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Bauters" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Bodensteiner" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.2c03456" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04220573v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Chanteau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Kaczmarek" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3DT01524F" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04721760v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pier Lorenzo Solari" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonore Welcomme" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Szenknect" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2dt90053j" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03385996v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1DT02248B" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03379823v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew C Strzelecki" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Mesbah" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vitaliy Goncharov" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.0c02757" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03005939v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ruwaid Rafiuddin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;l&#233;onore Welcomme" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.9b01546" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03005940v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Causse" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0DT01790F" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03004698v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyle Kriegsman" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianming Bai" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsearthspacechem.0c00231" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03013951v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Jouan" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0DT01183E" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03005926v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Bourgeois" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nian Wei" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.0c01476" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02360056v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Vadot" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9DT01990A" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02360069v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Moisy" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9DT01258C" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02045593v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.8b01390" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02045590v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.8b02146" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766140v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Virot" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Menut" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704997v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764765v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706185v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Gu&#233;neau" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04722324v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Picart" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04766147v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04731468v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Ramond" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Lebreton" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Simeon" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04724391v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davrain Ygor" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705012v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705011v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705038v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704996v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837791v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705035v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704327v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04720127v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702304v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705031v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02338619v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Estevenon" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Welcomme" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Poinssot" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Dacheux" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417722v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Moisy" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02438720v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02509805v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706095v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Chmali" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Martinez" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe M. Martin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837793v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03623554v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018ENCM0013" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>