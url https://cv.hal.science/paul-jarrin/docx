--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -592,429 +592,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04505348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Self-reactivated rupture during the 2019 M&amp;lt;sub&amp;gt;w&amp;lt;/sub&amp;gt; = 8 northern Peru intraslab earthquake</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Continental block motion in the Northern Andes from GPS measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Jarrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Mathieu Nocquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Vallée</w:t>
+                <w:t xml:space="preserve">Frédérique Rolandone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Audin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yuqing Xie</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jean-Mathieu Nocquet</w:t>
+                <w:t xml:space="preserve">H Mora-Páez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.epsl.2022.117886⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Journal International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 235, pp.1434-1464. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggad294⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03947012v1</w:t>
+                <w:t xml:space="preserve">hal-04195348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Current motion and deformation of the Nazca Plate: new constraints from GPS measurements</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Paul Jarrin</w:t>
+                <w:t xml:space="preserve">Self-reactivated rupture during the 2019 M&amp;lt;sub&amp;gt;w&amp;lt;/sub&amp;gt; = 8 northern Peru intraslab earthquake</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Vallée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuqing Xie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Grandin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Carlos Villegas-Lanza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Mathieu Nocquet</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">P. Mothes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Journal International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/gji/ggac353⟩</w:t>
+              <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 601, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.epsl.2022.117886⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03839229v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03947012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Continental block motion in the Northern Andes from GPS measurements</w:t>
+                <w:t xml:space="preserve">Current motion and deformation of the Nazca Plate: new constraints from GPS measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Jarrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Mathieu Nocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Rolandone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laurence Audin</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Mora-Páez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H Mora-Páez</w:t>
+                <w:t xml:space="preserve">P. Mothes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geophysical Journal International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 235, pp.1434-1464. </w:t>
+              <w:t xml:space="preserve">, 2023, 232, pp.842-863. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/gji/ggad294⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/gji/ggac353⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04195348v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03839229v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imaging rapid early afterslip of the 2016 Pedernales earthquake, Ecuador</w:t>
               </w:r>
@@ -1128,831 +1128,831 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02326771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Areas prone to slow slip events impede earthquake rupture propagation and promote afterslip</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Global Database of Strong‐Motion Displacement GNSS Recordings and an Example Application to PGD Scaling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patricia Mothes</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Martin Vallée</w:t>
+                <w:t xml:space="preserve">Christine Ruhl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Melgar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jianghui Geng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Goldberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brendan Crowell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Advances </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/sciadv.aao6596⟩</w:t>
+              <w:t xml:space="preserve">Seismological Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 90 (1), pp.271-279. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1785/0220180177⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01727045v1</w:t>
+                <w:t xml:space="preserve">hal-02239078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seismicity Distribution Near a Subducting Seamount in the Central Ecuadorian Subduction Zone, Space-Time Relation to a Slow-Slip Event</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Philippe Charvis</w:t>
+                <w:t xml:space="preserve">Areas prone to slow slip events impede earthquake rupture propagation and promote afterslip</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Rolandone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Mathieu Nocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Galvé</w:t>
+                <w:t xml:space="preserve">Patricia Mothes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Jarrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Vallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tectonics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 37 (7), pp.2106-2123. </w:t>
+              <w:t xml:space="preserve">Science Advances </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 4 (1), pp.eaao6596. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2017TC004771⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1126/sciadv.aao6596⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02196121v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01727045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring the Earthquake Cycle in the Northern Andes from the Ecuadorian cGPS Network</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Seismicity Distribution Near a Subducting Seamount in the Central Ecuadorian Subduction Zone, Space-Time Relation to a Slow-Slip Event</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean‐mathieu Nocquet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Paul Jarrin</w:t>
+                <w:t xml:space="preserve">Mónica Segovia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandra Alvarado Cevallos Alvarado</w:t>
+                <w:t xml:space="preserve">Yvonne Font</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Regnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Charvis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Galvé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Seismological Research Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1785/0220170243⟩</w:t>
+              <w:t xml:space="preserve">Tectonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 37 (7), pp.2106-2123. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2017TC004771⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01727029v1</w:t>
+                <w:t xml:space="preserve">hal-02196121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Global Database of Strong‐Motion Displacement GNSS Recordings and an Example Application to PGD Scaling</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jianghui Geng</w:t>
+                <w:t xml:space="preserve">Monitoring the Earthquake Cycle in the Northern Andes from the Ecuadorian cGPS Network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Mothes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Rolandone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diego Goldberg</w:t>
+                <w:t xml:space="preserve">Jean‐mathieu Nocquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Jarrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brendan Crowell</w:t>
+                <w:t xml:space="preserve">Alexandra Alvarado Cevallos Alvarado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Seismological Research Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 90 (1), pp.271-279. </w:t>
+              <w:t xml:space="preserve">, 2018, 89 (2A), pp.534 - 541. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1785/0220180177⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1785/0220170243⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02239078v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01727029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Supercycle at the Ecuadorian subduction zone revealed after the 2016 Pedernales earthquake</w:t>
+                <w:t xml:space="preserve">Ground deformation before the 2015 eruptions of Cotopaxi volcano detected by InSAR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Nocquet</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">P. Mothes</w:t>
+                <w:t xml:space="preserve">Anieri Morales Rivera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Grandin</w:t>
+                <w:t xml:space="preserve">Falk Amelung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Mothes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sang-Hoon Hong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Mathieu Nocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Geoscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/ngeo2864⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 44 (13), pp.6607-6615. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/2017gl073720⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01737651v1</w:t>
+                <w:t xml:space="preserve">hal-02131793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ground deformation before the 2015 eruptions of Cotopaxi volcano detected by InSAR</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Supercycle at the Ecuadorian subduction zone revealed after the 2016 Pedernales earthquake</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Falk Amelung</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Patricia Mothes</w:t>
+                <w:t xml:space="preserve">J. Nocquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Jarrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Vallée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Mothes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sang-Hoon Hong</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Mathieu Nocquet</w:t>
+                <w:t xml:space="preserve">R. Grandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 44 (13), pp.6607-6615. </w:t>
+              <w:t xml:space="preserve">Nature Geoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 10 (2), pp.145 - 149. </w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/2017gl073720⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/ngeo2864⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02131793v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01737651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Subducted oceanic relief locks the shallow megathrust in central Ecuador</w:t>
               </w:r>
@@ -2124,51 +2124,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-M. Nocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Biggs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Mothes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 450, pp.283 - 291. </w:t>
@@ -2206,51 +2206,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Partitioning of oblique convergence in the Norther Andes subduction zone: Migration history and the present-day boundary of the North Andean Sliver in Ecuador</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Alvarado Cevallos Alvarado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Audin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2258,51 +2258,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M. Nocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Jaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Mothes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tectonics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 35 (5), pp.1048-1065. </w:t>
@@ -2513,64 +2513,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.C. Villegas-Lanza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Chlieh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Mothes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Rolandone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Geoscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 7, pp.287-291. </w:t>
@@ -2647,51 +2647,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Mathieu Nocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Battaglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvonne Font</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Segovia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3042,90 +3042,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Free surface effects and rupture dynamics : insights from the 2019 Mw=8 northern Peru intraslab earthquake</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Vallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuqing Xie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Grandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Carlos Villegas-Lanza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Mathieu Nocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3170,546 +3170,546 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-04604366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elastic Block model in the North Andean Sliver</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Large Afterslip with Episodic Slip Acceleration following the Mw 7.8 Perdernales Earthquake, Ecuador</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Rolandone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Mathieu Nocquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Mothes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Jarrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Patricia Mothes</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Vergnolle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVII Congreso Colombiano de Geologia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Servicio Geologico Colombiano, Aug 2021, Medellin, Colombia</w:t>
+              <w:t xml:space="preserve">AGU Fall Meeting 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, New Orleans, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03622995v1</w:t>
+                <w:t xml:space="preserve">hal-03876796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatio-temporal evolution of afterslip following the Mw 7.8 Pedernales earthquake, Ecuador</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Elastic Block model in the North Andean Sliver</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Jarrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Mathieu Nocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Rolandone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hector Mora-Páez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Mothes</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Paul Jarrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly 2021 (online)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">XVII Congreso Colombiano de Geologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Servicio Geologico Colombiano, Aug 2021, Medellin, Colombia</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03185013v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03622995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elastic Block Model in the North Andean Sliver</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Spatio-temporal evolution of afterslip following the Mw 7.8 Pedernales earthquake, Ecuador</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Mathieu Nocquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Rolandone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Mothes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Jarrin</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Patricia Mothes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU General Assembly 2021</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/egusphere-egu21-7995⟩</w:t>
+              <w:t xml:space="preserve">EGU General Assembly 2021 (online)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, Online, Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu21-10787⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03185005v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03185013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large Afterslip with Episodic Slip Acceleration following the Mw 7.8 Perdernales Earthquake, Ecuador</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Elastic Block Model in the North Andean Sliver</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Jarrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Mathieu Nocquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Rolandone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hector Mora-Paez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Mothes</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Vergnolle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AGU Fall Meeting 2021</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EGU General Assembly 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, Vienne, Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu21-7995⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03876796v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03185005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seismic Evidences for Complex Faulting Through the Gulf of Guayaquil, Ecuador</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Regnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriela Ponce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3790,51 +3790,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seismic Evidences for Complex Faulting Through the Gulf of Guayaquil, Ecuador</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Regnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriela Ponce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4206,77 +4206,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Afterslip and slow slip events in the postseismic deformation of the 2016 Pedernales earthquake, Ecuador</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Rolandone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Mathieu Nocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Mothes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Jarrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4330,277 +4330,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03025900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatio-temporal evolution of early afterslip following the 2016 Mw 7.8 Pedernales earthquake</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Constraints from 3D earthquake location for aftershocks of the Mw=7.8 April 16, 2016 Pedernales Earthquake (Ecuador subduction zone)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvonne Font</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. L. Tsang</w:t>
+                <w:t xml:space="preserve">Hans Agurto-Detzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Alvarado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Vergnolle</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">J. M. Nocquet</w:t>
+                <w:t xml:space="preserve">Marc Régnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Rolandone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AGU Fall Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2018, Washington, United States</w:t>
+              <w:t xml:space="preserve">Seismological Society of America Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Miami, United States. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02378650v1</w:t>
+                <w:t xml:space="preserve">hal-02903086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Constraints from 3D earthquake location for aftershocks of the Mw=7.8 April 16, 2016 Pedernales Earthquake (Ecuador subduction zone)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yvonne Font</w:t>
+                <w:t xml:space="preserve">Spatio-temporal evolution of early afterslip following the 2016 Mw 7.8 Pedernales earthquake</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. L. Tsang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Vergnolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hans Agurto-Detzel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alexandra Alvarado</w:t>
+                <w:t xml:space="preserve">C. Twardzik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Sladen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Régnier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédérique Rolandone</w:t>
+                <w:t xml:space="preserve">J. M. Nocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Seismological Society of America Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Miami, United States. 2018</w:t>
+              <w:t xml:space="preserve">AGU Fall Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Washington, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02903086v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02378650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interseismic velocity field and coupling along the Ecuador Subduction interface in relation to the 2016 Pedernales Earthquake</w:t>
               </w:r>
@@ -4625,51 +4625,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J-M Nocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Rolandone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Mothes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AGU Fall Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2016, San Francisco California, United States. 2016, pp.T51E-2978</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4887,51 +4887,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="9CFF6129"/>
+    <w:nsid w:val="034CC3D6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5118,51 +5118,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/paul-jarrin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9874-1330" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/260240222" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04607595v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Harrichhausen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Audin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Baize" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kendra Johnson" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Beauval" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0220230217" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04726372v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Marconato" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Audin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. -P. Doin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Mathieu Nocquet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Jarrin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggae338" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505348v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurin Vidal" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Jarrin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Rolland" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Vergnolle" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs16060991" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03947012v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Vall&#233;e" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuqing Xie" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Grandin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Villegas-Lanza" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2022.117886" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03839229v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Rolandone" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Mora-P&#225;ez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mothes" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggac353" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04195348v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Mora-P&#225;ez" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggad294" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326771v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louisa L.H. Tsang" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Twardzik" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Sladen" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2019.115724" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01727045v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Mothes" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aao6596" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196121v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nica Segovia" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonne Font" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Regnier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Charvis" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Galv&#233;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2017TC004771" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01727029v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;mathieu Nocquet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Alvarado Cevallos Alvarado" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0220170243" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02239078v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Ruhl" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Melgar" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianghui Geng" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Goldberg" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brendan Crowell" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0220180177" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01737651v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Nocquet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Grandin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ngeo2864" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131793v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anieri Morales Rivera" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Falk Amelung" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sang-Hoon Hong" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017gl073720" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01734549v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Collot" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Sanclemente" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Lepr&#234;tre" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Ribodetti" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016JB013849" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531502v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanna K. Ebmeier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John R. Elliott" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-M. Nocquet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Biggs" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2016.06.046" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402144v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Nocquet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Jaillard" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016TC004117" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00991494v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Alvadaro" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Lagreulet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Segovia" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2012TC003224" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402164v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Nocquet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Villegas-Lanza" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chlieh" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ngeo2099" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067233v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Vallee" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Battaglia" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jgrb.50216" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01051241v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vall&#233;e" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Font" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0120120255" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696491v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sakic" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Leclerc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-17764" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04604366v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-9150" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03622995v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hector Mora-P&#225;ez" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03185013v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-10787" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03185005v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hector Mora-Paez" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-7995" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03876796v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03531040v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Ponce" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Alvarado" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Saillard" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902820v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Saillard" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407496v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190675v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Marconato" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Doin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-5686" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025900v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-6777" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378650v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. L. Tsang" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vergnolle" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Twardzik" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Nocquet" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02903086v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Agurto-Detzel" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc R&#233;gnier" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620846v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-M Nocquet" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rolandone" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03662020v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021SORUS334" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/paul-jarrin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9874-1330" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/260240222" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://asnr.hal.science/irsn-04607595v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Harrichhausen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Audin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Baize" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kendra Johnson" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Beauval" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0220230217" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04726372v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Marconato" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Audin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. -P. Doin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Mathieu Nocquet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Jarrin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggae338" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505348v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurin Vidal" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Jarrin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Rolland" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Vergnolle" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs16060991" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04195348v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Rolandone" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Mora-P&#225;ez" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggad294" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03947012v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Vall&#233;e" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuqing Xie" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Grandin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Villegas-Lanza" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2022.117886" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03839229v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Mora-P&#225;ez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mothes" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gji/ggac353" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02326771v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louisa L.H. Tsang" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Twardzik" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Sladen" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2019.115724" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02239078v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Ruhl" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Melgar" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianghui Geng" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Goldberg" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brendan Crowell" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0220180177" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01727045v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Mothes" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.aao6596" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02196121v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#243;nica Segovia" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonne Font" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Regnier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Charvis" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Galv&#233;" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2017TC004771" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01727029v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;mathieu Nocquet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Alvarado Cevallos Alvarado" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0220170243" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131793v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anieri Morales Rivera" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Falk Amelung" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sang-Hoon Hong" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017gl073720" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01737651v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Nocquet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Grandin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ngeo2864" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01734549v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Collot" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Sanclemente" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Lepr&#234;tre" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Ribodetti" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016JB013849" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531502v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanna K. Ebmeier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John R. Elliott" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-M. Nocquet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Biggs" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2016.06.046" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402144v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Nocquet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Jaillard" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016TC004117" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00991494v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Alvadaro" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Lagreulet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Segovia" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2012TC003224" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01402164v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Nocquet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Villegas-Lanza" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chlieh" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ngeo2099" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01067233v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Vallee" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Battaglia" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jgrb.50216" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01051241v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vall&#233;e" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Font" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1785/0120120255" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04696491v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sakic" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Leclerc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-17764" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04604366v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-9150" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03876796v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03622995v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hector Mora-P&#225;ez" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03185013v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-10787" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03185005v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hector Mora-Paez" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu21-7995" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03531040v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Ponce" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Alvarado" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Saillard" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902820v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Saillard" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02407496v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190675v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Marconato" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Doin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu23-5686" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03025900v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-6777" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02903086v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Agurto-Detzel" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc R&#233;gnier" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378650v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. L. Tsang" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vergnolle" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Twardzik" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. Nocquet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620846v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-M Nocquet" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rolandone" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03662020v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021SORUS334" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>