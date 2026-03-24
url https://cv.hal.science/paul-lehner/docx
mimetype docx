--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1227,368 +1227,368 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03385153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les politiques d’orientation depuis les années 2000 : le mythe de la régulation par l’information</w:t>
+                <w:t xml:space="preserve">L'orientation scolaire comme problème public (1964-1968): sens et finalités d'une politique éducative</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Lehner</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Clément Pin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Questions d'orientation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Quelle orientation prend l'Ecole ? Demandes, pratiques et politiques, Mars 2019 (1)</w:t>
+              <w:t xml:space="preserve">Recherches en éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03174998v1</w:t>
+                <w:t xml:space="preserve">hal-03174990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La procuration, un vote de classe</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les concurrences entre syndicats et association professionnelle pour la représentation des conseillers d’orientation (1964-1968)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Lehner</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Victor Violier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Métropolitiques</w:t>
+              <w:t xml:space="preserve">Histoire de l’éducation </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02933057v1</w:t>
+                <w:t xml:space="preserve">hal-03174925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'orientation scolaire comme problème public (1964-1968): sens et finalités d'une politique éducative</w:t>
+                <w:t xml:space="preserve">Les politiques d’orientation depuis les années 2000 : le mythe de la régulation par l’information</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Lehner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Pin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherches en éducation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019</w:t>
+              <w:t xml:space="preserve">Questions d'orientation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Quelle orientation prend l'Ecole ? Demandes, pratiques et politiques, Mars 2019 (1)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03174990v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03174998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les concurrences entre syndicats et association professionnelle pour la représentation des conseillers d’orientation (1964-1968)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La procuration, un vote de classe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Coulmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Le Digol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Lehner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Paranthoën</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Violier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Histoire de l’éducation </w:t>
+              <w:t xml:space="preserve">Métropolitiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03174925v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02933057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La mise en place d’un système d’orientation scolaire aux lendemains de Mai-Juin 68 : entre rénovation pédagogique et reflux conservateur (1968-1973)</w:t>
               </w:r>
@@ -1889,856 +1889,856 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05046654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’orientation des élèves en collège REP + : « l’affaire de tous » ? Nouveaux partenaires et nouvelle division du travail éducatif</w:t>
+                <w:t xml:space="preserve">Évaluer son propre dispositif de formation : enjeux épistémologiques, méthodologiques et pédagogiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Lehner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Nordmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Elise Hunyadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alice Olivier</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Maufrais Odile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Sochala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire de l'axe 2 du CLERSÉ "Mondes du travail, Mondes privésé"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laboratoire CLERSÉ, Jun 2024, Lille, France</w:t>
+              <w:t xml:space="preserve">Séminaire Evaluations, Etudes, Expertises en éducation et formation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire CIREL, Dec 2024, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05046677v1</w:t>
+                <w:t xml:space="preserve">hal-05046629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évaluer son propre dispositif de formation : enjeux épistémologiques, méthodologiques et pédagogiques</w:t>
+                <w:t xml:space="preserve">L’orientation des élèves en collège REP + : « l’affaire de tous » ? Nouveaux partenaires et nouvelle division du travail éducatif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Lehner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Marie-Elise Hunyadi</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Olivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maufrais Odile</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Célénie Brasselet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire Evaluations, Etudes, Expertises en éducation et formation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laboratoire CIREL, Dec 2024, Lille, France</w:t>
+              <w:t xml:space="preserve">Séminaire de l'axe 2 du CLERSÉ "Mondes du travail, Mondes privésé"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire CLERSÉ, Jun 2024, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05046629v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05046677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dégradation des conditions de travail et maintien dans le poste. Une analyse croisée des éléments de trajectoire d'enseignant-e-s du secondaire.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Bénédicte Girault</w:t>
+                <w:t xml:space="preserve">Jouer le jeu de la collaboration et préserver son domaine de compétences : le partage de l'orientation en collège REP+</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célénie Brasselet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Lehner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Olivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire doctoral, "Formation des enseignant.e.s et lutte contre les inégalités scolaires : des politiques aux pratiques (FELIS)"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laboratoire CIREL, Jun 2023, Lille, France</w:t>
+              <w:t xml:space="preserve">Séminaire "Approches comparées des collaborations professionnelles en actes"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Villeneuve d'Ascq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04277751v1</w:t>
+                <w:t xml:space="preserve">hal-04379571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Le mandat ambigu des professeurs principaux de Terminale en matière d’accompagnement à l’orientation : quels savoirs pour quelles pratiques ? »</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les collaborations des professionnel·les de l’éducation en orientation : pratiques et effets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célénie Brasselet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah El Ghalbzouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Lehner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Anne-Claudine Oller</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Olivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Intersections, circulations, 10e congrès de l'Association française de sociologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association française de sociologie, Jul 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">Séminaire interne à l’INSPE Lille HDF, recherches sur l’orientation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INSPE Lille HdF, l'Institut National Supérieur du Professorat et de l'Éducation de l'académie de Lille - Hauts-de-France, Jan 2023, Villeneuve d'Ascq, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04162845v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04379587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Enjeux épistémologiques et méthodologiques de l’engagement des chercheurs dans/pour l’évaluation du dispositif GPS : la réflexivité comme instrument de connaissances. »</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dégradation des conditions de travail et maintien dans le poste. Une analyse croisée des éléments de trajectoire d'enseignant-e-s du secondaire.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Amiel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Dorison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Girault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Lehner</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Nordmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La responsabilité sociale du chercheur. Enjeux de société et recherches en éducation et formation : mise en débat. Quels cadres théoriques pour quels développements des sujets, des institutions, des territoires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CY Paris université; EHESS, Jun 2023, Aubervilliers (Campus Condorcet), France</w:t>
+              <w:t xml:space="preserve">Séminaire doctoral, "Formation des enseignant.e.s et lutte contre les inégalités scolaires : des politiques aux pratiques (FELIS)"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire CIREL, Jun 2023, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04162870v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04277751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« La division du travail d’orientation au collège : rendre les élèves autonomes ou les ajuster aux attentes académiques et professionnelles ? »</w:t>
+                <w:t xml:space="preserve">« Le mandat ambigu des professeurs principaux de Terminale en matière d’accompagnement à l’orientation : quels savoirs pour quelles pratiques ? »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Lehner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Sarah El Ghalbzouri</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clement Pin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Claudine Oller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Intersections, circulations, 10e congrès de l'association française de sociologie</w:t>
+              <w:t xml:space="preserve">Intersections, circulations, 10e congrès de l'Association française de sociologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association française de sociologie, Jul 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04162865v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04162845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jouer le jeu de la collaboration et préserver son domaine de compétences : le partage de l'orientation en collège REP+</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">« Enjeux épistémologiques et méthodologiques de l’engagement des chercheurs dans/pour l’évaluation du dispositif GPS : la réflexivité comme instrument de connaissances. »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Lehner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alice Olivier</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Nordmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire "Approches comparées des collaborations professionnelles en actes"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Villeneuve d'Ascq, France</w:t>
+              <w:t xml:space="preserve">La responsabilité sociale du chercheur. Enjeux de société et recherches en éducation et formation : mise en débat. Quels cadres théoriques pour quels développements des sujets, des institutions, des territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CY Paris université; EHESS, Jun 2023, Aubervilliers (Campus Condorcet), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04379571v1</w:t>
+                <w:t xml:space="preserve">hal-04162870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les collaborations des professionnel·les de l’éducation en orientation : pratiques et effets</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+                <w:t xml:space="preserve">« La division du travail d’orientation au collège : rendre les élèves autonomes ou les ajuster aux attentes académiques et professionnelles ? »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Lehner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Olivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célénie Brasselet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah El Ghalbzouri</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alice Olivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire interne à l’INSPE Lille HDF, recherches sur l’orientation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INSPE Lille HdF, l'Institut National Supérieur du Professorat et de l'Éducation de l'académie de Lille - Hauts-de-France, Jan 2023, Villeneuve d'Ascq, France</w:t>
+              <w:t xml:space="preserve">Intersections, circulations, 10e congrès de l'association française de sociologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association française de sociologie, Jul 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04379587v1</w:t>
+                <w:t xml:space="preserve">hal-04162865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D'un lieu d'éducation associé à une recherche collaborative : le dispositif GPS comme médiation entre recherche et pratique</w:t>
               </w:r>
@@ -2951,260 +2951,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03175048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les réformes des politiques d’orientation (2005-2014) : de l’inter-ministérialité à l’autorégulation des choix d’orientation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le GPS &amp;quot;Gérer professionnellement des situations&amp;quot;: un dispositif pour accompagner les évolutions de la formation des enseignants ? .</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryse Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Lehner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Clément Pin</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Oria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VIIIe Congrès de l'association française de sociologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2019, Aix en provence, France</w:t>
+              <w:t xml:space="preserve">AREF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03175044v1</w:t>
+                <w:t xml:space="preserve">hal-03173173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le GPS &amp;quot;Gérer professionnellement des situations&amp;quot;: un dispositif pour accompagner les évolutions de la formation des enseignants ? .</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les réformes des politiques d’orientation (2005-2014) : de l’inter-ministérialité à l’autorégulation des choix d’orientation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Lehner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Oria</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Pin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AREF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">VIIIe Congrès de l'association française de sociologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Aix en provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03173173v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03175044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le GPS: un dispositif pour accompagner les évolutions de la formation des enseignants?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Lehner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryse Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Oria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès international de l'Actualité de la Recherche en Éducation et en Formation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3361,286 +3361,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03450364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dans les sous-sols d'un tribunal. Saisir l'État à travers ses archives judiciaires</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">Dans les sous-sols de l'Etat. Saisir l'état au travers des archives judiciaires : les trajectoires d’une population de mineurs délinquants passée par le tribunal pour enfants de Sinville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Amiel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Lehner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gauthier Fradois</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Paul Lehner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIIe congrès de l'association française de science politique, ST2, "Saisir l'État à travers ses écrits ordinaires"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2013, Paris, France</w:t>
+              <w:t xml:space="preserve">ST02 « Saisir l’État à travers ses écrits ordinaires. Enjeux, méthodes, objets »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Congrès de l'association française de Science politique, Jul 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03463429v1</w:t>
+                <w:t xml:space="preserve">halshs-01330673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'invention du métier de conseiller d'orientation scolaire et professionnelle</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dans les sous-sols d'un tribunal. Saisir l'État à travers ses archives judiciaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Amiel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier Fradois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Lehner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vème Congrès de l’Association Française de Sociologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, Nantes, France</w:t>
+              <w:t xml:space="preserve">XIIe congrès de l'association française de science politique, ST2, "Saisir l'État à travers ses écrits ordinaires"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03450365v1</w:t>
+                <w:t xml:space="preserve">hal-03463429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dans les sous-sols de l'Etat. Saisir l'état au travers des archives judiciaires : les trajectoires d’une population de mineurs délinquants passée par le tribunal pour enfants de Sinville</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L'invention du métier de conseiller d'orientation scolaire et professionnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Lehner</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gauthier Fradois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ST02 « Saisir l’État à travers ses écrits ordinaires. Enjeux, méthodes, objets »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Congrès de l'association française de Science politique, Jul 2013, Paris, France</w:t>
+              <w:t xml:space="preserve">Vème Congrès de l’Association Française de Sociologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01330673v1</w:t>
+                <w:t xml:space="preserve">hal-03450365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4426,51 +4426,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333091v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Elise Hunyadi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Maufrais" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Nordmann" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Amilhat" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Fontaine" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411596v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Lehner" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Sochala" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642965v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Pin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11w21" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04022907v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198425v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Pin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claudine Oller" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03839835v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03786910v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03194915v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Hugr&#233;e" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Parantho&#235;n" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gen.122.0003" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256466v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03450361v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175005v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Seillier-Ravenel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03385153v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174998v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02933057v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Coulmont" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Le Digol" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Violier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174990v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174925v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174942v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174987v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01452202v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05046654v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Pannier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05046677v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Olivier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;l&#233;nie Brasselet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05046629v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maufrais Odile" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277751v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Amiel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dorison" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Girault" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162845v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162870v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162865v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah El Ghalbzouri" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04379571v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04379587v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175033v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175038v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175048v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175044v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173173v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Lopez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Oria" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463421v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463423v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03450364v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463429v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Fradois" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03450365v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01330673v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175016v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03786911v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01452190v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01452173v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04595832v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Lehoux" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anneclaudine Oller" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04022890v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175030v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05333091v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Elise Hunyadi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Maufrais" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Nordmann" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Amilhat" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Fontaine" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411596v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Lehner" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Sochala" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642965v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Pin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11w21" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04022907v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198425v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Pin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claudine Oller" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03839835v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03786910v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03194915v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Hugr&#233;e" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Parantho&#235;n" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gen.122.0003" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256466v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03450361v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175005v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Seillier-Ravenel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03385153v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174990v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174925v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174998v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02933057v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Coulmont" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Le Digol" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Violier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174942v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174987v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01452202v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05046654v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Pannier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05046629v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maufrais Odile" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05046677v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Olivier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;l&#233;nie Brasselet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04379571v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04379587v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah El Ghalbzouri" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277751v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Amiel" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Dorison" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Girault" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162845v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162870v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162865v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175033v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175038v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175048v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03173173v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Lopez" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Oria" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175044v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463421v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463423v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03450364v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01330673v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Fradois" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03463429v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03450365v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175016v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03786911v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01452190v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01452173v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-04595832v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Lehoux" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anneclaudine Oller" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04022890v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175030v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>