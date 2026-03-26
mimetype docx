--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -141,3835 +141,4237 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> ISNI : </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="#410a8c"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">0000000158892302</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Présentation</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">https://paul-saves.github.io/</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:spacing w:before="400"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (7)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling Hierarchical Spaces: A Review and Unified Framework for Surrogate-Based Architecture Design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Saves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edward Hallé-Hannan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jasper Bussemaker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Diouane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bartoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Structural and Multidisciplinary Optimization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2026, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00158-026-04249-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05134630v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A distance for mixed-variable and hierarchical domains with meta variables</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Global Sensitivity Analysis for Engineering Design Based on Individual Conditional Expectations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pramudita Satria Palar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edward Hallé-Hannan</w:t>
-[...50 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Paul Saves</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rommel Regis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Koji Shimoyama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shigeru Obayashi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurocomputing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neucom.2025.131208⟩</w:t>
+              <w:t xml:space="preserve">Aerospace Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, pp.112091. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ast.2026.112091⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05014820v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05413969v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-dimensional Bayesian optimization using both random and supervised embeddings</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">A distance for mixed-variable and hierarchical domains with meta variables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edward Hallé-Hannan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Audet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Diouane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Le Digabel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Saves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIAA Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Neurocomputing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.131208. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neucom.2025.131208⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2514/1.J063488⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04793266v1</w:t>
+                <w:t xml:space="preserve">hal-05014820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">System Architecture Optimization Strategies: Dealing with Expensive Hierarchical Problems</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">SMT 2.0: A Surrogate Modeling Toolbox with a focus on hierarchical and mixed variables Gaussian processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Saves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Lafage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bartoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Bartoli</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Youssef Diouane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jasper Bussemaker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Global Optimization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10898-024-01443-8⟩</w:t>
+              <w:t xml:space="preserve">Advances in Engineering Software</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 188 (103571), pp.103571. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.advengsoft.2023.103571⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04462829v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04331916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SMT 2.0: A Surrogate Modeling Toolbox with a focus on hierarchical and mixed variables Gaussian processes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">High-dimensional Bayesian optimization using both random and supervised embeddings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Priem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Diouane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bartoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Dubreuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Saves</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Engineering Software</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">AIAA Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 63 (1), pp.162-173. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2514/1.J063488⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.advengsoft.2023.103571⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04331916v1</w:t>
+                <w:t xml:space="preserve">hal-04793266v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A mixed-categorical correlation kernel for Gaussian process</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">System Architecture Optimization Strategies: Dealing with Expensive Hierarchical Problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jasper H Bussemaker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Saves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bartoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">J. Morlier</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Lafage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurocomputing</w:t>
+              <w:t xml:space="preserve">Journal of Global Optimization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neucom.2023.126472⟩</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10898-024-01443-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04130877v2</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04462829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-dimensional mixed-categorical Gaussian processes with application to multidisciplinary design optimization for a green aircraft</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Saves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Diouane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bartoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Morlier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Structural and Multidisciplinary Optimization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 67 (5), pp.81. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00158-024-03785-z⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00158-024-03785-z⟩</w:t>
+                <w:t xml:space="preserve">hal-04574274v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A mixed-categorical correlation kernel for Gaussian process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Saves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Diouane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bartoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Morlier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Neurocomputing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neucom.2023.126472⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04574274v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04130877v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (25)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (27)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SMT: the Surrogate Modeling Toolbox : Explainability with mixed variables applied to multi-agent system</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Adaptive Agents in Spatial Double-Auction Markets: Modeling the Emergence of Industrial Symbiosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Mastio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Saves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaudou Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ANR MIMICO 1st Workshop</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Conference on Autonomous Agents and Multiagent Systems (AAMAS 2026)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, The International Foundation for Autonomous Agents and Multiagent Systems (IFAAMAS), May 2026, Paphos, Cyprus. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.65109/EXII2056⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05024208v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05426172v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sustainable Eco-Design of Hybrid-Electric Aircraft via Bayesian Optimization with Mixed Hierarchical Variables</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">From Model-Based Screening to Data-Driven Surrogates: A Multi-Stage Workflow for Exploring Stochastic Agent-Based Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Saves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Mastio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Gaudou</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Towards Sustainable Aviation Summit</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Airbus, Jan 2025, Toulouse, France</w:t>
+              <w:t xml:space="preserve">MABS 2026 - The 27th International Workshop on Multi-Agent-Based Simulation @AAMAS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IFAAMAS, May 2026, Paphos (Cyprus), Cyprus</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05024204v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05564415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prix de thèse de la Fondation ISAE-SUPAERO</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Analyzing Shapley Additive Explanations to Understand Anomaly Detection Algorithm Behaviors and Their Complementarity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Levy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Saves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moncef Garouani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Gaudou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Docteur, raconte-moi ta thèse en 3 minutes !</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Fondation ISAE-SUPAERO, Jan 2025, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Intelligent Data Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Leiden, Apr 2026, Leiden (NL), Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05433538v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05485124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modèles de Substitution pour les Modèles Basés Agents : Enjeux, Méthodes et Applications</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Sustainable Eco-Design of Hybrid-Electric Aircraft via Bayesian Optimization with Mixed Hierarchical Variables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Saves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nguyen Van</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bartoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefèbvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Diouane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les 33èmes Journées Francophones sur les Systèmes Multi-Agents (JFSMA 2025)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Dijon, France</w:t>
+              <w:t xml:space="preserve">Towards Sustainable Aviation Summit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Airbus, Jan 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05035806v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05024204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive Agents in Spatial Double-Auction Markets: Modeling the Emergence of Industrial Symbiosis</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">SMT-EX: An Explainable Surrogate Modeling Toolbox for Mixed-Variables Design Exploration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Daffa Robani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Saves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lavi Rizki Zuhal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pramudita Satria Palar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Morlier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Autonomous Agents and Multiagent Systems (AAMAS 2026)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">AIAA SciTech 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AIAA, Jan 2025, Orlando, FL, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2514/6.2025-0777⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05426172v2</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04816698v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SMT-EX: An Explainable Surrogate Modeling Toolbox for Mixed-Variables Design Exploration</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Modèles de Substitution pour les Modèles Basés Agents : Enjeux, Méthodes et Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Saves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lavi Rizki Zuhal</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Joseph Morlier</w:t>
+                <w:t xml:space="preserve">Benoit Gaudou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIAA SciTech 2025</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Les 33èmes Journées Francophones sur les Systèmes Multi-Agents (JFSMA 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Dijon, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04816698v2</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05035806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Remise de prix science ouverte de la thèse, édition 2025</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Prix de thèse de la Fondation ISAE-SUPAERO</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Saves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Assises nationales des données de la recherche (ANDOR 2025)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ministère de l’Enseignement supérieur, de la Recherche et de l’Espace (MESRE), Dec 2025, Saclay ENS, France</w:t>
+              <w:t xml:space="preserve">Docteur, raconte-moi ta thèse en 3 minutes !</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fondation ISAE-SUPAERO, Jan 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05433479v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05433538v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frequency-aware Surrogate Modeling With SMT Kernels For Advanced Data Forecasting</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Remise de prix science ouverte de la thèse, édition 2025</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Saves</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Joseph Morlier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AeroBest 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Instituto Superior Técnico of the University of Lisbon, Apr 2025, Lisbonne, Portugal</w:t>
+              <w:t xml:space="preserve">Assises nationales des données de la recherche (ANDOR 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ministère de l’Enseignement supérieur, de la Recherche et de l’Espace (MESRE), Dec 2025, Saclay ENS, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05014823v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05433479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surrogate-Based Optimization of System Architectures Subject to Hidden Constraints</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Frequency-aware Surrogate Modeling With SMT Kernels For Advanced Data Forecasting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gonel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Saves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Björn Nagel</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Morlier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIAA Aviation Forum and ASCEND co-located Conference Proceedings</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">AeroBest 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Instituto Superior Técnico of the University of Lisbon, Apr 2025, Lisbonne, Portugal</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04462408v2</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05014823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surrogate-Based Modeling and Optimization of Expensive System Architectures Problems using ONERA and DLR Softwares: An Integrated Framework</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">SMT: the Surrogate Modeling Toolbox : Explainability with mixed variables applied to multi-agent system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Saves</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th workshop for Advances in Artificial Intelligence for Aerospace Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, DLR, the German Aerospace Center, Jun 2024, Braunscheiwg, Germany</w:t>
+              <w:t xml:space="preserve">ANR MIMICO 1st Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IRIT, Mar 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05024184v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05024208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">System-of-systems Modeling and Optimization: An Integrated Framework for Intermodal Mobility</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Saves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jasper Bussemaker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Lafage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bartoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ODAS 2024: 24th joint ONERA-DLR Aerospace Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, DLR, Jun 2024, Brunschweig, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04590323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bayesian optimization to solve black box problems with hidden constraints</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">A graph-structured distance for heterogeneous datasets with meta variables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edward Hallé-Hannan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Saves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Audet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nguyen Van</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Youssef Diouane</w:t>
+                <w:t xml:space="preserve">Jasper Bussemaker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop ANR SAMURAI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut Henri Poincaré, Dec 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">AISSAI Heterogeneous Data and Large Representation Models in Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire des 2 infinis de Toulouse, Sep 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05024340v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05024197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A graph-structured distance for mixed-variable domains with meta variables</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bayesian optimization to solve black box problems with hidden constraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bartoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefèbvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Lafage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edward Hallé-Hannan</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Paul Saves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Jasper Bussemaker</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Diouane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AISSAI Heterogeneous Data and Large Representation Models in Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laboratoire des 2 infinis de Toulouse, Sep 2024, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Workshop ANR SAMURAI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Henri Poincaré, Dec 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05024197v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05024340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaussian process for Bayesian optimization with mixed hierarchical variables: Application to electric-hybrid aircraft eco-design</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Surrogate-Based Modeling and Optimization of Expensive System Architectures Problems using ONERA and DLR Softwares: An Integrated Framework</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Saves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Eric Nguyen Van</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jasper Bussemaker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Lafage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bartoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Bartoli</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Youssel Diouane</w:t>
+                <w:t xml:space="preserve">Youssef Diouane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop on Bayesian optimization &amp; related topics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">4th workshop for Advances in Artificial Intelligence for Aerospace Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, DLR, the German Aerospace Center, Jun 2024, Braunscheiwg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04845948v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05024184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-dimensional efficient global optimization using both random and supervised embeddings</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Gaussian process for Bayesian optimization with mixed hierarchical variables: Application to electric-hybrid aircraft eco-design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Saves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Nguyen Van</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bartoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefèbvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssel Diouane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIAA AVIATION 2023 Forum</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Workshop on Bayesian optimization &amp; related topics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04123951v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04845948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multidisciplinary design optimization with mixed categorical variables for aircraft design</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Surrogate-Based Optimization of System Architectures Subject to Hidden Constraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jasper H Bussemaker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Saves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bartoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Björn Nagel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIAA SciTech 2023</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">AIAA Aviation Forum and ASCEND co-located Conference Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Las Vegas, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2514/6.2024-4401⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05022969v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04462408v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-objective bayesian optimization with mixed-categorical design variables for expensive-to-evaluate aeronautical applications</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">High-dimensional efficient global optimization using both random and supervised embeddings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remy Priem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bartoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Bartoli</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Youssef Diouane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Dubreuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Saves</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AEROBEST 2023</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">AIAA AVIATION 2023 Forum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American Institute of Aeronautics and Astronautics, Jun 2023, San Diego, United States. pp.10.2514/6.2023-4448, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2514/6.2023-4448⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04170287v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04123951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new mixed-categorical correlation kernel for Gaussian process</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Multidisciplinary design optimization with mixed categorical variables for aircraft design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Saves</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bartoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Diouane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefèbvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Morlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MASCOT-NUM 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GdR RT-UQ, Apr 2023, Le Croisic (Loire Atlantique), France</w:t>
+              <w:t xml:space="preserve">AIAA SciTech 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American Institute of Aeronautics and Aerospace, Jan 2023, National Harbor (Maryland), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05022945v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05022969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regularized Infill Criteria for Multi-objective Bayesian Optimization with Application to Aircraft Design</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Multi-objective bayesian optimization with mixed-categorical design variables for expensive-to-evaluate aeronautical applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bartoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Lafage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Saves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Diouane</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIAA AVIATION 2022</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">AEROBEST 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ECCOMAS, Jul 2023, Lisbonne, Portugal. pp.436</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03753674v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04170287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A general square exponential kernel to handle mixed-categorical variables for Gaussian process</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">A new mixed-categorical correlation kernel for Gaussian process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Saves</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Joseph Morlier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIAA AVIATION 2022 Forum</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">MASCOT-NUM 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GdR RT-UQ, Apr 2023, Le Croisic (Loire Atlantique), France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03700850v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05022945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards a unified Gaussian process kernel-based correlation matrix representation for mixed-categorical variables</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Saves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Diouane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bartoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lefèbvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Morlier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées de l'optimisation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, HEC Montréal, May 2022, Montréal (Québec), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05022901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bayesian optimization for mixed variables using an adaptive dimension reduction process: applications to aircraft design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Saves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Nguyen Van</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bartoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIAA SciTech 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2022, San Diego, United States. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2514/6.2022-0082⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03514915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Constrained bayesian optimization over mixed categorical variables, with application to aircraft design</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">A general square exponential kernel to handle mixed-categorical variables for Gaussian process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Saves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Youssef Diouane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bartoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Morlier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AeroBest 2021</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">AIAA AVIATION 2022 Forum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Chicago, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2514/6.2022-3870⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03346341v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03700850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Présentation de la Toolbox SMT - L'I.A. pour les modèles de substitution</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Regularized Infill Criteria for Multi-objective Bayesian Optimization with Application to Aircraft Design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Grapin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Diouane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Morlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bartoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SurDay @ ISAE-SUPAERO</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">AIAA AVIATION 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Chicago, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2514/6.2022-4053⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05022608v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03753674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Présentation de la Toolbox SMT - L'I.A. pour les modèles de substitution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Saves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SurDay @ ISAE-SUPAERO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISAE-Supaero, Jul 2021, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05022608v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constrained bayesian optimization over mixed categorical variables, with application to aircraft design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Saves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bartoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Diouane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Morlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AeroBest 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Lisbonne, Portugal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03346341v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Enhanced Kriging models within a Bayesian optimization framework to handle both continuous and categorical inputs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Saves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bartoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Bartoli</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Youssef Diouane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Morlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SIAM CSE21</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2021, Fort Worth, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03402296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3979,1032 +4381,682 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New advances in Multidisciplinary Design Optimization with Gaussian Process for Eco-design Aircraft</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Saves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Diouane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bartoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lefèbvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Morlier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd European MDO Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Bures sur Yvette, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05022920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High dimensional multidisciplinary design optimization with Gaussian process for eco-design aircraft</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Saves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MascotNum Annual Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, Aussois (Savoie), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05022530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (6)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyzing Shapley Additive Explanations to Understand Anomaly Detection Algorithm Behaviors and Their Complementarity</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Bayesian Optimization of a Lightweight and Accurate Neural Network for Aerodynamic Performance Prediction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Mingzhi Shihua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Saves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...39 lines deleted...]
-              <w:t xml:space="preserve">2026</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rhea P Liem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Morlier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-05485124v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05004649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interpretable and Explainable Surrogate Modeling for Simulations: A State-of-the-Art Survey and Perspectives on Explainable AI for Decision-Making</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+                <w:t xml:space="preserve">Surrogate Modeling and Explainable Artificial Intelligence for Complex Systems: A Workflow for Automated Simulation Exploration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Saves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pramudita Satria Palar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhammad Robani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moncef Garouani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05371637v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05321914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bayesian Optimization of a Lightweight and Accurate Neural Network for Aerodynamic Performance Prediction</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Interpretable and Explainable Surrogate Modeling for Simulations: A State-of-the-Art Survey and Perspectives on Explainable AI for Decision-Making</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pramudita Satria Palar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Saves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhammad Daffa Robani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moncef Garouani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...355 lines deleted...]
-                <w:t xml:space="preserve">hal-04667767v2</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05371637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On adapting the Super-Efficient Global Optimization solver to handle mixed-variables, with applications in aircraft design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Saves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">European Comission. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05022524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5014,114 +5066,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-dimensional multidisciplinary design optimization for aircraft eco-design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Saves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Computer Science [cs]. ISAE-SUPAERO, 2024. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2024ESAE0002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04439128v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId108"/>
+      <w:footerReference w:type="default" r:id="rId111"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5189,51 +5241,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="75649E11"/>
+    <w:nsid w:val="611CABEB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5420,51 +5472,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/paul-saves" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5889-2302" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/saves_p_1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000158892302" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134630v2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Saves" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Hall&#233;-Hannan" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasper Bussemaker" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Diouane" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bartoli" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00158-026-04249-2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014820v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Audet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Le Digabel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucom.2025.131208" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04793266v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Priem" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dubreuil" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.J063488" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462829v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasper H Bussemaker" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lefebvre" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lafage" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-024-01443-8" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331916v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advengsoft.2023.103571" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130877v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Diouane" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lefebvre" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Morlier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucom.2023.126472" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04574274v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Morlier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00158-024-03785-z" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024208v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024204v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Nguyen Van" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lef&#232;bvre" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05433538v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035806v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Verstaevel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Gaudou" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426172v2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Mastio" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaudou Benoit" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816698v2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Daffa Robani" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lavi Rizki Zuhal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pramudita Satria Palar" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2025-0777" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05433479v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014823v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gonel" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462408v2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bj&#246;rn Nagel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2024-4401" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024184v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04590323v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024340v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024197v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845948v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssel Diouane" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04123951v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Priem" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2023-4448" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05022969v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170287v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05022945v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03753674v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Grapin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2022-4053" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03700850v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2022-3870" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05022901v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03514915v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe David" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2022-0082" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03346341v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05022608v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402296v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05022920v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05022530v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485124v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Levy" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moncef Garouani" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371637v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Daffa Robani" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004649v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Mingzhi Shihua" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhea P Liem" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321914v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Robani" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413969v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rommel G. Regis" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koji Shimoyama" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shigeru Obayashi" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667767v2" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05022524v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04439128v2" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2024ESAE0002" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/paul-saves" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5889-2302" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/saves_p_1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000158892302" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paul-saves.github.io/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134630v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Saves" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward Hall&#233;-Hannan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasper Bussemaker" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Diouane" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bartoli" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00158-026-04249-2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413969v3" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pramudita Satria Palar" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rommel Regis" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koji Shimoyama" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shigeru Obayashi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ast.2026.112091" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014820v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Audet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Le Digabel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucom.2025.131208" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331916v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lafage" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advengsoft.2023.103571" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04793266v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Priem" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Dubreuil" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.J063488" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462829v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasper H Bussemaker" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lefebvre" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10898-024-01443-8" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04574274v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Morlier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00158-024-03785-z" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130877v2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Diouane" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lefebvre" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Morlier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neucom.2023.126472" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426172v2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Mastio" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaudou Benoit" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Verstaevel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.65109/EXII2056" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05564415v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Gaudou" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485124v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Levy" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moncef Garouani" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024204v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Nguyen Van" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lef&#232;bvre" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816698v2" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Daffa Robani" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lavi Rizki Zuhal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2025-0777" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035806v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05433538v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05433479v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014823v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gonel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024208v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04590323v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024197v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024340v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024184v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04845948v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssel Diouane" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04462408v2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bj&#246;rn Nagel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2024-4401" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04123951v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Priem" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2023-4448" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05022969v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04170287v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05022945v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05022901v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03514915v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe David" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2022-0082" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03700850v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2022-3870" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03753674v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Grapin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2022-4053" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05022608v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03346341v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402296v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05022920v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05022530v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004649v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Mingzhi Shihua" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhea P Liem" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321914v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Robani" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371637v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Daffa Robani" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05022524v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04439128v2" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2024ESAE0002" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>