--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -484,193 +484,193 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lanoë</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Mortier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">S. Rossi</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Rossi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mind, Brain, and Education</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 18 (2), pp.173-186. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/mbe.12398⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04457423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les sciences cognitives au service de la réussite scolaire des collégiens : bénéfices d’un programme pédagogique métacognitif axé sur le fonctionnement cérébral et cognitif dans les apprentissages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Allix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de psychologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 579, pp.65-70. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/bupsy.579.0065⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04068117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Connais-toi toi-même : une perspective globale de la métacognition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Allix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -679,93 +679,93 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lanoë</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">S. Rossi</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Rossi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychologie Française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 68 (3), pp.451-469. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.psfr.2022.08.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04457436v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -775,379 +775,379 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cogni’Scol : impact d’un programme pédagogique métacognitif sur la réussite scolaire des élèves</w:t>
+                <w:t xml:space="preserve">Cogni’Scol : Un programme pédagogique métacognitif innovant au profit de la réussite scolaire des collégiens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Allix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Lanoë</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Lubin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Rossi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Webinaire de l'Association Apprendre et Former avec les sciences cognitives (AFSC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">14ème Colloque international du RIPSYDEV. Psychologie du développement, troubles et éducation : Entre recherche et pratique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, RIPSYDEVE (Réseau Interuniversitaire de PSYchologie du DEVeloppement et de l’Éducation), Jun 2022, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04068045v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04068022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cogni’Scol : Un programme pédagogique métacognitif innovant au profit de la réussite scolaire des collégiens</w:t>
+                <w:t xml:space="preserve">Cogni’Scol : impact d’un programme pédagogique métacognitif sur la réussite scolaire des élèves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Allix</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">S. Rossi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14ème Colloque international du RIPSYDEV. Psychologie du développement, troubles et éducation : Entre recherche et pratique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, RIPSYDEVE (Réseau Interuniversitaire de PSYchologie du DEVeloppement et de l’Éducation), Jun 2022, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Webinaire de l'Association Apprendre et Former avec les sciences cognitives (AFSC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04068022v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04068045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perspective théorique de la métacognition et application en contexte scolaire : le projet Cogni'Scol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Allix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire du Laboratoire de Neuropsychologie et Imagerie de la Mémoire Humaine (U1077)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2022, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04068078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les sciences cognitives au service de la réussite scolaire des collégiens ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Allix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">S. Rossi</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Rossi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Midi Lab'</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2019, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04067922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cogni'Scol : les sciences cognitives au service de la réussite scolaire des collégiens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Allix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1156,84 +1156,84 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lanoë</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">S. Rossi</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Rossi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">60ème congrès annuel de la Société Française de Psychologie : Apprentissages, vulnérabilités, préventions / Symposium / Les sciences cognitives pour lutter contre les vulnérabilités et prévenir l’échec scolaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04067965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1243,51 +1243,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cognitive sciences for academic success of middle school students</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Allix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1296,123 +1296,123 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lanoë</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">S. Rossi</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Rossi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mafalda Carmo. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Education and New Developments 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Porto, Portugal. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">InScience Press</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, pp.341-343, 2019, Education and New Developments 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03266133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cognitive sciences for school learnings : What are the benefits on numerical skills of high school students?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Allix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1421,106 +1421,106 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lanoë</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">S. Rossi</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Rossi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Convention of Psychological Science (ICPS 2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2019, Paris, France. , 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03266086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les sciences cognitives au service des apprentissages scolaires. Quels bénéfices sur la réussite scolaire des collégiens ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Allix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1529,106 +1529,106 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lanoë</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">S. Rossi</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Rossi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">59ème Congrès de la Société Française de Psychologie (SFP2018). Psychologie, Santé et société : De la théorie aux applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Reims, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04067318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les sciences cognitives au service des apprentissages scolaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Allix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1637,98 +1637,98 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Lanoë</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Lubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">S. Rossi</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Rossi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11ème Colloque Ripsydeve - Psychologie du développement : environnements, innovation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Lille, France. , 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03265769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId36"/>
+      <w:footerReference w:type="default" r:id="rId35"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1796,51 +1796,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1CFD375B"/>
+    <w:nsid w:val="A8E3AA79"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2027,51 +2027,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pauline-allix" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5761-6055" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03545413v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Allix" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021NORMC029" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05467563v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Lubin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lano&#235;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mortier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Rossi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10212-025-01053-2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457423v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rossi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mbe.12398" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068117v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/bupsy.579.0065" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457436v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2022.08.002" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068045v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068022v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068078v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04067922v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04067965v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03266133v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://end-educationconference.org/2019/wp-content/uploads/2020/05/2019v1end077.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03266086v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04067318v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03265769v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pauline-allix" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5761-6055" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03545413v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Allix" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021NORMC029" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05467563v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Lubin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lano&#235;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mortier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Rossi" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10212-025-01053-2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457423v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mbe.12398" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068117v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/bupsy.579.0065" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457436v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2022.08.002" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068022v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068045v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068078v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04067922v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04067965v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03266133v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://end-educationconference.org/2019/wp-content/uploads/2020/05/2019v1end077.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03266086v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04067318v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03265769v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>