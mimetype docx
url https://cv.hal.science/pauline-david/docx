--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -21,51 +21,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:spacing w:after="20"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pauline David </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="641e6e"/>
         </w:rPr>
-        <w:t xml:space="preserve">MCF en Sciences de l'éducation et de la formation, Université de Limoges, FrED.</w:t>
+        <w:t xml:space="preserve">MCF en Sciences de l'éducation et de la formation, Université de Limoges, FrED (Education et Diversité en Espaces Francophones)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Identifiants chercheurs</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
@@ -138,50 +138,75 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> VIAF : </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="#410a8c"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">39163628425023460441</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Présentation</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Maîtresse de conférences en Sciences de l’éducation et de la formation à l'université de Limoges, je mène des recherches sur la formation professionnelle initiale et les effets de la forme scolaire sur les publics qu’elle accueille. Mes travaux s’inscrivent en sociologie de l’éducation et interrogent les politiques éducatives, les modèles de formation (voie scolaire et apprentissage) et les inégalités d’accès aux diplômes. Une attention particulière est portée aux rapports sociaux de genre et aux effets qu’ils produisent dans les parcours et expériences de formation. Je mobilise principalement des enquêtes qualitatives (entretiens, observations) au sein de différents espaces de formation (lycées professionnels, CFA, écoles de production) afin d’analyser la manière dont les dispositifs de formation participent, ou non, à la démocratisation scolaire.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:spacing w:before="400"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
@@ -325,187 +350,187 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04617440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadia Lamamra, Morgane Kuehni et Séverine Rey (dir.), Finalités et usages de la formation professionnelle. Antipodes, Lausanne, 2021, 296 p</w:t>
+                <w:t xml:space="preserve">Scolarisation de la formation professionnelle initiale : approche conventionnelle de la forme scolaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sociologie du Travail</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 65 (2), </w:t>
+              <w:t xml:space="preserve">Raisons éducatives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 1 (27), pp.155-172. </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/sdt.43331⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/raised.027.0155⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04731040v1</w:t>
+                <w:t xml:space="preserve">hal-04291288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scolarisation de la formation professionnelle initiale : approche conventionnelle de la forme scolaire</w:t>
+                <w:t xml:space="preserve">Nadia Lamamra, Morgane Kuehni et Séverine Rey (dir.), Finalités et usages de la formation professionnelle. Antipodes, Lausanne, 2021, 296 p</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Raisons éducatives</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 1 (27), pp.155-172. </w:t>
+              <w:t xml:space="preserve">Sociologie du Travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 65 (2), </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/raised.027.0155⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/sdt.43331⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04291288v1</w:t>
+                <w:t xml:space="preserve">hal-04731040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pratiques d’enseignement en formation professionnelle initiale : entre forme scolaire et socialisation professionnelle</w:t>
               </w:r>
@@ -563,590 +588,590 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04676586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Faire pour apprendre » en écoles de production, un autre modèle de formation ?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La course à l’attractivité des classes préparatoires aux grandes écoles françaises</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Jacob</w:t>
+                <w:t xml:space="preserve">Yves Dutercq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavière Lanéelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Michaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Formation emploi : revue française des sciences sociales </w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Education comparée. Revue de recherche internationale et comparative en éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 23, pp.69-95</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03201768v1</w:t>
+                <w:t xml:space="preserve">hal-02999754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La course à l’attractivité des classes préparatoires aux grandes écoles françaises</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le recrutement des élèves en Classes Préparatoires aux Grandes Écoles scientifiques : entre maîtrise des incertitudes et impératif de survie sur un quasi-marché</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavière Lanéelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Dutercq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Michaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline David</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Christophe Michaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Education comparée. Revue de recherche internationale et comparative en éducation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue Française de Socio-Economie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 25 (2), pp.199-219. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rfse.025.0199⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02999754v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03023793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le recrutement des élèves en Classes Préparatoires aux Grandes Écoles scientifiques : entre maîtrise des incertitudes et impératif de survie sur un quasi-marché</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Christophe Michaut</w:t>
+                <w:t xml:space="preserve">« Faire pour apprendre » en écoles de production, un autre modèle de formation ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Jacob</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Française de Socio-Economie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 25 (2), pp.199-219. </w:t>
+              <w:t xml:space="preserve">Formation emploi : revue française des sciences sociales </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 152, pp.29-48. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/rfse.025.0199⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/formationemploi.8572⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03023793v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03201768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Édito&amp;quot; Éducation et formation : contribution des chercheurs émergents (CIDEF 2018)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Géraldine Body</w:t>
+                <w:t xml:space="preserve">Les classes préparatoires de proximité, entre démocratisation et loi du marché</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Dutercq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavière Lanéelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Michaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline David</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Joël Person</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherches en éducation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/ree.690⟩</w:t>
+              <w:t xml:space="preserve">Éducation &amp; formations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 100, pp.169-184. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48464/ef-100-08⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02951147v1</w:t>
+                <w:t xml:space="preserve">halshs-02427904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les classes préparatoires de proximité, entre démocratisation et loi du marché</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Christophe Michaut</w:t>
+                <w:t xml:space="preserve">Édito&amp;quot; Éducation et formation : contribution des chercheurs émergents (CIDEF 2018)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Body</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Lhéritier Alaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Person</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Éducation &amp; formations</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 100, pp.169-184. </w:t>
+              <w:t xml:space="preserve">Recherches en éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 38, </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.48464/ef-100-08⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/ree.690⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02427904v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02951147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rendre à César, l’aménagement collaboratif d’une cours de collège</w:t>
               </w:r>
@@ -1335,329 +1360,329 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04797240v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recruiting young people in a context of labour shortage: employers' representations and strategies in terms of training and profile</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vocational Routes in France: The Difficult Articulation Between Pre-bac and Post-bac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline David</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Manuella Roupnel-Fuentes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mid-Term Conference of AIS-EDU</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AIS (Associazione Italiana di Sociologia), Apr 2023, Palerme (Italie), Italy</w:t>
+              <w:t xml:space="preserve">ECER</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EERA, Aug 2023, Glasgow (Ecosse), United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05486545v1</w:t>
+                <w:t xml:space="preserve">hal-05486528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vocational Routes in France: The Difficult Articulation Between Pre-bac and Post-bac</w:t>
+                <w:t xml:space="preserve">Faire pour apprendre&amp;quot; : quand le slogan du terrain devient la réalité du chercheur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECER</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EERA, Aug 2023, Glasgow (Ecosse), United Kingdom</w:t>
+              <w:t xml:space="preserve">Chemin(s) faisant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, FrED, May 2023, Limoges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05486528v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05486552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faire pour apprendre&amp;quot; : quand le slogan du terrain devient la réalité du chercheur</w:t>
+                <w:t xml:space="preserve">Construire son rapport au terrain ou être construit par son terrain d'enquête : parcours d'une jeune chercheuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemin(s) faisant</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, FrED, May 2023, Limoges, France</w:t>
+              <w:t xml:space="preserve">Engagement dans la recherche, recherches engagées, recherches sur l'engagement : que nous disent les sciences de l'éducation et de la formation ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AECSE; Cref, Nov 2023, Nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05486552v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04291216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Construire son rapport au terrain ou être construit par son terrain d'enquête : parcours d'une jeune chercheuse</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Recruiting young people in a context of labour shortage: employers' representations and strategies in terms of training and profile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ines Albandea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuella Roupnel-Fuentes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Engagement dans la recherche, recherches engagées, recherches sur l'engagement : que nous disent les sciences de l'éducation et de la formation ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AECSE; Cref, Nov 2023, Nanterre, France</w:t>
+              <w:t xml:space="preserve">Mid-Term Conference of AIS-EDU</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AIS (Associazione Italiana di Sociologia), Apr 2023, Palerme (Italie), Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04291216v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05486545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study Aspirations of Young People in French Vocational Schools</w:t>
               </w:r>
@@ -1725,51 +1750,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Social Skills Expected by Employers from Vocational Education and Training Graduates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ines Albandea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECER</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EERA, Aug 2022, Yerevan, Armenia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1876,51 +1901,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">School form and justice through new architectural and eco-citizenship demands</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Dutercq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Educational Research Association Conference (ECER)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Bolzano, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1990,51 +2015,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapitre 6. L’analyse d’un modèle de formation par le biais d’une méthodologie qualitative de recherche croisée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Jacob</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Manuel de sciences de l'éducation et de la formation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 166, De Boeck Supérieur, pp.111-126, 2021, 9782807331181. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2176,51 +2201,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ANNEXES du Rapport de recherche Projet LéA (Lieux d'éducation associés) FORMSCOLEEP.</w:t>
+                <w:t xml:space="preserve">Rapport de recherche Projet LéA (Lieux d'éducation associés) FORMSCOLEEP (Forme scolaire Enseignement Engagement professionnel) 2022-2025</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline David</w:t>
@@ -2253,75 +2278,75 @@
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Unité de recherche FrED - Université de Limoges. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05086107v1</w:t>
+                <w:t xml:space="preserve">hal-05086052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapport de recherche Projet LéA (Lieux d'éducation associés) FORMSCOLEEP (Forme scolaire Enseignement Engagement professionnel) 2022-2025</w:t>
+                <w:t xml:space="preserve">ANNEXES du Rapport de recherche Projet LéA (Lieux d'éducation associés) FORMSCOLEEP.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline David</w:t>
@@ -2354,51 +2379,51 @@
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Unité de recherche FrED - Université de Limoges. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05086052v1</w:t>
+                <w:t xml:space="preserve">hal-05086107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les situations intermédiaires dans les formations en alternance</w:t>
               </w:r>
@@ -2532,51 +2557,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Jacob</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Centre de recherche en éducation de Nantes, Université de Nantes. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -2624,51 +2649,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Jacob</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Centre de recherche en éducation de Nantes. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
@@ -2690,77 +2715,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Attractivité et Recrutement des CPGE Scientifiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Dutercq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xaviere Lanéelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Michaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline David</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2988,51 +3013,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="4BF55F94"/>
+    <w:nsid w:val="23287214"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3219,51 +3244,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pauline-david" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3742-7019" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/257694587" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/39163628425023460441" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04617440v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Albandea" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline David" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuella Roupnel-Fuentes" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Bernard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11slo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731040v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdt.43331" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291288v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/raised.027.0155" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676586v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/es.046.0077" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03201768v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Jacob" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/formationemploi.8572" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02999754v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Dutercq" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavi&#232;re Lan&#233;elle" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Michaut" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03023793v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.025.0199" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02951147v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Body" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Lh&#233;ritier Alaoui" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Person" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.690" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02427904v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48464/ef-100-08" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01881572v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04797240v2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Vadcard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; de Bisschop" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Munoz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05486545v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Albandea" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05486528v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05486552v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291216v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05486525v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05486522v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05486533v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889993v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730977v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dbu.guibe.2021.01.0111" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157491v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Troger" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05086107v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Jacques" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Fatet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryan Lemoine" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05086052v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04676335v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Veillard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Beaujean" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bonnard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie David" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285847v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02499444v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04764185v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xaviere Lan&#233;elle" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-05364843v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021NANT2025" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pauline-david" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3742-7019" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/257694587" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/39163628425023460441" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04617440v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Albandea" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline David" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuella Roupnel-Fuentes" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Bernard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11slo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291288v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/raised.027.0155" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731040v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdt.43331" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04676586v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/es.046.0077" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02999754v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Dutercq" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavi&#232;re Lan&#233;elle" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Michaut" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03023793v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.025.0199" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03201768v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Jacob" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/formationemploi.8572" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02427904v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48464/ef-100-08" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02951147v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Body" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Lh&#233;ritier Alaoui" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Person" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.690" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01881572v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04797240v2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Vadcard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; de Bisschop" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Munoz" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05486528v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05486552v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291216v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05486545v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Albandea" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05486525v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05486522v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05486533v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889993v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730977v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dbu.guibe.2021.01.0111" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157491v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Troger" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05086052v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Jacques" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Fatet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryan Lemoine" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05086107v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04676335v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Veillard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Beaujean" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bonnard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie David" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02285847v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02499444v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04764185v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xaviere Lan&#233;elle" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-05364843v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021NANT2025" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>