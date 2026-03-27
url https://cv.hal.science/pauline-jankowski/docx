--- v0 (2026-03-03)
+++ v1 (2026-03-27)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:156.73469387755px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Pauline Jankowski </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pauline-jankowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">**JANKOWSKI, Pauline. **Thèse en préparation depuis le 05-09-2022 dans le cadre de l’ED 58 : « Langues, Littératures, Cultures, Civilisations » / Laboratoire de rattachement : RIRRA 21 – Représenter, Inventer la Réalité, du Romantisme au XXIe siècle (Université Paul Valéry Montpellier III, France).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pauline Jankowski est doctorante en « Littératures françaises, comparées spécialité littérature française », sous la direction de Mme Marie Joqueviel-Bourjea, au sein du laboratoire du RIRRA21(Représenter, Inventer la Réalité, du Romantisme au XXIᵉ siècle) à l’Université Paul Valéry de Montpellier. Sa thèse porte sur le projet littéraire de Santiago H. Amigorena, et s’intitule : « Santiago H. Amigorena : Le Dernier texte, un projet-monde ». Elle a consacré un premier mémoire, publié en ligne, à l’étude des adaptations littéraires au cinéma, à l’inter/transmédialité et aux postures des écrivains contemporains sur la scène médiatique. Ensuite, elle s’est spécialisée sur le sujet des œuvres-mondes contemporaines, et sur les liens entre littérature et géographie (géopoétique, l’habiter en littérature). Elle a co-organisé un colloque international dédié à l'œuvre littéraire et cinématographique de cet écrivain, en novembre 2024 ; et co-dirige actuellement, avec sa directrice de thèse, la publication des actes du colloque (à paraître en 2026).  Par ailleurs, elle a soutenu un second mémoire en Didactique du français comme langue étrangère et seconde sur le thème de l'élaboration d'une parole singulière en cours de FLE à travers la réécriture littéraire et les pratiques artistiques. Elle assure des missions d’enseignement en FLE/FOS, depuis 2023, auprès d'un public varié (enseignement secondaire, universités, formations en entreprise) en France et en Espagne.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fantasmer l'unité du cycle du Dernier texte de Santiago H. Amigorena : « comment en finir avec les fins ? »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Jankowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">À l’épreuve</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Le cycle (11), https://alepreuve.numerev.com/articles/revue-11/3898-fantasmer-l-unite-du-cycle-du-dernier-texte-de-santiago-h-amigorena-comment-en-finir-avec-les-fins</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05002001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Dernier texte de Santiago H. Amigorena : une œuvre-monde au XXIe siècle ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Jankowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">À l’épreuve</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, À bas les masques !, 10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04492077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réécritures d’un projet-monde : poétique et critique génétique du Dernier texte de Santiago H. Amigorena</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Jankowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum APEF 2025 - (Ré)écriture(s) et réception(s)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, APEF, Oct 2025, Faro, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05435822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Habiter Le Dernier texte de Santiago H. Amigorena : « Quoi faire avec l’espace ? »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Jankowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Santiago H. Amigorena : une écriture-monde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Pauline Jankowski et Marie Joqueviel-Bourjea, Nov 2024, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04853071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien « Marcher sur la terre » avec l'écrivain Santiago H. Amigorena, animé par Pauline Jankowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Jankowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Santiago H. Amigorena : une écriture-monde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Pauline Jankowski et Marie Joqueviel-Bourjea, Nov 2024, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04853080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Écrire Le Dernier texte de Santiago H. Amigorena : hériter, s’espacer, s’implanter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Jankowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congreso internacional Escritura e identidad : la extranjería como herencia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Rita Rodríguez; Myriam Mallart; Jaime Céspedes, Apr 2024, Valencia, Espagne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04559451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les intertextes proustiens dans le Dernier texte de Santiago H. Amigorena</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Jankowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontre au lycée Fauriel autour des liens entre l'oeuvre de Santiago H. Amigorena et Marcel Proust</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mme Sandrine Stamatakis, May 2023, Saint-Étienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04492486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santiago H. Amigorena : un projet-monde. Habiter par et dans l'écriture du Dernier texte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Jankowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée doctorale / Work in progress 15</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Les représentants des doctorants du laboratoire Rirra 21, Apr 2023, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04493812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Travaux en, avec et sur la création : ajustements éthiques & bricolages méthodologiques»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Joqueviel-Bourjea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Drugeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Persillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Garrison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Jankowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Création, art, culture et héritage à l'heure du numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ecole doctorale d'été EthicHum, Jun 2023, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04465404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle méthodologie doit-on adopter lorsqu'on travaille sur un projet d'écriture contemporain inachevé ? L'exemple du Dernier texte de Santiago H. Amigorena</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Jankowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EthicHum 2023 : Création, art, culture et héritage à l'ère numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ED 58 et ED 60, Jun 2023, Université Paul Valéry III (Montpellier), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04492530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Dernier texte de Santiago H. Amigorena : un projet-monde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Jankowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire "La forge des langues"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mme Séverine Abiker et Mme Cyrielle Dodet, Mar 2023, Université Champollion (Albi), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04492398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Dernier texte de Santiago H. Amigorena : pour une introduction à l'œuvre-monde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Jankowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire "Habiter le monde, aujourd'hui : espaces rêvés, espaces vécus, espaces écrits"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mme Marie Joqueviel-Bourjea, Apr 2023, Université Paul Valéry III (Montpellier), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04494221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien, Camille Lotz et Pauline Jankowski : Le Dernier texte d'Amigorena</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Jankowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Lotz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chroniques #10 du théâtre de la Vignette (Montpellier)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04494141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mémoire d'étudiant (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La délicatesse de David Foenkinos : intermédialités, auto-adaptation et dédoublement auctorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Jankowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Littératures. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mémoire d'étudiant</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">dumas-02944181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId29"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:156.73469387755px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Pauline Jankowski </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pauline-jankowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">**JANKOWSKI, Pauline. **Thèse en préparation depuis le 05-09-2022 dans le cadre de l’ED 58 : « Langues, Littératures, Cultures, Civilisations » / Laboratoire de rattachement : RIRRA 21 – Représenter, Inventer la Réalité, du Romantisme au XXIe siècle (Université Paul Valéry Montpellier III, France).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pauline Jankowski est doctorante en « Littératures françaises, comparées spécialité littérature française », sous la direction de Mme Marie Joqueviel-Bourjea, au sein du laboratoire du RIRRA21(Représenter, Inventer la Réalité, du Romantisme au XXIᵉ siècle) à l’Université Paul Valéry de Montpellier. Sa thèse porte sur le projet littéraire de Santiago H. Amigorena, et s’intitule : « Santiago H. Amigorena : Le Dernier texte, un projet-monde ». Elle a consacré un premier mémoire, publié en ligne, à l’étude des adaptations littéraires au cinéma, à l’inter/transmédialité et aux postures des écrivains contemporains sur la scène médiatique. Ensuite, elle s’est spécialisée sur le sujet des œuvres-mondes contemporaines, et sur les liens entre littérature et géographie (géopoétique, l’habiter en littérature). Elle a co-organisé un colloque international dédié à l'œuvre littéraire et cinématographique de cet écrivain, en novembre 2024 ; et co-dirige actuellement, avec sa directrice de thèse, la publication des actes du colloque (à paraître en 2026).  Par ailleurs, elle a soutenu un second mémoire en Didactique du français comme langue étrangère et seconde sur le thème de l'élaboration d'une parole singulière en cours de FLE à travers la réécriture littéraire et les pratiques artistiques. Elle assure des missions d’enseignement en FLE/FOS, depuis 2023, auprès d'un public varié (enseignement secondaire, universités, formations en entreprise) en France et en Espagne.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fantasmer l'unité du cycle du Dernier texte de Santiago H. Amigorena : « comment en finir avec les fins ? »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Jankowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">À l’épreuve</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Le cycle (11), https://alepreuve.numerev.com/articles/revue-11/3898-fantasmer-l-unite-du-cycle-du-dernier-texte-de-santiago-h-amigorena-comment-en-finir-avec-les-fins</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05002001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Dernier texte de Santiago H. Amigorena : une œuvre-monde au XXIe siècle ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Jankowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">À l’épreuve</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, À bas les masques !, 10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04492077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réécritures d’un projet-monde : poétique et critique génétique du Dernier texte de Santiago H. Amigorena</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Jankowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum APEF 2025 - (Ré)écriture(s) et réception(s)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, APEF, Oct 2025, Faro, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05435822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Habiter Le Dernier texte de Santiago H. Amigorena : « Quoi faire avec l’espace ? »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Jankowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international Santiago H. Amigorena : une écriture-monde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Pauline Jankowski et Marie Joqueviel-Bourjea, Nov 2024, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04853071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien « Marcher sur la terre » avec l'écrivain Santiago H. Amigorena, animé par Pauline Jankowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Jankowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Santiago H. Amigorena : une écriture-monde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Pauline Jankowski et Marie Joqueviel-Bourjea, Nov 2024, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04853080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Écrire Le Dernier texte de Santiago H. Amigorena : hériter, s’espacer, s’implanter</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Jankowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congreso internacional Escritura e identidad : la extranjería como herencia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Rita Rodríguez; Myriam Mallart; Jaime Céspedes, Apr 2024, Valencia, Espagne</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04559451v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle méthodologie doit-on adopter lorsqu'on travaille sur un projet d'écriture contemporain inachevé ? L'exemple du Dernier texte de Santiago H. Amigorena</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Jankowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EthicHum 2023 : Création, art, culture et héritage à l'ère numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ED 58 et ED 60, Jun 2023, Université Paul Valéry III (Montpellier), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04492530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les intertextes proustiens dans le Dernier texte de Santiago H. Amigorena</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Jankowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontre au lycée Fauriel autour des liens entre l'oeuvre de Santiago H. Amigorena et Marcel Proust</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mme Sandrine Stamatakis, May 2023, Saint-Étienne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04492486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santiago H. Amigorena : un projet-monde. Habiter par et dans l'écriture du Dernier texte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Jankowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée doctorale / Work in progress 15</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Les représentants des doctorants du laboratoire Rirra 21, Apr 2023, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04493812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Travaux en, avec et sur la création : ajustements éthiques & bricolages méthodologiques»</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Joqueviel-Bourjea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Drugeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Persillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Garrison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Jankowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Création, art, culture et héritage à l'heure du numérique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ecole doctorale d'été EthicHum, Jun 2023, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04465404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Dernier texte de Santiago H. Amigorena : pour une introduction à l'œuvre-monde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Jankowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire "Habiter le monde, aujourd'hui : espaces rêvés, espaces vécus, espaces écrits"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mme Marie Joqueviel-Bourjea, Apr 2023, Université Paul Valéry III (Montpellier), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04494221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Dernier texte de Santiago H. Amigorena : un projet-monde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Jankowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire "La forge des langues"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mme Séverine Abiker et Mme Cyrielle Dodet, Mar 2023, Université Champollion (Albi), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04492398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien, Camille Lotz et Pauline Jankowski : Le Dernier texte d'Amigorena</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Jankowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Lotz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chroniques #10 du théâtre de la Vignette (Montpellier)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04494141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mémoire d'étudiant (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La délicatesse de David Foenkinos : intermédialités, auto-adaptation et dédoublement auctorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Jankowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Littératures. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mémoire d'étudiant</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">dumas-02944181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId29"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F1704FA7"/>
+    <w:nsid w:val="7C21B920"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pauline-jankowski" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05002001v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Jankowski" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492077v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435822v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853071v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853080v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559451v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492486v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493812v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04465404v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Joqueviel-Bourjea" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Drugeon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Persillet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Garrison" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492530v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492398v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494221v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494141v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Lotz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-02944181v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pauline-jankowski" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05002001v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Jankowski" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492077v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05435822v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853071v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853080v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559451v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492530v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492486v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493812v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-04465404v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Joqueviel-Bourjea" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Drugeon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Persillet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Garrison" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494221v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492398v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494141v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Lotz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-02944181v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>