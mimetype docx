--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -66,5569 +66,5703 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (42)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (43)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martini3-IDP: improved Martini 3 force field for disordered proteins</w:t>
+                <w:t xml:space="preserve">Fast parameterization of Martini3 models for fragments and small molecules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liguo Wang</w:t>
+                <w:t xml:space="preserve">Magdalena Szczuka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christopher Brasnett</w:t>
+                <w:t xml:space="preserve">Gilberto P Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luís Borges-Araújo</w:t>
+                <w:t xml:space="preserve">Luis J Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paulo C T Souza</w:t>
+                <w:t xml:space="preserve">Marc Gueroult</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Siewert J Marrink</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pierre Poulain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 16 (1), pp.2874. </w:t>
+              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-025-58199-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1101/2025.07.13.664596⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05377345v1</w:t>
+                <w:t xml:space="preserve">hal-05377336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GōMartini 3: From large conformational changes in proteins to environmental bias corrections</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paulo C T Souza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luís Borges-Araújo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher Brasnett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigo A Moreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabian Grünewald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 16 (1), pp.4051. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41467-025-58719-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05377343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martini 3 building blocks for Lipid Nanoparticle design</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Martini3-IDP: improved Martini 3 force field for disordered proteins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liguo Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Brasnett</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luís Borges-Araújo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo C T Souza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siewert J Marrink</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.26434/chemrxiv-2024-bf4n8⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16 (1), pp.2874. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-025-58199-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04745118v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05377345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martinize2 and Vermouth provide a unified framework for molecular topology generation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Peter C Kroon</w:t>
+                <w:t xml:space="preserve">The Martini 3 Lipidome: Expanded and Refined Parameters Improve Lipid Phase Behavior</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kasper B Pedersen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helgi I Ingólfsson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel P Ramirez-Echemendia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabian Grünewald</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Chris Brasnett</w:t>
+                <w:t xml:space="preserve">Luís Borges-Araújo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikkel D Andreasen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eLife</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7554/elife.90627⟩</w:t>
+              <w:t xml:space="preserve">ACS Central Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 11 (9), pp.1598−1610. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acscentsci.5c00755⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05382479v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04880477v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Martini 3 Lipidome: Expanded and Refined Parameters Improve Lipid Phase Behavior</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Martinize2 and Vermouth provide a unified framework for molecular topology generation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Helgi I Ingólfsson</w:t>
+                <w:t xml:space="preserve">Peter C Kroon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabian Grünewald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel P Ramirez-Echemendia</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Luís Borges-Araújo</w:t>
+                <w:t xml:space="preserve">Jonathan Barnoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mikkel D Andreasen</w:t>
+                <w:t xml:space="preserve">Marco van Tilburg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chris Brasnett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Central Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acscentsci.5c00755⟩</w:t>
+              <w:t xml:space="preserve">eLife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 12, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7554/elife.90627⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04880477v2</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05382479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Allosteric pathway connects Zn(II) loss from SOD1 to known pathogenic mechanisms</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Martini 3 building blocks for Lipid Nanoparticle design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moisés Dominguez</w:t>
+                <w:t xml:space="preserve">Lisbeth Ravnkilde Kjølbye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastian Thallmair</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Paulo C T Souza</w:t>
+                <w:t xml:space="preserve">Mariana Valério</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Markéta Paloncýová</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luís Borges-Araújo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Pestana-Nobles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Biological Macromolecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijbiomac.2025.148349⟩</w:t>
+              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.26434/chemrxiv-2024-bf4n8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05377347v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04745118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Martini 3 Lipidome: Expanded and Refined Parameters Improve Lipid Phase Behavior</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Allosteric pathway connects Zn(II) loss from SOD1 to known pathogenic mechanisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Ramirez-Echemendia</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Luís Borges-Araújo</w:t>
+                <w:t xml:space="preserve">Rocío Araya-Osorio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mikkel Andreasen</w:t>
+                <w:t xml:space="preserve">Moisés Dominguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Thallmair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siewert J Marrink</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo C T Souza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Central Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acscentsci.5c00755⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Biological Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 331, pp.148349. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijbiomac.2025.148349⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05402465v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05377347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Computational Methods for Modeling Lipid-Mediated Active Pharmaceutical Ingredient Delivery</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Martini 3 Lipidome: Expanded and Refined Parameters Improve Lipid Phase Behavior</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martin Šrejber</w:t>
+                <w:t xml:space="preserve">Kasper Pedersen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helgi Ingólfsson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Ramirez-Echemendia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luís Borges-Araújo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikkel Andreasen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Pharmaceutics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.molpharmaceut.4c00744⟩</w:t>
+              <w:t xml:space="preserve">ACS Central Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 11 (9), pp.1598-1610. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acscentsci.5c00755⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05377340v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05402465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martini 3 Coarse-Grained Models for Carbon Nanomaterials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roshan Shrestha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riccardo Alessandri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Vögele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cecile Hilpert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paulo Souza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 21 (18), pp.9035-9053. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.jctc.5c00923⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05402468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Creating Coarse-Grained Systems with COBY: Toward Higher Accuracy of Complex Biological Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mikkel D Andreasen</w:t>
+                <w:t xml:space="preserve">Fast Parametrization of Martini3 Models for Fragments and Small Molecules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magdalena Szczuka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilberto Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paulo C T Souza</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marc Gueroult</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Poulain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Information and Modeling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jcim.5c00069⟩</w:t>
+              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 22 (1), pp.610-623. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jctc.5c01178⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05377341v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05536937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Challenges in predicting PROTAC-mediated protein–protein interfaces with AlphaFold reveal a general limitation on small interfaces</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Paulo C T Souza</w:t>
+                <w:t xml:space="preserve">Computational Methods for Modeling Lipid-Mediated Active Pharmaceutical Ingredient Delivery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Markéta Paloncýová</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariana Valério</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Martin</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ricardo Nascimento dos Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Petra Kührová</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Šrejber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioinformatics Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/bioadv/vbaf056⟩</w:t>
+              <w:t xml:space="preserve">Molecular Pharmaceutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 22 (3), pp.1110-1141. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.molpharmaceut.4c00744⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05400999v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05377340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Systematic Approach to Parametrization of Disaccharides for the Martini 3 Coarse-Grained Force Field</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Creating Coarse-Grained Systems with COBY: Toward Higher Accuracy of Complex Biological Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikkel D Andreasen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paulo C T Souza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Syma Khalid</w:t>
+                <w:t xml:space="preserve">Birgit Schiøtt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorena Zuzic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Chemical Information and Modeling</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jcim.4c01874⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 65 (10), pp.4760-4766. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jcim.5c00069⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04896377v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05377341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast parameterization of Martini3 models for fragments and small molecules</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+                <w:t xml:space="preserve">Challenges in predicting PROTAC-mediated protein–protein interfaces with AlphaFold reveal a general limitation on small interfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilberto P Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luis J Walter</w:t>
+                <w:t xml:space="preserve">Corentin Gouzien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo C T Souza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Gueroult</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Juliette Martin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1101/2025.07.13.664596⟩</w:t>
+              <w:t xml:space="preserve">Bioinformatics Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 5 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/bioadv/vbaf056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05377336v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05400999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the Martini 3 protein model: A review of its path and potential</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Mariana Valério</w:t>
+                <w:t xml:space="preserve">Systematic Approach to Parametrization of Disaccharides for the Martini 3 Coarse-Grained Force Field</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Astrid F Brandner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paulo C. T. Souza</w:t>
+                <w:t xml:space="preserve">Iain P S Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siewert J Marrink</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo C T Souza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Syma Khalid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimica et Biophysica Acta (BBA) - Proteins and Proteomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bbapap.2024.141014⟩</w:t>
+              <w:t xml:space="preserve">Journal of Chemical Information and Modeling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jcim.4c01874⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04745091v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04896377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Depletion of membrane cholesterol modifies structure, dynamic and activation of Nav1.7</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Angelika Lampert</w:t>
+                <w:t xml:space="preserve">Martini 3 coarse-grained models for carbon nanomaterials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roshan Shrestha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Alessandri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Vögele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Hilpert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo C T Souza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Biological Macromolecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijbiomac.2024.134219⟩</w:t>
+              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 21 (18), pp.9035-9053. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jctc.5c00923⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04745121v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04882384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bartender: Martini 3 Bonded Terms via Quantum Mechanics-Based Molecular Dynamics</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bending of a lipid membrane edge by annexin A5 trimers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mayank Prakash Pandey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo C. T. Souza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Weria Pezeshkian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Himanshu Khandelia</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jctc.4c00275⟩</w:t>
+              <w:t xml:space="preserve">Biophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 123 (8), pp.1006-1014. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bpj.2024.03.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04745117v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04745112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spc2 modulates substrate- and cleavage site-selection in the yeast signal peptidase complex</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Assessing the Martini 3 protein model: A review of its path and potential</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luís Borges-Araújo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilberto P Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariana Valério</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo C. T. Souza</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cell Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1083/jcb.202211035⟩</w:t>
+              <w:t xml:space="preserve">Biochimica et Biophysica Acta (BBA) - Proteins and Proteomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 1872 (4), pp.141014. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbapap.2024.141014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04896361v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04745091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">OLIVES: A Go̅-like Model for Stabilizing Protein Structure via Hydrogen Bonding Native Contacts in the Martini 3 Coarse-Grained Force Field</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
+                <w:t xml:space="preserve">Depletion of membrane cholesterol modifies structure, dynamic and activation of Nav1.7</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simone Albani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vishal Sudha Bhagavath Eswaran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessia Piergentili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paulo C. T. Souza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Siewert-Jan Marrink</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angelika Lampert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jctc.4c00553⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Biological Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 278, pp.134219. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijbiomac.2024.134219⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04745097v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04745121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A millisecond coarse-grained simulation approach to decipher allosteric cannabinoid binding at the glycine receptor α1</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Paulo C. T. Souza</w:t>
+                <w:t xml:space="preserve">Bartender: Martini 3 Bonded Terms via Quantum Mechanics-Based Molecular Dynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilberto P Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Alessandri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moisés Domínguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rocío Araya-Osorio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linus Grünewald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-024-53098-4⟩</w:t>
+              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 20 (13), pp.5763-5773. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jctc.4c00275⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04745126v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04745117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bending of a lipid membrane edge by annexin A5 trimers</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Spc2 modulates substrate- and cleavage site-selection in the yeast signal peptidase complex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yeonji Chung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chewon Yim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilberto Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sungjoon Son</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisbeth Kjølbye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biophysical Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bpj.2024.03.019⟩</w:t>
+              <w:t xml:space="preserve">Journal of Cell Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 223 (12), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1083/jcb.202211035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04745112v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04896361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martini 3 coarse-grained models for carbon nanomaterials</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Paulo C T Souza</w:t>
+                <w:t xml:space="preserve">OLIVES: A Go̅-like Model for Stabilizing Protein Structure via Hydrogen Bonding Native Contacts in the Martini 3 Coarse-Grained Force Field</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kasper B Pedersen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luís Borges-Araújo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amanda D Stange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo C. T. Souza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siewert-Jan Marrink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 21 (18), pp.9035-9053. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jctc.5c00923⟩</w:t>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jctc.4c00553⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04882384v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04745097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rational Prediction of PROTAC-compatible Protein-Protein Interfaces by Molecular Docking</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gilberto P Pereira</w:t>
+                <w:t xml:space="preserve">A millisecond coarse-grained simulation approach to decipher allosteric cannabinoid binding at the glycine receptor α1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessio Bartocci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Grazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nour Awad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brian Jiménez-García</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Sangwook Wu</w:t>
+                <w:t xml:space="preserve">Pierre-Jean Corringer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo C. T. Souza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Information and Modeling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jcim.3c01154⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15 (1), pp.9040. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-024-53098-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04274715v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04745126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martini 3 Force Field Parameters for Protein Lipidation Post-Translational Modifications</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">D. Peter Tieleman</w:t>
+                <w:t xml:space="preserve">Martini 3 Coarse-Grained Force Field for Cholesterol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luís Borges-Araújo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana C Borges-Araújo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tugba Nur Ozturk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel P Ramirez-Echemendia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Balázs Fábián</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 19 (23), pp.8901-8918. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jctc.3c00604⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 19 (20), pp.7387-7404. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jctc.3c00547⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04745158v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04296756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automatic Optimization of Lipid Models in the Martini Force Field Using SwarmCG</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Cristina Caruso</w:t>
+                <w:t xml:space="preserve">Pragmatic Coarse-Graining of Proteins: Models and Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luís Borges-Araújo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilias Patmanidis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Akhil Singh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucianna Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Sieradzan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Information and Modeling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jcim.3c00530⟩</w:t>
+              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 19 (20), pp.7112-7135. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jctc.3c00733⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04296720v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04296801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pragmatic Coarse-Graining of Proteins: Models and Applications</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Adam Sieradzan</w:t>
+                <w:t xml:space="preserve">Automatic Optimization of Lipid Models in the Martini Force Field Using SwarmCG</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charly Empereur-Mot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kasper B Pedersen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Capelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martina Crippa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Caruso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jctc.3c00733⟩</w:t>
+              <w:t xml:space="preserve">Journal of Chemical Information and Modeling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 63 (12), pp.3827-3838. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jcim.3c00530⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04296801v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04296720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expulsion mechanism of the substrate-translocating subunit in ECF transporters</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jan Rheinberger</w:t>
+                <w:t xml:space="preserve">Rational Prediction of PROTAC-compatible Protein-Protein Interfaces by Molecular Docking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilberto P Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brian Jiménez-García</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Pellarin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sangwook Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-023-40266-1⟩</w:t>
+              <w:t xml:space="preserve">Journal of Chemical Information and Modeling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jcim.3c01154⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04296762v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04274715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of inhibitors targeting the energy-coupling factor (ECF) transporters</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Leticia M Gómez</w:t>
+                <w:t xml:space="preserve">Martini 3 Force Field Parameters for Protein Lipidation Post-Translational Modifications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Panagiotis Koukos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sepehr Dehghani-Ghahnaviyeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camilo Velez-Vega</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Manchester</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Peter Tieleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s42003-023-05555-x⟩</w:t>
+              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 19 (23), pp.8901-8918. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jctc.3c00604⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04296925v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04745158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martini 3 Coarse-Grained Force Field for Cholesterol</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Expulsion mechanism of the substrate-translocating subunit in ECF transporters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chancievan Thangaratnarajah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Nijland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luís Borges-Araújo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Balázs Fábián</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aike Jeucken</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Rheinberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jctc.3c00547⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (1), pp.4484. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-023-40266-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04296756v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04296762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complex nanoemulsion for vitamin delivery: droplet organization and interaction with skin membranes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Identification of inhibitors targeting the energy-coupling factor (ECF) transporters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleonora Diamanti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo Cesar Telles de Souza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inda Setyawati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spyridon Bousis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neila Machado</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Carine Dal Pizzol</w:t>
+                <w:t xml:space="preserve">Leticia M Gómez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D1NR04610A⟩</w:t>
+              <w:t xml:space="preserve">Communications Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 6 (1), pp.1182. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s42003-023-05555-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03863122v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04296925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polyply; a python suite for facilitating simulations of macromolecules and nanomaterials</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">Two decades of Martini: Better beads, broader scope</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siewert Marrink</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Monticelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Melo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riccardo Alessandri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Paulo C T Souza</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Peter Tieleman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-021-27627-4⟩</w:t>
+              <w:t xml:space="preserve">Wiley Interdisciplinary Reviews: Computational Molecular Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/wcms.1620⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03855658v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03864638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards design of drugs and delivery systems with the Martini coarse-grained model</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alessio Bartocci</w:t>
+                <w:t xml:space="preserve">Complex nanoemulsion for vitamin delivery: droplet organization and interaction with skin membranes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neila Machado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bart Bruininks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martina Pannuzzo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Simone Albani</w:t>
+                <w:t xml:space="preserve">Priyanka Singh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurita dos Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Dal Pizzol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">QRB Discovery</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/qrd.2022.16⟩</w:t>
+              <w:t xml:space="preserve">Nanoscale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14 (2), pp.506-514. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D1NR04610A⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03864646v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03863122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improved Parameterization of Phosphatidylinositide Lipid Headgroups for the Martini 3 Coarse-Grain Force Field</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Polyply; a python suite for facilitating simulations of macromolecules and nanomaterials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabian Grünewald</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Alessandri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter C Kroon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Monticelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo C T Souza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 18 (1), pp.357-373. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 13 (1), pp.68. </w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jctc.1c00615⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-021-27627-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03864628v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03855658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling structural properties of cyanine dye nanotubes at coarse-grained level</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Paulo Souza</w:t>
+                <w:t xml:space="preserve">Towards design of drugs and delivery systems with the Martini coarse-grained model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisbeth Kjølbye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilberto Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessio Bartocci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selim Sami</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Alex de Vries</w:t>
+                <w:t xml:space="preserve">Martina Pannuzzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simone Albani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanoscale Advances</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D2NA00158F⟩</w:t>
+              <w:t xml:space="preserve">QRB Discovery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 3, pp.e19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/qrd.2022.16⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03864633v1</w:t>
+                <w:t xml:space="preserve">hal-03864646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two decades of Martini: Better beads, broader scope</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId172" w:history="1">
+                <w:t xml:space="preserve">Improved Parameterization of Phosphatidylinositide Lipid Headgroups for the Martini 3 Coarse-Grain Force Field</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luís Borges-Araújo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo Souza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fábio Fernandes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Melo</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Wiley Interdisciplinary Reviews: Computational Molecular Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/wcms.1620⟩</w:t>
+              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 18 (1), pp.357-373. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jctc.1c00615⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03864638v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03864628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sequential Voxel-Based Leaflet Segmentation of Complex Lipid Morphologies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bart Bruininks</w:t>
+                <w:t xml:space="preserve">Modelling structural properties of cyanine dye nanotubes at coarse-grained level</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilias Patmanidis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo Souza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Selim Sami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remco Havenith</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Albert Thie</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Shirin Faraji</w:t>
+                <w:t xml:space="preserve">Alex de Vries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jctc.1c00446⟩</w:t>
+              <w:t xml:space="preserve">Nanoscale Advances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 4 (14), pp.3033-3042. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D2NA00158F⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03863224v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03864633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coacervate formation studied by explicit solvent coarse-grain molecular dynamics with the Martini model</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bottom-up fabrication of a proteasome–nanopore that unravels and processes single proteins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shengli Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gang Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Tsanai</w:t>
+                <w:t xml:space="preserve">Roderick Corstiaan Abraham Versloot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pim W. Frederix</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Bart Marlon Herwig Bruininks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo Cesar Telles de Souza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/D1SC00374G⟩</w:t>
+              <w:t xml:space="preserve">Nature Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (12), pp.1192-1199. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41557-021-00824-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03863190v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03863245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martini 3: a general purpose force field for coarse-grained molecular dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paulo Souza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riccardo Alessandri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Barnoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Thallmair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ignacio Faustino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Methods</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 18 (4), pp.382-388. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41592-021-01098-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03863208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martini 3 Coarse-Grained Model for Type III Deep Eutectic Solvents: Thermodynamic, Structural, and Extraction Properties</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sequential Voxel-Based Leaflet Segmentation of Complex Lipid Morphologies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bart Bruininks</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Thie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo Souza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Petteri Vainikka</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sebastian Thallmair</w:t>
+                <w:t xml:space="preserve">Tsjerk Wassenaar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paulo Cesar Telles Souza</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Shirin Faraji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Sustainable Chemistry &amp; Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, 9 (51), pp.17338-17350. </w:t>
+              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 17 (12), pp.7873-7885. </w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acssuschemeng.1c06521⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jctc.1c00446⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03864619v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03863224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bottom-up fabrication of a proteasome–nanopore that unravels and processes single proteins</w:t>
+                <w:t xml:space="preserve">Coacervate formation studied by explicit solvent coarse-grain molecular dynamics with the Martini model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shengli Zhang</w:t>
+                <w:t xml:space="preserve">Maria Tsanai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gang Huang</w:t>
+                <w:t xml:space="preserve">Pim W. Frederix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roderick Corstiaan Abraham Versloot</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Carsten Schroer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo Souza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siewert Marrink</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41557-021-00824-w⟩</w:t>
+              <w:t xml:space="preserve">Chemical Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12 (24), pp.8521-8530. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/D1SC00374G⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03863245v1</w:t>
+                <w:t xml:space="preserve">hal-03863190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Titratable Martini model for constant pH simulations</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Paulo C. T. Souza</w:t>
+                <w:t xml:space="preserve">Martini 3 Coarse-Grained Model for Type III Deep Eutectic Solvents: Thermodynamic, Structural, and Extraction Properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Petteri Vainikka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Thallmair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Haleh Abdizadeh</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Paulo Cesar Telles Souza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siewert Marrink</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 153 (2), </w:t>
+              <w:t xml:space="preserve">ACS Sustainable Chemistry &amp; Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 9 (51), pp.17338-17350. </w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/5.0014258⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acssuschemeng.1c06521⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04296865v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03864619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protein–ligand binding with the coarse-grained Martini model</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sebastian Thallmair</w:t>
+                <w:t xml:space="preserve">Titratable Martini model for constant pH simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabian Grünewald</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo C. T. Souza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paolo Conflitti</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Riccardo Alessandri</w:t>
+                <w:t xml:space="preserve">Haleh Abdizadeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Barnoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex de Vries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-020-17437-5⟩</w:t>
+              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 153 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0014258⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04296809v1</w:t>
+                <w:t xml:space="preserve">hal-04296865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Protein–ligand binding with the coarse-grained Martini model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo C T Souza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Thallmair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Conflitti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Ramírez-Palacios</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Riccardo Alessandri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11 (1), pp.3714. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-020-17437-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04296809v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Martini coarse-grained models of imidazolium-based ionic liquids: from nanostructural organization to liquid–liquid extraction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Itza Vazquez-Salazar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michele Selle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alex H de Vries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siewert J Marrink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paulo C T Souza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Green Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 22 (21), pp.7376-7386. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/D0GC01823F⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04296861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5638,669 +5772,669 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martini 3 protein models - a practical introduction to different structure bias models and their comparison</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thilo Duve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liguo Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Borges-Araujo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siewert-Jan Marrink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paulo C T Souza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05377333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A systematic approach to parameterization of disaccharides for the Martini 3 coarse-grained force-field</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Astrid F Brandner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iain P S Smith</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siewert J Marrink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paulo C T Souza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Syma Khalid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04882146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GōMartini 3: From large conformational changes in proteins to environmental bias corrections</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paulo C T Souza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luís Borges-Araújo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chris Brasnett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodrigo A Moreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabian Grünewald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04745078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Challenges in predicting PROTAC-mediated Protein-Protein Interfaces with AlphaFold</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilberto P Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Gouzien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paulo Cesar Telles de Souza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Martin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04732948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Creating Coarse-Grained Systems with COBY: Towards Higher Accuracy in Membrane Complexity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikkel D. M. D. Andreasen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paulo C. T. Souza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Birgit Schiøtt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorena Zuzic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04745077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A millisecond coarse-grained simulation approach to decipher allosteric cannabinoid binding at the glycine receptor α 1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessio Bartocci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paulo C.T. Souza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Cecchini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04296779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6310,146 +6444,146 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward a systematic modeling approach for coarse-grained carbohydrates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Astrid Brandner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paulo C. T. Souza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siewert Marrink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Syma Khalid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biophysical Journal Supplement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2024, Philadelphia, United States. pp.297a, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.bpj.2023.11.1849⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04745123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6459,181 +6593,181 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Practical Introduction to Martini 3 and its Application to Protein-Ligand Binding Simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Riccardo Alessandri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Thallmair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Gil Herrero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raúl Mera-Adasme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siewert Marrink</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Yong Wang; Ruhong Zhou. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">A Practical Guide to Recent Advances in Multiscale Modeling and Simulation of Biomolecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AIP Publishing LLCMelville, New York, pp.1-1-1-34, 2023, 978-0-7354-2524-8. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/9780735425279_001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04305938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId235"/>
+      <w:footerReference w:type="default" r:id="rId238"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6780,51 +6914,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377345v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liguo Wang" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Brasnett" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu&#237;s Borges-Ara&#250;jo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo C T Souza" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siewert J Marrink" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-58199-2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377343v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo A Moreira" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Gr&#252;newald" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-58719-0" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745118v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisbeth Ravnkilde Kj&#248;lbye" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Val&#233;rio" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark&#233;ta Palonc&#253;ov&#225;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Pestana-Nobles" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26434/chemrxiv-2024-bf4n8" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382479v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter C Kroon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Barnoud" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco van Tilburg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Brasnett" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/elife.90627" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880477v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kasper B Pedersen" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helgi I Ing&#243;lfsson" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel P Ramirez-Echemendia" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikkel D Andreasen" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscentsci.5c00755" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377347v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roc&#237;o Araya-Osorio" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mois&#233;s Dominguez" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Thallmair" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2025.148349" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402465v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kasper Pedersen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helgi Ing&#243;lfsson" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Ramirez-Echemendia" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikkel Andreasen" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377340v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Nascimento dos Santos" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra K&#252;hrov&#225;" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin &#352;rejber" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.molpharmaceut.4c00744" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402468v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roshan Shrestha" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Alessandri" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin V&#246;gele" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Hilpert" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Souza" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.5c00923" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377341v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birgit Schi&#248;tt" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorena Zuzic" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jcim.5c00069" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400999v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilberto P Pereira" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Gouzien" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Martin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioadv/vbaf056" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04896377v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid F Brandner" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iain P S Smith" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syma Khalid" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jcim.4c01874" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377336v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Szczuka" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis J Walter" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Gueroult" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Poulain" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2025.07.13.664596" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745091v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo C. T. Souza" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbapap.2024.141014" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745121v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Albani" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vishal Sudha Bhagavath Eswaran" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Piergentili" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelika Lampert" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2024.134219" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745117v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mois&#233;s Dom&#237;nguez" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linus Gr&#252;newald" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.4c00275" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04896361v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yeonji Chung" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chewon Yim" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilberto Pereira" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sungjoon Son" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisbeth Kj&#248;lbye" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1083/jcb.202211035" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745097v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda D Stange" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siewert-Jan Marrink" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.4c00553" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745126v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Bartocci" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Grazzi" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Awad" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Corringer" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-53098-4" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745112v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayank Prakash Pandey" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weria Pezeshkian" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Himanshu Khandelia" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2024.03.019" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882384v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274715v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Jim&#233;nez-Garc&#237;a" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Pellarin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Launay" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sangwook Wu" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jcim.3c01154" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745158v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panagiotis Koukos" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sepehr Dehghani-Ghahnaviyeh" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilo Velez-Vega" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Manchester" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Peter Tieleman" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.3c00604" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296720v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Empereur-Mot" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Capelli" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Crippa" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Caruso" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jcim.3c00530" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296801v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilias Patmanidis" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akhil Singh" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucianna Santos" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Sieradzan" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.3c00733" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296762v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chancievan Thangaratnarajah" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Nijland" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aike Jeucken" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Rheinberger" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-40266-1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296925v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Diamanti" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Cesar Telles de Souza" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inda Setyawati" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Spyridon Bousis" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia M G&#243;mez" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-023-05555-x" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296756v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana C Borges-Ara&#250;jo" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tugba Nur Ozturk" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bal&#225;zs F&#225;bi&#225;n" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.3c00547" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03863122v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neila Machado" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart Bruininks" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priyanka Singh" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurita dos Santos" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Dal Pizzol" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1NR04610A" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03855658v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Monticelli" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-27627-4" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03864646v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Pannuzzo" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/qrd.2022.16" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03864628v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#225;bio Fernandes" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Melo" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.1c00615" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03864633v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selim Sami" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remco Havenith" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex de Vries" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2NA00158F" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03864638v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siewert Marrink" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/wcms.1620" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03863224v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Thie" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsjerk Wassenaar" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shirin Faraji" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.1c00446" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03863190v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Tsanai" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pim W. Frederix" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten Schroer" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1SC00374G" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03863208v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Faustino" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41592-021-01098-3" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03864619v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petteri Vainikka" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Cesar Telles Souza" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.1c06521" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03863245v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shengli Zhang" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gang Huang" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roderick Corstiaan Abraham Versloot" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart Marlon Herwig Bruininks" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41557-021-00824-w" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296865v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haleh Abdizadeh" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0014258" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296809v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Conflitti" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Ram&#237;rez-Palacios" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-17437-5" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296861v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Itza Vazquez-Salazar" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Selle" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex H de Vries" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0GC01823F" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377333v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thilo Duve" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Borges-Araujo" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882146v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745078v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732948v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745077v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikkel D. M. D. Andreasen" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296779v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo C.T. Souza" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Cecchini" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745123v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Brandner" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2023.11.1849" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305938v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Gil Herrero" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ra&#250;l Mera-Adasme" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/9780735425279_001" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377336v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Szczuka" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilberto P Pereira" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis J Walter" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Gueroult" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Poulain" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2025.07.13.664596" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377343v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo C T Souza" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu&#237;s Borges-Ara&#250;jo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Brasnett" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo A Moreira" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Gr&#252;newald" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-58719-0" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377345v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liguo Wang" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siewert J Marrink" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-58199-2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880477v2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kasper B Pedersen" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helgi I Ing&#243;lfsson" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel P Ramirez-Echemendia" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikkel D Andreasen" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscentsci.5c00755" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382479v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter C Kroon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Barnoud" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco van Tilburg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Brasnett" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/elife.90627" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745118v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisbeth Ravnkilde Kj&#248;lbye" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Val&#233;rio" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark&#233;ta Palonc&#253;ov&#225;" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Pestana-Nobles" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26434/chemrxiv-2024-bf4n8" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377347v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roc&#237;o Araya-Osorio" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mois&#233;s Dominguez" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Thallmair" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2025.148349" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402465v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kasper Pedersen" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helgi Ing&#243;lfsson" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Ramirez-Echemendia" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikkel Andreasen" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402468v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roshan Shrestha" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Alessandri" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin V&#246;gele" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Hilpert" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Souza" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.5c00923" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05536937v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilberto Pereira" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Walter" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.5c01178" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377340v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Nascimento dos Santos" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra K&#252;hrov&#225;" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin &#352;rejber" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.molpharmaceut.4c00744" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377341v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birgit Schi&#248;tt" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorena Zuzic" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jcim.5c00069" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400999v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Gouzien" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Martin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioadv/vbaf056" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04896377v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid F Brandner" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iain P S Smith" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Syma Khalid" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jcim.4c01874" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882384v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745112v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mayank Prakash Pandey" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo C. T. Souza" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weria Pezeshkian" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Himanshu Khandelia" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2024.03.019" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745091v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbapap.2024.141014" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745121v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Albani" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vishal Sudha Bhagavath Eswaran" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessia Piergentili" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelika Lampert" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2024.134219" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745117v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mois&#233;s Dom&#237;nguez" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linus Gr&#252;newald" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.4c00275" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04896361v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yeonji Chung" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chewon Yim" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sungjoon Son" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisbeth Kj&#248;lbye" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1083/jcb.202211035" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745097v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda D Stange" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siewert-Jan Marrink" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.4c00553" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745126v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Bartocci" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Grazzi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Awad" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Corringer" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-53098-4" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296756v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana C Borges-Ara&#250;jo" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tugba Nur Ozturk" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bal&#225;zs F&#225;bi&#225;n" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.3c00547" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296801v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilias Patmanidis" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akhil Singh" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucianna Santos" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Sieradzan" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.3c00733" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296720v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Empereur-Mot" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Capelli" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Crippa" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Caruso" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jcim.3c00530" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04274715v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Jim&#233;nez-Garc&#237;a" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Pellarin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Launay" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sangwook Wu" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jcim.3c01154" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745158v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panagiotis Koukos" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sepehr Dehghani-Ghahnaviyeh" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilo Velez-Vega" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Manchester" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Peter Tieleman" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.3c00604" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296762v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chancievan Thangaratnarajah" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Nijland" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aike Jeucken" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Rheinberger" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-40266-1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296925v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonora Diamanti" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Cesar Telles de Souza" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inda Setyawati" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Spyridon Bousis" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia M G&#243;mez" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-023-05555-x" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03864638v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siewert Marrink" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Monticelli" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Melo" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/wcms.1620" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03863122v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neila Machado" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart Bruininks" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priyanka Singh" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurita dos Santos" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Dal Pizzol" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1NR04610A" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03855658v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-27627-4" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03864646v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Pannuzzo" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/qrd.2022.16" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03864628v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#225;bio Fernandes" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.1c00615" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03864633v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selim Sami" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remco Havenith" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex de Vries" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2NA00158F" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03863245v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shengli Zhang" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gang Huang" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roderick Corstiaan Abraham Versloot" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart Marlon Herwig Bruininks" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41557-021-00824-w" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03863208v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Faustino" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41592-021-01098-3" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03863224v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Thie" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsjerk Wassenaar" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shirin Faraji" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.1c00446" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03863190v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Tsanai" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pim W. Frederix" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten Schroer" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1SC00374G" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03864619v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petteri Vainikka" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Cesar Telles Souza" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssuschemeng.1c06521" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296865v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haleh Abdizadeh" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0014258" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296809v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Conflitti" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Ram&#237;rez-Palacios" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-17437-5" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296861v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Itza Vazquez-Salazar" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Selle" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex H de Vries" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D0GC01823F" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377333v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thilo Duve" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Borges-Araujo" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882146v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745078v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732948v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745077v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikkel D. M. D. Andreasen" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296779v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo C.T. Souza" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Cecchini" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745123v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Brandner" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2023.11.1849" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305938v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Gil Herrero" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ra&#250;l Mera-Adasme" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/9780735425279_001" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>