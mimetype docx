--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -3765,277 +3765,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04753845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deciphering growth/nutrition dynamics at the aphid – symbiont interface through metabolic modeling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Léo Gerlin</w:t>
+                <w:t xml:space="preserve">A genome-wide annotation of transcription factors in the pea aphid, Acyrthosiphon pisum, and the related database, ATFdb</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Parisot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Charles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Peignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marie-Gabrielle Duport</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13e Rencontre du Réseau Français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t>
+              <w:t xml:space="preserve">13èmes rencontres du réseau français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Villeurbanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04524579v1</w:t>
+                <w:t xml:space="preserve">hal-04524595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A genome-wide annotation of transcription factors in the pea aphid, Acyrthosiphon pisum, and the related database, ATFdb</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Sergio Peignier</w:t>
+                <w:t xml:space="preserve">Deciphering growth/nutrition dynamics at the aphid – symbiont interface through metabolic modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Gerlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karen Gaget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Rahioui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Gabrielle Duport</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13èmes rencontres du réseau français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t>
+              <w:t xml:space="preserve">13e Rencontre du Réseau Français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Villeurbanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04524595v1</w:t>
+                <w:t xml:space="preserve">hal-04524579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation du métabolisme et des interactions symbiotiques chez les pucerons</w:t>
               </w:r>
@@ -4705,454 +4705,454 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03514051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atelier Bases de données génomiques et métaboliques : présentation des bases BioCyc développées dans l’UMR BF2I</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Bacteriocyte reprogramming to cope with nutritional stress in a phloem sap feeding hemipteran, the pea aphid Acyrthosiphon pisum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Parisot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Colella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karen Gaget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Gabrielle Duport</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11ème Réunion du Réseau Français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA),</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Rennes, France</w:t>
+              <w:t xml:space="preserve">INSA Lyon International Partner Days</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Villeurbanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03510598v1</w:t>
+                <w:t xml:space="preserve">hal-03514034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rôle clé du bactériocyte dans la résilience du puceron aux stress nutritionnels</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">AphidCyc, une collection de bases de données métaboliques dédiée à l'étude et la comparaison du métabolisme chez les pucerons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Charles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federica Calevro</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11ème Réunion du Réseau Français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03514026v1</w:t>
+                <w:t xml:space="preserve">hal-03510642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">AphidCyc, une collection de bases de données métaboliques dédiée à l'étude et la comparaison du métabolisme chez les pucerons</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rôle clé du bactériocyte dans la résilience du puceron aux stress nutritionnels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Federica Calevro</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Parisot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Colella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karen Gaget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11ème Réunion du Réseau Français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03510642v1</w:t>
+                <w:t xml:space="preserve">hal-03514026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bacteriocyte reprogramming to cope with nutritional stress in a phloem sap feeding hemipteran, the pea aphid Acyrthosiphon pisum</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Atelier Bases de données génomiques et métaboliques : présentation des bases BioCyc développées dans l’UMR BF2I</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Charles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INSA Lyon International Partner Days</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Villeurbanne, France</w:t>
+              <w:t xml:space="preserve">11ème Réunion du Réseau Français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA),</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03514034v1</w:t>
+                <w:t xml:space="preserve">hal-03510598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effecteurs et inhibiteurs de l’apoptose chez le puceron du pois : annotation et implication dans la mort cellulaire bactériocytaire</w:t>
               </w:r>
@@ -6789,277 +6789,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05137897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Origin and evolution of Inhibitors of apoptosis (IAPs) in early metazoans</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">François Renoz</w:t>
+                <w:t xml:space="preserve">Unraveling the impact of microbiota xenobiotic interactions on the mosquito metabolome through clustering-based analyses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Antonelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Meiffren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Vallon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwige Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EVOLYON 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2025, Villeurbanne, France</w:t>
+              <w:t xml:space="preserve">17èmes Journées Scientifiques du RFMF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05290683v1</w:t>
+                <w:t xml:space="preserve">hal-05137853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unraveling the impact of microbiota xenobiotic interactions on the mosquito metabolome through clustering-based analyses</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Meiffren</w:t>
+                <w:t xml:space="preserve">Origin and evolution of Inhibitors of apoptosis (IAPs) in early metazoans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Ribeiro Lopes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Parisot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Peignier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Renoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Edwige Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17èmes Journées Scientifiques du RFMF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">EVOLYON 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Villeurbanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05137853v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05290683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathematical modeling of pea aphid metabolism</w:t>
               </w:r>
@@ -7160,277 +7160,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04788746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of endosymbionts in bed bugs during development</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Adil El Filali</w:t>
+                <w:t xml:space="preserve">Genome assembly of the cereal aphid Sipha maydis, a model for the study of dual endosymbiosis in insects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Renoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Parisot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Gerlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samir Fakhour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Groupe Régional de Recherche en Microbiologie des Interactions (G-RREMI)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">13e Rencontre du Réseau Français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Villeurbanne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04805370v1</w:t>
+                <w:t xml:space="preserve">hal-04524568v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome assembly of the cereal aphid Sipha maydis, a model for the study of dual endosymbiosis in insects</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Samir Fakhour</w:t>
+                <w:t xml:space="preserve">Dynamics of endosymbionts in bed bugs during development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Jorge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marius Poulain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Rosinski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Henri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adil El Filali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13e Rencontre du Réseau Français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, Villeurbanne, France</w:t>
+              <w:t xml:space="preserve">Groupe Régional de Recherche en Microbiologie des Interactions (G-RREMI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04524568v1</w:t>
+                <w:t xml:space="preserve">hal-04805370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional analysis of interactions between bed bugs and their nutritional symbiont Wolbachia</w:t>
               </w:r>
@@ -7781,273 +7781,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04784498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From genomes to metabolism reconstruction: companion collections of databases to study symbiotic interactions between insects and their bacterial symbionts.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">High-throughput genomics and transcriptomics to decipher host-symbiont molecular dialogue in the cereal weevil Sitophilus oryzae and Sodalis pierantonius endosymbiotic association</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Parisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariana Galvão Ferrarini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Goubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Vargas-Chávez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Vallier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12èmes rencontres du réseau français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Nice, France</w:t>
+              <w:t xml:space="preserve">10th congress of the International Symbiosis Society (ISS) - 3rd International Conference on Holobionts (joint meeting)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03810352v1</w:t>
+                <w:t xml:space="preserve">hal-03810657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-throughput genomics and transcriptomics to decipher host-symbiont molecular dialogue in the cereal weevil Sitophilus oryzae and Sodalis pierantonius endosymbiotic association</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">From genomes to metabolism reconstruction: companion collections of databases to study symbiotic interactions between insects and their bacterial symbionts.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Parisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Peignier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federica Calevro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Charles</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th congress of the International Symbiosis Society (ISS) - 3rd International Conference on Holobionts (joint meeting)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Lyon, France</w:t>
+              <w:t xml:space="preserve">12èmes rencontres du réseau français de Biologie Adaptative des Pucerons et Organismes Associés (BAPOA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03810657v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03810352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From genomes to metabolism reconstruction: companion collections of databases to study symbiotic interactions between insects and their bacterial symbionts</w:t>
               </w:r>
@@ -8417,51 +8417,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a dual RNA-seq strategy to unravel the molecular bases of host-symbiont interactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Parisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Vallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justin Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8667,51 +8667,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a dual RNA-seq strategy to unravel the molecular bases of host-symbiont interactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Parisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Vallier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justin Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9898,51 +9898,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02806092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“ArthropodaCyc”: a BioCyc database powered by CycADS to study and compare the metabolism of arthropods</w:t>
+                <w:t xml:space="preserve">Using the “CycADS” annotation management system to develop a BioCyc metabolic network database for sequenced arthropods genomes: first steps towards “ArthropodsCyc”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augusto Vellozo</w:t>
@@ -9977,73 +9977,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toni Gabaldon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. Annual Arthropod Genomics Symposium “Arthropod Genomics 2011: Exploring Diversity, Relating Similarity”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2011, Kansas City, United States. , 33 p., 2011, Fifth Annual Arthropod Genomics Symposium</w:t>
+              <w:t xml:space="preserve">Rencontres bioinformaticiens et statisticiens de l’INRA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2011, Versailles, France. 1 p., 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02749029v1</w:t>
+                <w:t xml:space="preserve">hal-02806205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integration of metabolic pathways and host regulation in symbiosis: tyrosine and cuticular protein biosynthesis during the pea aphid embryonic development</w:t>
               </w:r>
@@ -10148,51 +10148,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02805925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using the “CycADS” annotation management system to develop a BioCyc metabolic network database for sequenced arthropods genomes: first steps towards “ArthropodsCyc”</w:t>
+                <w:t xml:space="preserve">“ArthropodaCyc”: a BioCyc database powered by CycADS to study and compare the metabolism of arthropods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Baa-Puyoulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augusto Vellozo</w:t>
@@ -10227,73 +10227,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toni Gabaldon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres bioinformaticiens et statisticiens de l’INRA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2011, Versailles, France. 1 p., 2011</w:t>
+              <w:t xml:space="preserve">5. Annual Arthropod Genomics Symposium “Arthropod Genomics 2011: Exploring Diversity, Relating Similarity”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Kansas City, United States. , 33 p., 2011, Fifth Annual Arthropod Genomics Symposium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02806205v1</w:t>
+                <w:t xml:space="preserve">hal-02749029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integration of metabolic pathways and host regulation in symbiosis: tyrosine and cuticular protein biosynthesis during the pea aphid embryonic development</w:t>
               </w:r>
@@ -10757,51 +10757,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E9D43508"/>
+    <w:nsid w:val="7161A6AB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10988,51 +10988,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pbaapuyoulet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7033-7245" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368482v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Gerlin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Gaget" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garance Lapetoule" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Quivet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Baa-Puyoulet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymben.2025.07.011" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832131v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Parisot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Ribeiro Lopes" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Peignier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Charles" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ibmb.2024.104217" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04987746v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Renoz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/msystems.00140-25" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04632873v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Fakhour" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-024-03297-x" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704294v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Koenig" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Lafont" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isis Lorenzo-Colina" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Navratil" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbd.2024.101323" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04122402v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Lacotte" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Gabrielle Duport" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Simon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs15082103" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03627264v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Vargas-Ch&#225;vez" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Goubert" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Balmand" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-021-01158-2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297041v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Foray" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Ambroise" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Bearzatto" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2021.660007" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02917617v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Rispe" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Legeai" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Nabity" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arinder Arora" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-020-00820-5" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02618254v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Philip Oeyen" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Benoit" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Beukeboom" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erich Bornberg-Bauer" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evaa106" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505875v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Calevro" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MRA.01579-19" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919023v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessika Consuegra" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odore Grenier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rahioui" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssam Akherraz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3000681" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05190973v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-020-00864-7" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139052v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristen Panfilio" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Vargas Jentzsch" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deniz Erezyilmaz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuichiro Suzuki" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-019-1660-0" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905508v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Colella" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Simonet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Duport" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2018.01498" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01500475v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas C. Mathers" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yazhou Chen" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemy Kaithakottil" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam T. Mugford" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-016-1145-3" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01588181v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-017-1202-6" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01352558v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Febvay" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Huerta-Cepas" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augusto F Vellozo" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/database/baw081" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00824527v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;ane Rabatel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-14-235" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632965v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie S V&#233;ron" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Cottret" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/database/bar008" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417648v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Jorge" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Poulain" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Rosinski" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Henri" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adil El Filali" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05137926v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Degli Esposti" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Hinsinger" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Sousa" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie B&#233;rard" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05419622v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04524685v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753005v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805333v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753845v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524579v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524595v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04121080v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783673v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Balmand" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03810311v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lepr&#234;tre" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Gaillard" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Armengaud" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514196v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jousselin Emmanuelle" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Huygens" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03513078v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514051v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03510598v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514026v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03510642v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514034v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506807v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506796v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506791v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208786v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Labernardiere" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gauthier" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208785v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506758v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Rey" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriant Bellvert" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506751v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747415v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augusto F. Vellozo" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toni Gabaldon" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00748601v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gabaldon" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00748785v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bendridi" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804281v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Rahb&#233;" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00496032v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vellozo" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Veron" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05137897v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290683v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05137853v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Antonelli" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Meiffren" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vallon" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Martin" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04788746v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Paradan" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805370v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524568v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805475v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805501v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04784498v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03810352v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03810657v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Galv&#227;o Ferrarini" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Vallier" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514174v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784931v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Vincent-Mon&#233;gat" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Beranger" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Bonnamour" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784972v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804142v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Maire" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana G. Ferrarini" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Gillet" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03513048v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785000v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03741347v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514015v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Vargas-Chavez" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Goubert" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03509885v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506786v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798649v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798101v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augusto Vellozo" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506707v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506713v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806092v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749029v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805925v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806205v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747829v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/47074.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01231276v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753908v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/pbaapuyoulet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7033-7245" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368482v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Gerlin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Gaget" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garance Lapetoule" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Quivet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Baa-Puyoulet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymben.2025.07.011" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832131v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Parisot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Ribeiro Lopes" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Peignier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Charles" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ibmb.2024.104217" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04987746v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Renoz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/msystems.00140-25" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04632873v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Fakhour" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-024-03297-x" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04704294v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Koenig" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Lafont" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isis Lorenzo-Colina" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Navratil" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cbd.2024.101323" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04122402v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Lacotte" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Gabrielle Duport" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Simon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs15082103" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03627264v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Vargas-Ch&#225;vez" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Goubert" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Balmand" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-021-01158-2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297041v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Foray" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Ambroise" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Bearzatto" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2021.660007" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02917617v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Rispe" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Legeai" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Nabity" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosa Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arinder Arora" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-020-00820-5" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02618254v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Philip Oeyen" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joshua Benoit" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Beukeboom" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erich Bornberg-Bauer" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evaa106" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505875v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Calevro" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/MRA.01579-19" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02919023v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessika Consuegra" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odore Grenier" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rahioui" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssam Akherraz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3000681" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05190973v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-020-00864-7" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02139052v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristen Panfilio" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Vargas Jentzsch" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deniz Erezyilmaz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuichiro Suzuki" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-019-1660-0" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01905508v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Colella" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Simonet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Duport" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2018.01498" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01500475v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas C. Mathers" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yazhou Chen" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemy Kaithakottil" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam T. Mugford" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-016-1145-3" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01588181v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-017-1202-6" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01352558v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Febvay" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Huerta-Cepas" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augusto F Vellozo" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/database/baw081" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00824527v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;ane Rabatel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-14-235" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00632965v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie S V&#233;ron" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Cottret" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/database/bar008" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417648v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Jorge" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marius Poulain" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Rosinski" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Henri" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adil El Filali" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05137926v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Degli Esposti" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Hinsinger" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Sousa" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie B&#233;rard" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05419622v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04524685v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753005v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805333v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753845v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524595v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524579v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04121080v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04783673v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Balmand" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03810311v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lepr&#234;tre" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Gaillard" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Armengaud" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514196v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jousselin Emmanuelle" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Huygens" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03513078v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514051v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514034v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03510642v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514026v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03510598v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506807v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506796v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506791v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208786v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Labernardiere" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gauthier" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208785v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506758v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjolaine Rey" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriant Bellvert" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506751v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747415v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augusto F. Vellozo" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toni Gabaldon" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00748601v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Gabaldon" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00748785v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Bendridi" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804281v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Rahb&#233;" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00496032v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vellozo" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Veron" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05137897v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05137853v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Antonelli" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Meiffren" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vallon" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Martin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290683v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04788746v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Paradan" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524568v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805370v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805475v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04805501v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04784498v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03810657v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Galv&#227;o Ferrarini" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Vallier" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03810352v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514174v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784931v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Vincent-Mon&#233;gat" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Beranger" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Bonnamour" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784972v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804142v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Maire" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana G. Ferrarini" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Gillet" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03513048v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785000v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03741347v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03514015v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Vargas-Chavez" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Goubert" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03509885v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506786v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798649v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798101v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augusto Vellozo" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506707v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03506713v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806092v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02806205v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02805925v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749029v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747829v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/47074.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01231276v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753908v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>