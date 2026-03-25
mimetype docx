--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -624,144 +624,131 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04722102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revisiting β-dicyanovinyl substituted calix[4]pyrrole: Toward the chemodosimetric detection of hydrazine in solution</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Aryl- and Superaryl-Extended Calix[4]pyrroles: From Syntheses to Potential Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ishfaq Ahmad Rather</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Edouard Danjou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rashid Ali</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Edouard Danjou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Structure</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 1287, pp.135694. </w:t>
+              <w:t xml:space="preserve">Topics in current chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 381 (1), pp.7. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.molstruc.2023.135694⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s41061-022-00419-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04210185v1</w:t>
+                <w:t xml:space="preserve">hal-03973089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Novel antiferroelectric materials with resorcinol-based symmetrical fluorinated bent-core mesogens</w:t>
               </w:r>
@@ -875,131 +862,144 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04184856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aryl- and Superaryl-Extended Calix[4]pyrroles: From Syntheses to Potential Applications</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Revisiting β-dicyanovinyl substituted calix[4]pyrrole: Toward the chemodosimetric detection of hydrazine in solution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amaury Kasprowiak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ishfaq Ahmad Rather</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rashid Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Edouard Danjou</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rashid Ali</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Topics in current chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 381 (1), pp.7. </w:t>
+              <w:t xml:space="preserve">Journal of Molecular Structure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 1287, pp.135694. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s41061-022-00419-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.molstruc.2023.135694⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03973089v1</w:t>
+                <w:t xml:space="preserve">hal-04210185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Large Interactive Touchscreens as an Opportunity for Synchronous Hybrid Teaching during the COVID-19 Pandemic and Beyond</w:t>
               </w:r>
@@ -1910,291 +1910,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02904272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solid–liquid extraction of iodide and bromide from aqueous media by a new water-insoluble phenoxycalix[4]pyrrole-epichlorohydrin polymer</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A click mediated route to a novel fluorescent pyridino-extended calix[4]pyrrole sensor: synthesis and binding studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmad Rifai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nancy Alhaddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manale Noun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ismail Abbas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malek Tabbal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 17 (31), pp.7330-7336. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/C9OB01306G⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 17 (23), pp.5818-5825. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C9OB01106D⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02865848v1</w:t>
+                <w:t xml:space="preserve">hal-02865850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A click mediated route to a novel fluorescent pyridino-extended calix[4]pyrrole sensor: synthesis and binding studies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Solid–liquid extraction of iodide and bromide from aqueous media by a new water-insoluble phenoxycalix[4]pyrrole-epichlorohydrin polymer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nancy Alhaddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmad Rifai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amaury Kasprowiak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francine Cazier-Dennin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Edouard Danjou</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 17 (23), pp.5818-5825. </w:t>
+              <w:t xml:space="preserve">, 2019, 17 (31), pp.7330-7336. </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/C9OB01106D⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/C9OB01306G⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02865850v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02865848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient synthesis of 4-substituted- ortho -phthalaldehyde analogues: toward the emergence of new building blocks</w:t>
               </w:r>
@@ -3981,277 +3981,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04401140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A click mediated route to a novel fluorescent pyridino-extended calix[4]pyrrole sensor: synthesis and binding studies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">New efficient modified calix[4]pyrroles on the decontamination of aqueous media from radium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmad Rifai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nancy Alhaddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Malek Tabbal</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Edouard Danjou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francine Cazier-Dennin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rana Baydoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th International Conference on Calixarenes (Calix 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Cassis, France</w:t>
+              <w:t xml:space="preserve">8th International Symposium on IN SItu NUclear MEtrology as a tool for Radioecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Kuşadası, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04401160v1</w:t>
+                <w:t xml:space="preserve">hal-04401176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New efficient modified calix[4]pyrroles on the decontamination of aqueous media from radium</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A click mediated route to a novel fluorescent pyridino-extended calix[4]pyrrole sensor: synthesis and binding studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nancy Alhaddad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmad Rifai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Rana Baydoun</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manale Noun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ismail Abbas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malek Tabbal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International Symposium on IN SItu NUclear MEtrology as a tool for Radioecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Kuşadası, Turkey</w:t>
+              <w:t xml:space="preserve">15th International Conference on Calixarenes (Calix 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Cassis, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04401176v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04401160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (14)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4554,106 +4554,106 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francine Cazier-Dennin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Billet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Saâd Bouhsina</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saad Bouhsina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2023 #RSCPoster Twitter Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2023, Twitter, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04400809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of novel semiconductor polymer based on anthracene for flexible organic electronics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abir Moghnieh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4712,73 +4712,73 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4ème colloque National Science et Technologie des Systèmes π-Conjugués (SPIC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2022, Saint Malo, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04537111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouveaux cristaux liquides semi-conducteurs pour la réalisation de films minces photo-actifs utilisables en électronique organique flexible</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abir Moghnieh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4833,100 +4833,100 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecoles Doctorales A2U-Doctoriales 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Belle Dune, France. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04608378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Organization of a spectroscopy tournament to engage students with structural identification of organic compounds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Hapiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Menuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Delattre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4958,73 +4958,73 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">LatinXchem 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Online, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04400864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Show must go on: Large interactive touchscreen as an opportunity for hybrid teaching during COVID-19 pandemic and beyond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Edouard Danjou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5066,73 +5066,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2022 #RSCPoster Twitter Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2022, Twitter, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04400842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A novel phenoxycalix[4]pyrrole-based tetrachromophoric receptor: synthesis and binding studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Edouard Danjou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5141,123 +5141,123 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nancy Alhaddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmad Rifai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manale Noun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ismail Abbas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1st SupraMat Network Conference #SUPRAMAT 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2021, Twitter, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04400957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution of benchtop NMR to the identification of unknown liquids separated by fractional distillation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amaury Kasprowiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5299,73 +5299,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2021 #RSCPoster Twitter Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2021, Twitter, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04400910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extraction of iodide and bromide anions from aqueous solution by a calix[4]pyrrole-epichlorohydrin polymer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nancy Alhaddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5420,73 +5420,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1st SupraMat Network Conference #SUPRAMAT 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2021, Twitter, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04400975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Water-insoluble phenoxycalix[4]pyrrole-epichlorohydrin polymers: from synthesis to anions extraction from aqueous media</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nancy Alhaddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5528,113 +5528,113 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISMSC-2020 — The International Symposium on Supramolecular and Macrocyclic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2020, Twitter, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04401050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A click mediated route to a novel fluorescent pyridino-extended calix[4]pyrrole sensor : synthesis and binding studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nancy Alhaddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmad Rifai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manale Noun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ismail Abbas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5653,73 +5653,73 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISMSC-2020 — The International Symposium on Supramolecular and Macrocyclic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2020, Twitter, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04401067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Application of Doehlert experimental design for the removal of radium from aqueous solutions by cross-linked phenoxycalix[4]pyrrole-polymer using Ba(II) as a model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nancy Alhaddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5778,73 +5778,73 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2020 latinXchem</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Twitter, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04401026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Does Size Matter? Flash Chromatgraphy Systems : New Teaching Opportunities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amaury Kasprowiak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5873,57 +5873,203 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2020 latinXchem</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Twitter, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04400995v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...2 lines deleted...]
-                <w:t xml:space="preserve">hal-04400995v1</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Novel homologous series of liquid crystal-based phenyl anthracene with different alkoxy chains for optoelectronic device applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abir Moghnieh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Edouard Danjou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaoula Ferchichi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yahia Boussoualem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelylah Daoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04606880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6264,278 +6410,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05153861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large interactive touchscreens as an opportunity for synchronous hybrid teaching during COVID-19 pandemic and beyond</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Revisiting β-dicyanovinyl substituted calix[4]pyrrole : toward the highly selective detection of hydrazine in solution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amaury Kasprowiak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ishfaq Ahmad Rather</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rashid Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Edouard Danjou</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...37 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05153864v1</w:t>
+                <w:t xml:space="preserve">hal-03765380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revisiting β-dicyanovinyl substituted calix[4]pyrrole : toward the highly selective detection of hydrazine in solution</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Large interactive touchscreens as an opportunity for synchronous hybrid teaching during COVID-19 pandemic and beyond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Edouard Danjou</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saad Bouhsina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francine Cazier-Dennin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03765380v1</w:t>
+                <w:t xml:space="preserve">hal-05153864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Large interactive touchscreens as an opportunity for hybrid teaching during COVID-19 pandemic and beyond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Edouard Danjou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Saâd Bouhsina</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saad Bouhsina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Billet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -6845,51 +6991,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04939723v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Hapiot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Edouard Danjou" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Delattre" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solen Josse" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bonnet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jchemed.4c01440" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312162v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Genty" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haingomalala Lucette Tidahy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Poupin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Siffert" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.202500350" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312157v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Kasprowiak" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kulinski" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Depecker" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Cazier-Dennin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chas.5c00013" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04722102v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moghnieh" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yahia Boussoualem" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ferchichi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelylah Daoudi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4CP02308K" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210185v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ishfaq Ahmad Rather" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rashid Ali" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2023.135694" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184856v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iulian Berladean" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena-Luiza Epure" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalina Ionica Ciobanu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Carlescu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molliq.2023.122753" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973089v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41061-022-00419-0" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983386v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Billet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saad Bouhsina" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jchemed.2c00833" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03537871v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Moitessier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jchemed.1c00084" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03275596v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirill Kondratenko" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Carlescu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-&#201;douard Danjou" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurel Simion" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1CP01427G" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865860v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Alhaddad" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radwan Sidaoui" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malek Tabbal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismail Abbas" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-019-07021-w" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865856v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jchemed.9b00929" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904269v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Musa" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Kervoelen" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bourmaud" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.MATLET.2019.126818" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02942358v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kh&#233;messe Kital" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talo.2020.100014" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904272v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jchemed.0c00485" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865848v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Rifai" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9OB01306G" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865850v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manale Noun" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9OB01106D" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865852v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mallard" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjoc.15.67" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865854v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Pauwels" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules24091643" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865844v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joyce Azzi" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lizette Auezova" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Fourmentin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Greige-Gerges" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2018.02.055" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604447v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Vermet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Degoutin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feng Chai" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Maton" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Flores" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2017.02.017" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-107M6RJQ-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904270v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Landy" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Ruellan" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjoc.13.84" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865842v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Delsarte" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Veignie" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Rafin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2016.01.071" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865837v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael de Leener" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Cornut" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Moerkerke" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Mameri" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.5b00464" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865839v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Leleu" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Dewaele" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2015.06.071" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M0MVJP98-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865840v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Becuwe" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Woisel" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2015.02.041" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6P84S1MD-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864944v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Wallyn" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2012.04.010" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865832v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Lyskawa" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2012.06.027" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606715v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir Moghnieh" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaoula Ferchichi" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400931v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401140v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401160v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401176v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rana Baydoun" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04537142v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04537131v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400809v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#226;d Bouhsina" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04537111v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04608378v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400864v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Hapiot" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Menuel" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400842v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400957v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400910v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400975v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401050v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401067v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401026v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400995v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04804045v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05153858v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelylaha Daoudi" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05153861v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05153864v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765380v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765376v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01658920v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012DUNK0446" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04939723v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Hapiot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Edouard Danjou" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Delattre" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solen Josse" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bonnet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jchemed.4c01440" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312162v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Genty" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haingomalala Lucette Tidahy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Poupin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Siffert" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cctc.202500350" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312157v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Kasprowiak" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kulinski" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Depecker" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Cazier-Dennin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chas.5c00013" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04722102v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moghnieh" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yahia Boussoualem" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ferchichi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelylah Daoudi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D4CP02308K" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973089v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ishfaq Ahmad Rather" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rashid Ali" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41061-022-00419-0" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184856v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iulian Berladean" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena-Luiza Epure" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catalina Ionica Ciobanu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Carlescu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molliq.2023.122753" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210185v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molstruc.2023.135694" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03983386v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Billet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saad Bouhsina" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jchemed.2c00833" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03537871v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Moitessier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jchemed.1c00084" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03275596v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirill Kondratenko" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Carlescu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-&#201;douard Danjou" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurel Simion" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1CP01427G" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865860v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Alhaddad" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radwan Sidaoui" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malek Tabbal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismail Abbas" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-019-07021-w" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865856v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jchemed.9b00929" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904269v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Musa" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Kervoelen" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bourmaud" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.MATLET.2019.126818" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02942358v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kh&#233;messe Kital" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talo.2020.100014" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904272v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jchemed.0c00485" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865850v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Rifai" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manale Noun" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9OB01106D" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865848v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9OB01306G" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865852v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mallard" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjoc.15.67" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865854v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Pauwels" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules24091643" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865844v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joyce Azzi" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lizette Auezova" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Fourmentin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Greige-Gerges" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2018.02.055" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604447v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Vermet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Degoutin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feng Chai" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Maton" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Flores" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2017.02.017" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-107M6RJQ-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904270v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Landy" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Ruellan" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjoc.13.84" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865842v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Delsarte" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Veignie" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Rafin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2016.01.071" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865837v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael de Leener" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Cornut" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Moerkerke" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Mameri" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.5b00464" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865839v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Leleu" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Dewaele" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2015.06.071" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M0MVJP98-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865840v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Becuwe" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Woisel" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2015.02.041" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6P84S1MD-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864944v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Wallyn" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultsonch.2012.04.010" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02865832v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Lyskawa" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2012.06.027" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606715v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir Moghnieh" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaoula Ferchichi" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400931v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401140v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401176v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rana Baydoun" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401160v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04537142v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04537131v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400809v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04537111v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ulco.hal.science/hal-04608378v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400864v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Hapiot" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Menuel" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400842v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400957v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400910v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400975v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401050v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401067v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04401026v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04400995v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606880v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04804045v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05153858v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelylaha Daoudi" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05153861v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765380v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05153864v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765376v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01658920v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012DUNK0446" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>